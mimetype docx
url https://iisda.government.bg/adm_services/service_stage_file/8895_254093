--- v0 (2025-11-08)
+++ v1 (2026-01-08)
@@ -1,62 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="1A3B8763" w14:textId="731D1DBB" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+    <w:p w14:paraId="1A3B8763" w14:textId="731D1DBB" w:rsidR="00731D43" w:rsidRPr="007D2B50" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00731D43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F77B7DD" wp14:editId="0F82B599">
             <wp:extent cx="504825" cy="381000"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:docPr id="3" name="Картина 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Картина 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
@@ -84,4775 +83,2910 @@
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00731D43">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00731D43">
+      <w:r w:rsidRPr="007D2B50">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">ИЗДАВАНЕ НА ВИЗА ЗА </w:t>
       </w:r>
-      <w:r w:rsidRPr="00731D43">
+      <w:r w:rsidRPr="007D2B50">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">ПРОУЧВАНЕ И </w:t>
       </w:r>
-      <w:r w:rsidRPr="00731D43">
+      <w:r w:rsidRPr="007D2B50">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">ПРОЕКТИРАНЕ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78C5A2C0" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+    <w:p w14:paraId="78C5A2C0" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="007D2B50" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00731D43">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D2B50">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ПО ЧЛ. 140, АЛ.1 ОТ ЗУТ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51018C05" w14:textId="272F18D8" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+    <w:p w14:paraId="51018C05" w14:textId="52554F0D" w:rsidR="00731D43" w:rsidRPr="007D2B50" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...16 lines deleted...]
-          <w:u w:val="single"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D2B50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00CE61A9">
-[...49 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidR="007D2B50" w:rsidRPr="007D2B50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE61A9" w:rsidRPr="007D2B50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">никален идентификатор на административната услуга </w:t>
+      </w:r>
+      <w:r w:rsidR="007D2B50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D2B50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2083)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="436587CA" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29172068" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+    <w:p w14:paraId="29172068" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00EC0203" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00731D43">
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>НОРМАТИВНА УРЕДБА:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77430F51" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+    <w:p w14:paraId="77430F51" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00EC0203" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00731D43">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Чл. 140</w:t>
       </w:r>
-      <w:r w:rsidRPr="00731D43">
-[...16 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">от Закона за устройство на </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00731D43">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>територията</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00731D43">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> /</w:t>
       </w:r>
-      <w:r w:rsidRPr="00731D43">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ЗУТ/.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="319B5625" w14:textId="77777777" w:rsidR="00183715" w:rsidRPr="00183715" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+    <w:p w14:paraId="62AF98F3" w14:textId="7C23A19A" w:rsidR="00731D43" w:rsidRPr="00EC0203" w:rsidRDefault="00731D43" w:rsidP="00F24557">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...11 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Чл</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00731D43">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. 36, т.2 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00731D43">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>от</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00731D43">
-[...17 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Наредбата</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00731D43">
-[...17 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>за</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00731D43">
-[...17 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>определянето</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00731D43">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00731D43">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>администрирането</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00731D43">
-[...17 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>на</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00731D43">
-[...17 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>местните</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00731D43">
-[...17 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>такси</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00731D43">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00731D43">
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>цени</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00731D43">
-[...17 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>на</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00731D43">
-[...52 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>услуги</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>на</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>територията</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>община</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Луковит</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62AF98F3" w14:textId="1A00F3F2" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00731D43" w:rsidP="00183715">
-[...107 lines deleted...]
-    <w:p w14:paraId="058B8C4E" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+    <w:p w14:paraId="058B8C4E" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00EC0203" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="559240A3" w14:textId="73957CBA" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+    <w:p w14:paraId="559240A3" w14:textId="73957CBA" w:rsidR="00731D43" w:rsidRPr="00EC0203" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ЗАЯВЛЕНИЕ ПО ОБРАЗЕЦ С НЕОБХОДИМИТЕ ДОКУМЕНТИ МОЖЕ ДА ПОДАДЕТЕ:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66C67ECF" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+    <w:p w14:paraId="21EF1F36" w14:textId="77777777" w:rsidR="00EC0203" w:rsidRPr="00EC0203" w:rsidRDefault="00EC0203" w:rsidP="00EC0203">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="11"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="284"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...201 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>Със заявление на гише в център за административно обслужване</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67FBC3FB" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+    <w:p w14:paraId="6D8D19DB" w14:textId="77777777" w:rsidR="00EC0203" w:rsidRPr="00EC0203" w:rsidRDefault="00EC0203" w:rsidP="00EC0203">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="11"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="284"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...101 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>Чрез лицензиран пощенски оператор</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="409A6CE5" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+    <w:p w14:paraId="5925CC16" w14:textId="77777777" w:rsidR="00EC0203" w:rsidRPr="00EC0203" w:rsidRDefault="00EC0203" w:rsidP="00EC0203">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="11"/>
         </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>По електронен път чрез системата за сигурно електронно връчване</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E70AFE6" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00EC0203" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...91 lines deleted...]
-        <w:t>.</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>НЕОБХОДИМИ ДОКУМЕНТИ:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>образец</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F505891" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+    <w:p w14:paraId="5BBB75F2" w14:textId="77777777" w:rsidR="00EC0203" w:rsidRPr="00EC0203" w:rsidRDefault="00EC0203" w:rsidP="00EC0203">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="284"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...41 lines deleted...]
-      </w:hyperlink>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>Документи за собственост или учредено право на строеж;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4862A88A" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+    <w:p w14:paraId="41A8A439" w14:textId="77777777" w:rsidR="00EC0203" w:rsidRPr="00EC0203" w:rsidRDefault="00EC0203" w:rsidP="00EC0203">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="284"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...311 lines deleted...]
-      </w:hyperlink>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>Удостоверение за наследници /по служебен път/;</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0BE88556" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+    <w:p w14:paraId="7DB0FA57" w14:textId="77777777" w:rsidR="00EC0203" w:rsidRPr="00EC0203" w:rsidRDefault="00EC0203" w:rsidP="00EC0203">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="284"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...97 lines deleted...]
-        <w:t>0697/ 5 20 14</w:t>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>Оригинална скица за проектиране;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="724FE77E" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+    <w:p w14:paraId="0980E16E" w14:textId="77777777" w:rsidR="00EC0203" w:rsidRPr="00EC0203" w:rsidRDefault="00EC0203" w:rsidP="00EC0203">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>Нотариално заверено пълномощно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3054FC53" w14:textId="77777777" w:rsidR="00EC0203" w:rsidRPr="00EC0203" w:rsidRDefault="00EC0203" w:rsidP="00EC0203">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>Положително становище на ОД „Земеделие“ – Ловеч, когато искането е за земеделска земя без промяна на статута.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D2D1052" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00EC0203" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>С НЕОБХОДИМИТЕ ДОКУМЕНТИ МОЖЕ ДА СЕ СНАБДИТЕ КАКТО СЛЕДВА:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7E70AFE6" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
-[...717 lines deleted...]
-    <w:p w14:paraId="24D80B02" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+    <w:p w14:paraId="24D80B02" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00EC0203" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00731D43">
+      <w:r w:rsidRPr="00EC0203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Агенция по вписвания</w:t>
       </w:r>
-      <w:r w:rsidRPr="00731D43">
+      <w:r w:rsidRPr="00EC0203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F2B10D0" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00A06998" w:rsidP="00E1439D">
+    <w:p w14:paraId="0F2B10D0" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00EC0203" w:rsidRDefault="00A06998" w:rsidP="00E1439D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00EC0203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Община Луковит</w:t>
       </w:r>
-      <w:r w:rsidR="00731D43" w:rsidRPr="00731D43">
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0230C12D" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+    <w:p w14:paraId="0230C12D" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00EC0203" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00731D43">
+      <w:r w:rsidRPr="00EC0203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>ОД „Земеделие“ – град Ловеч.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="236F8503" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+    <w:p w14:paraId="236F8503" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00EC0203" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="084E7746" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+    <w:p w14:paraId="084E7746" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00EC0203" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...10 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ВИЕ ТРЯБВА ДА ЗАПЛАТИТЕ:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45425EDE" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+    <w:p w14:paraId="45425EDE" w14:textId="596E7385" w:rsidR="00731D43" w:rsidRPr="00EC0203" w:rsidRDefault="008C72ED" w:rsidP="00E1439D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...39 lines deleted...]
-        <w:t>.</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rStyle w:val="a8"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rStyle w:val="a8"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.34 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rStyle w:val="a8"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>евро</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rStyle w:val="a8"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>/30.00 лв.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A6EDCCA" w14:textId="77777777" w:rsidR="00CE61A9" w:rsidRPr="00D754E8" w:rsidRDefault="00CE61A9" w:rsidP="00CE61A9">
-[...5 lines deleted...]
-          <w:szCs w:val="17"/>
+    <w:p w14:paraId="5A6EDCCA" w14:textId="77777777" w:rsidR="00CE61A9" w:rsidRPr="00EC0203" w:rsidRDefault="00CE61A9" w:rsidP="00CE61A9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D754E8">
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Начин на плащане:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A190B38" w14:textId="77777777" w:rsidR="00CE61A9" w:rsidRPr="00D754E8" w:rsidRDefault="00CE61A9" w:rsidP="00CE61A9">
+    <w:p w14:paraId="6A190B38" w14:textId="77777777" w:rsidR="00CE61A9" w:rsidRPr="00EC0203" w:rsidRDefault="00CE61A9" w:rsidP="00CE61A9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="17"/>
-          <w:szCs w:val="17"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D754E8">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>на гише "Каса" в Център за административно обслужване (ЦАО)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DD05B61" w14:textId="77777777" w:rsidR="00CE61A9" w:rsidRPr="00D754E8" w:rsidRDefault="00CE61A9" w:rsidP="00CE61A9">
+    <w:p w14:paraId="5DD05B61" w14:textId="77777777" w:rsidR="00CE61A9" w:rsidRPr="00EC0203" w:rsidRDefault="00CE61A9" w:rsidP="00CE61A9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="17"/>
-          <w:szCs w:val="17"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D754E8">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>чрез ПОС терминал в Център за административно обслужване (ЦАО)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D4E71A1" w14:textId="77777777" w:rsidR="00CE61A9" w:rsidRPr="00D754E8" w:rsidRDefault="00CE61A9" w:rsidP="00CE61A9">
+    <w:p w14:paraId="1D4E71A1" w14:textId="77777777" w:rsidR="00CE61A9" w:rsidRPr="00EC0203" w:rsidRDefault="00CE61A9" w:rsidP="00CE61A9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="17"/>
-          <w:szCs w:val="17"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D754E8">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>по банкова сметка на община Луковит:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6569FBB6" w14:textId="77777777" w:rsidR="00CE61A9" w:rsidRPr="00EC0203" w:rsidRDefault="00CE61A9" w:rsidP="00EC0203">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk200977511"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>         „Банка ДСК"  АД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  IBAN:  BG58STSA93008450103800</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DEA673C" w14:textId="77777777" w:rsidR="00CE61A9" w:rsidRPr="00EC0203" w:rsidRDefault="00CE61A9" w:rsidP="00EC0203">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>                  BIC:     STSABGSF</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="148734C7" w14:textId="77777777" w:rsidR="00CE61A9" w:rsidRPr="00EC0203" w:rsidRDefault="00CE61A9" w:rsidP="00EC0203">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>Код за вид плащане:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="220070D0" w14:textId="77777777" w:rsidR="00CE61A9" w:rsidRPr="00EC0203" w:rsidRDefault="00CE61A9" w:rsidP="00CE61A9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>                          Технически услуги  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>44 80 01</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F4B016" w14:textId="77777777" w:rsidR="00CE61A9" w:rsidRPr="00EC0203" w:rsidRDefault="00CE61A9" w:rsidP="00CE61A9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>чрез системата за електронно плащане (е-плащане - https://pay.egov.bg/)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="162845ED" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00EC0203" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="bg-BG"/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="bg-BG"/>
-[...32 lines deleted...]
-        <w:t>                  IBAN:  BG58STSA93008450103800</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>НИЕ ЩЕ ВИ ПРЕДОСТАВИМ ВИЗАТА В СРОК:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DEA673C" w14:textId="77777777" w:rsidR="00CE61A9" w:rsidRPr="00D754E8" w:rsidRDefault="00CE61A9" w:rsidP="00CE61A9">
-[...188 lines deleted...]
-    <w:p w14:paraId="220F5EAE" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+    <w:p w14:paraId="220F5EAE" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00EC0203" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42AFFAEC" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00EC0203" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51CD0BAE" w14:textId="77777777" w:rsidR="00EC0203" w:rsidRDefault="00731D43" w:rsidP="00EC0203">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00731D43">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">14 </w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t>ВИЕ МОЖЕ ДА ЗАЯВИТЕ ЖЕЛАНИЕТО СИ ИЗДАДЕНИЯТ ИНДИВИДУАЛЕН АДМИНИСТР</w:t>
+      </w:r>
+      <w:r w:rsidR="00D371FE" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>ТИВЕН АКТ ДА ПОЛУЧИТЕ:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42AFFAEC" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+    <w:p w14:paraId="7345EA49" w14:textId="61EB8370" w:rsidR="00731D43" w:rsidRPr="00EC0203" w:rsidRDefault="00EC0203" w:rsidP="00EC0203">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F09F"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Лично</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>чрез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>упълномощено</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>лице</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Центъра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>административно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>обслужване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="743A1509" w14:textId="79F60ACB" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+    <w:p w14:paraId="33921271" w14:textId="44ECFBB2" w:rsidR="00731D43" w:rsidRPr="00EC0203" w:rsidRDefault="00EC0203" w:rsidP="00EC0203">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F09F"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Чрез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>лицензиран</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>пощенски</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>оператор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>посочен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Вас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>точен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>като</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>декларирате</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>че</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>пощенските</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>разходи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>са</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ваша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сметка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>платими</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>получаването</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>му</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>вътрешни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>пощенски</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>пратки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>сте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>съгласни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>документите</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бъдат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>пренасяни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>служебни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>цели</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05DA45EE" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00EC0203" w:rsidRDefault="00731D43" w:rsidP="00EC0203">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Индивидуалният</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>административен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>акт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>може</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ви</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бъде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>изпратен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69C1B240" w14:textId="77777777" w:rsidR="00EC0203" w:rsidRDefault="00EC0203" w:rsidP="00EC0203">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F09F"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Като</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>вътрешна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>препоръчана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>пощенска</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>пратка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63F866CE" w14:textId="7C91D74A" w:rsidR="00731D43" w:rsidRPr="00EC0203" w:rsidRDefault="00EC0203" w:rsidP="00EC0203">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F09F"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Като</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>вътрешна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>куриерска</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>пратка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B8CC6F9" w14:textId="4A0C36BA" w:rsidR="00731D43" w:rsidRPr="00EC0203" w:rsidRDefault="00EC0203" w:rsidP="00EC0203">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F09F"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Като</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>международна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>препоръчана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>пощенска</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>пратка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00731D43" w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72BA2C00" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00EC0203" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B36EB44" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00EC0203" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00731D43">
+      <w:r w:rsidRPr="00EC0203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>ВИЕ МОЖЕ ДА ЗАЯВИТЕ ЖЕЛАНИЕТО СИ ИЗДАДЕНИЯТ ИНДИВИДУАЛЕН АДМИНИСТР</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>АКО В ПОСОЧЕНИЯ СРОК НЕ ПОЛУЧИТЕ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0203">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00731D43">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ВИЗАТА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC0203">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>ТИВЕН АКТ ДА ПОЛУЧИТЕ:</w:t>
+        <w:t>, ВИЕ МОЖЕТЕ ДА ПОДАДЕТЕ СИГНАЛ ДО КМЕТА НА ОБЩИНАТА.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7345EA49" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
-[...215 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="70D85A5B" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00EC0203" w:rsidRDefault="00731D43">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="33921271" w14:textId="77777777" w:rsidR="00731D43" w:rsidRPr="00731D43" w:rsidRDefault="00731D43" w:rsidP="00E1439D">
-[...1448 lines deleted...]
-    <w:sectPr w:rsidR="00731D43" w:rsidSect="00E1439D">
+    <w:sectPr w:rsidR="00731D43" w:rsidRPr="00EC0203" w:rsidSect="007D2B50">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="567" w:right="567" w:bottom="284" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="1274" w:bottom="284" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -4862,51 +2996,51 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01B06883"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="659A273A"/>
     <w:lvl w:ilvl="0" w:tplc="04020001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5343,50 +3477,199 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7176" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7896" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2B2014F5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="76D2C31E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="348A5190"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="85104910"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5491,51 +3774,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="486225FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="246A75BC"/>
     <w:lvl w:ilvl="0" w:tplc="04020001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5631,51 +3914,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A673E90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ABFEB14E"/>
     <w:lvl w:ilvl="0" w:tplc="04020001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5771,51 +4054,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E921D65"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="85C0A0A8"/>
     <w:lvl w:ilvl="0" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1077" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1797" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5884,51 +4167,200 @@
     <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6117" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6837" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="759E6EE1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="024A2AAC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="793A038B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="164E110E"/>
     <w:lvl w:ilvl="0" w:tplc="04020001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5997,51 +4429,51 @@
     <w:lvl w:ilvl="7" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C7E36C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="86DE87D6"/>
     <w:lvl w:ilvl="0" w:tplc="04020001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6137,164 +4569,174 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="287861439">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1644697441">
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="294724199">
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="10">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="293567224">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="2126852558">
-[...15 lines deleted...]
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001B3BEF"/>
     <w:rsid w:val="00183715"/>
     <w:rsid w:val="001B3BEF"/>
     <w:rsid w:val="00230087"/>
     <w:rsid w:val="00435148"/>
+    <w:rsid w:val="00503C57"/>
     <w:rsid w:val="00731D43"/>
+    <w:rsid w:val="007D2B50"/>
     <w:rsid w:val="007F4C9F"/>
     <w:rsid w:val="008560F1"/>
+    <w:rsid w:val="008C72ED"/>
     <w:rsid w:val="008D169B"/>
     <w:rsid w:val="00936A60"/>
     <w:rsid w:val="009A31A5"/>
     <w:rsid w:val="00A06998"/>
     <w:rsid w:val="00B4688F"/>
     <w:rsid w:val="00CE61A9"/>
     <w:rsid w:val="00D371FE"/>
     <w:rsid w:val="00E1439D"/>
+    <w:rsid w:val="00EC0203"/>
     <w:rsid w:val="00F02EFC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="135A3734"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A997639B-9408-44A4-A520-CC18BCCDFB6D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="377">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6356,101 +4798,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -6627,50 +5066,51 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link Error" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="40"/>
     <w:qFormat/>
     <w:rsid w:val="008560F1"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:right="144" w:firstLine="567"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
@@ -6765,77 +5205,114 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Изнесен текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009A31A5"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заглавие 4 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="4"/>
     <w:rsid w:val="008560F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="008C72ED"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
+    <w:div w:id="113525794">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="697703991">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1088622502">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lukovit.bg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lukovit@lukovit.bg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема на Office">
   <a:themeElements>
     <a:clrScheme name="Оffice">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7060,70 +5537,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>359</Words>
-  <Characters>2048</Characters>
+  <Words>341</Words>
+  <Characters>1949</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2403</CharactersWithSpaces>
+  <CharactersWithSpaces>2286</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Любомир Ангелов</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>