--- v0 (2025-12-01)
+++ v1 (2026-03-31)
@@ -1,206 +1,242 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="479ABE3D" w14:textId="3A254E05" w:rsidR="00B56453" w:rsidRPr="009F7C41" w:rsidRDefault="00B56453" w:rsidP="00B56453">
+    <w:p w14:paraId="479ABE3D" w14:textId="08592104" w:rsidR="00B56453" w:rsidRPr="009F7C41" w:rsidRDefault="00B56453" w:rsidP="00B56453">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F7C41">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="402ADE30" wp14:editId="2F7D5490">
             <wp:extent cx="819150" cy="704850"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1779827307" name="Картина 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Картина 6"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4">
+                    <a:blip r:embed="rId4" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="819150" cy="704850"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009F7C41">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidRPr="009F7C41">
-[...33 lines deleted...]
-    <w:p w14:paraId="16810C18" w14:textId="77777777" w:rsidR="00B56453" w:rsidRPr="009F7C41" w:rsidRDefault="00B56453" w:rsidP="00B56453">
+      <w:r w:rsidRPr="007A1B58">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Издаване разрешение за поставяне по чл. 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00B076D1" w:rsidRPr="007A1B58">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A1B58">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="30"/>
+          <w:szCs w:val="30"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от ЗУТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16810C18" w14:textId="37C0460D" w:rsidR="00B56453" w:rsidRPr="009F7C41" w:rsidRDefault="00B56453" w:rsidP="00B56453">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F7C41">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">                     </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009F7C41">
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+      <w:r w:rsidR="00F57214">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>(</w:t>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="009F7C41">
         <w:rPr>
-          <w:bCs/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>уникален идентификатор на административната услуга</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009F7C41">
         <w:rPr>
-          <w:bCs/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1989</w:t>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00281B22">
+        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F7C41">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>никален идентификатор на административната услуга</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F7C41">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B076D1">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>1989</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F7C41">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FB9B7B4" w14:textId="77777777" w:rsidR="00B56453" w:rsidRPr="009F7C41" w:rsidRDefault="00B56453" w:rsidP="00B56453">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42C95D11" w14:textId="77777777" w:rsidR="00B56453" w:rsidRDefault="00B56453" w:rsidP="00B56453">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -367,54 +403,53 @@
     </w:p>
     <w:p w14:paraId="4313286C" w14:textId="77777777" w:rsidR="00B56453" w:rsidRPr="00604726" w:rsidRDefault="00B56453" w:rsidP="00B56453">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">▪ </w:t>
       </w:r>
       <w:r w:rsidRPr="00604726">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Устно в Център за административно обслужване.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51029B6A" w14:textId="77777777" w:rsidR="00B56453" w:rsidRPr="00604726" w:rsidRDefault="00B56453" w:rsidP="00B56453">
+    <w:p w14:paraId="51029B6A" w14:textId="70669118" w:rsidR="00B56453" w:rsidRDefault="00B56453" w:rsidP="005E4C80">
       <w:pPr>
         <w:ind w:left="284"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">▪ </w:t>
       </w:r>
       <w:r w:rsidRPr="00604726">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">Чрез единен портал за електронни административни услуги на </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Министерство на е</w:t>
@@ -439,60 +474,63 @@
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>с</w:t>
       </w:r>
       <w:r w:rsidRPr="00604726">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> КЕП</w:t>
       </w:r>
       <w:r w:rsidRPr="00604726">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">, на адрес: </w:t>
+        <w:t>, на адрес</w:t>
+      </w:r>
+      <w:r w:rsidR="00765933" w:rsidRPr="00765933">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="00604726">
+        <w:r w:rsidR="005E4C80" w:rsidRPr="0091115D">
           <w:rPr>
-            <w:color w:val="0000FF"/>
-            <w:u w:val="single"/>
+            <w:rStyle w:val="ae"/>
+            <w:bCs/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
-          <w:t>https://egov.bg/wps/portal/egov/services/zut-cadaster/building-reconstruction/81ec999f-7ddc-4ec5-a463-13b5cd98c7e9</w:t>
+          <w:t>https://egov.bg/wps/portal/egov/dostavchitsi%20na%20uslugi/obshtinski%20administratsii/unificirani%20uslugi/1989?mId=351&amp;cP=1&amp;q=1989</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6C1105BA" w14:textId="77777777" w:rsidR="00B56453" w:rsidRPr="00604726" w:rsidRDefault="00B56453" w:rsidP="00B56453">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">▪ </w:t>
       </w:r>
       <w:r w:rsidRPr="00604726">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Чрез лицензиран пощенски оператор.</w:t>
@@ -793,152 +831,158 @@
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A20172E" w14:textId="77777777" w:rsidR="00B56453" w:rsidRPr="00604726" w:rsidRDefault="00B56453" w:rsidP="00B56453">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00604726">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>ВИЕ ТРЯБВА ДА ЗАПЛАТИТЕ:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C263B7D" w14:textId="77777777" w:rsidR="00B56453" w:rsidRPr="008B418C" w:rsidRDefault="00B56453" w:rsidP="00B56453">
+    <w:p w14:paraId="6C263B7D" w14:textId="71A67785" w:rsidR="00B56453" w:rsidRPr="00A503E9" w:rsidRDefault="00A503E9" w:rsidP="00B56453">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...29 lines deleted...]
-          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00B56453" w:rsidRPr="00A503E9">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>бикновена услуга</w:t>
+      </w:r>
+      <w:r w:rsidR="00B56453" w:rsidRPr="00A503E9">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="005E4C80" w:rsidRPr="00A503E9">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>12.02 евро/</w:t>
+      </w:r>
+      <w:r w:rsidR="00B56453" w:rsidRPr="00A503E9">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23.50 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B56453" w:rsidRPr="00A503E9">
+        <w:rPr>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>лв.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11C52D50" w14:textId="77777777" w:rsidR="00B56453" w:rsidRPr="00187673" w:rsidRDefault="00B56453" w:rsidP="00B56453">
+    <w:p w14:paraId="11C52D50" w14:textId="439229B8" w:rsidR="00B56453" w:rsidRPr="00A503E9" w:rsidRDefault="00A503E9" w:rsidP="00B56453">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...47 lines deleted...]
-    <w:p w14:paraId="54681620" w14:textId="77777777" w:rsidR="00B56453" w:rsidRPr="00604726" w:rsidRDefault="00B56453" w:rsidP="00B56453">
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00B56453" w:rsidRPr="00A503E9">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бикновена услуга по електронен път – </w:t>
+      </w:r>
+      <w:r w:rsidR="005E4C80" w:rsidRPr="00A503E9">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>10.82 евро/</w:t>
+      </w:r>
+      <w:r w:rsidR="00B56453" w:rsidRPr="00A503E9">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>21.10 лв.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54681620" w14:textId="77777777" w:rsidR="00B56453" w:rsidRPr="00A503E9" w:rsidRDefault="00B56453" w:rsidP="00B56453">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3825AF14" w14:textId="77777777" w:rsidR="00B56453" w:rsidRPr="00604726" w:rsidRDefault="00B56453" w:rsidP="00B56453">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00604726">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>НАЧИН НА ПЛАЩАНЕ:</w:t>
       </w:r>
@@ -1010,59 +1054,59 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">       ▪ </w:t>
       </w:r>
       <w:r w:rsidRPr="009F7C41">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>по банкова сметка на община Луковит:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71960A0B" w14:textId="77777777" w:rsidR="00B56453" w:rsidRPr="009F7C41" w:rsidRDefault="00B56453" w:rsidP="00B56453">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk200977511"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk200977511"/>
       <w:r w:rsidRPr="009F7C41">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="009F7C41">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>         </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="009F7C41">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>„Банка ДСК"  АД</w:t>
       </w:r>
       <w:r w:rsidRPr="009F7C41">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
@@ -1198,125 +1242,140 @@
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>услуги  </w:t>
       </w:r>
       <w:r w:rsidRPr="009F7C41">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>44 80 0</w:t>
       </w:r>
       <w:r w:rsidRPr="008B418C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B8786D1" w14:textId="77777777" w:rsidR="00B56453" w:rsidRPr="009F7C41" w:rsidRDefault="00B56453" w:rsidP="00B56453">
+    <w:p w14:paraId="6B8786D1" w14:textId="6DBFA7C1" w:rsidR="00B56453" w:rsidRPr="009F7C41" w:rsidRDefault="005E4C80" w:rsidP="00B56453">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F7C41">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4C80">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0A7"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B56453" w:rsidRPr="009F7C41">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>чрез системата за електронно плащане (е-плащане - https://pay.egov.bg/)</w:t>
       </w:r>
-      <w:r w:rsidRPr="009F7C41">
+      <w:r w:rsidR="00B56453" w:rsidRPr="009F7C41">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>               </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="494C02AD" w14:textId="77777777" w:rsidR="00B56453" w:rsidRDefault="00B56453" w:rsidP="00B56453">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="040F7F58" w14:textId="77777777" w:rsidR="00B56453" w:rsidRPr="008B418C" w:rsidRDefault="00B56453" w:rsidP="00B56453">
+    <w:p w14:paraId="6194F3EF" w14:textId="3DA978DD" w:rsidR="00B56453" w:rsidRPr="00212484" w:rsidRDefault="00B56453" w:rsidP="005E4C80">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B418C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>НИЕ ЩЕ ВИ ПРЕДОСТАВИМ РАЗРЕШЕНИЕТО В СРОК:</w:t>
       </w:r>
-    </w:p>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">          ▪ </w:t>
+      <w:r w:rsidR="005E4C80">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00212484">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>14 работни дни.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A5F1508" w14:textId="77777777" w:rsidR="00B56453" w:rsidRDefault="00B56453" w:rsidP="00B56453">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CB69B64" w14:textId="77777777" w:rsidR="00B56453" w:rsidRPr="008B418C" w:rsidRDefault="00B56453" w:rsidP="00B56453">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
@@ -1355,529 +1414,426 @@
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">▪ </w:t>
       </w:r>
       <w:r w:rsidRPr="00604726">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Лично или чрез упълномощено лице в Център за административно обслужване</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12A6A3A1" w14:textId="77777777" w:rsidR="00B56453" w:rsidRPr="00604726" w:rsidRDefault="00B56453" w:rsidP="00B56453">
+    <w:p w14:paraId="1DE016A8" w14:textId="77777777" w:rsidR="00B56453" w:rsidRPr="00604726" w:rsidRDefault="00B56453" w:rsidP="00B56453">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">▪ </w:t>
       </w:r>
       <w:r w:rsidRPr="00604726">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>По електронен път на точно упомената електронна поща</w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="1DE016A8" w14:textId="77777777" w:rsidR="00B56453" w:rsidRPr="00604726" w:rsidRDefault="00B56453" w:rsidP="00B56453">
+        <w:t>Чрез лицензиран пощенски оператор, на посочен от Вас точен адрес, като декларирате, че пощенските разходи са за Ваша сметка, платими при получаването му за вътрешни пощенски пратки и сте съгласни документите да бъдат пренасяни за служебни цели.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38D1E33A" w14:textId="414CD5F9" w:rsidR="00B56453" w:rsidRPr="00604726" w:rsidRDefault="00B56453" w:rsidP="00B56453">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00604726">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Индивидуалният административен акт може да бъде изпратен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67070AC0" w14:textId="77777777" w:rsidR="00B56453" w:rsidRPr="00604726" w:rsidRDefault="00B56453" w:rsidP="00B56453">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">▪ </w:t>
       </w:r>
       <w:r w:rsidRPr="00604726">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>Чрез лицензиран пощенски оператор, на посочен от Вас точен адрес, като декларирате, че пощенските разходи са за Ваша сметка, платими при получаването му за вътрешни пощенски пратки и сте съгласни документите да бъдат пренасяни за служебни цели.</w:t>
-[...11 lines deleted...]
-      </w:pPr>
+        <w:t>Като вътрешна препоръчана пощенска пратка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14344A0F" w14:textId="77777777" w:rsidR="00B56453" w:rsidRPr="00604726" w:rsidRDefault="00B56453" w:rsidP="00B56453">
+      <w:pPr>
+        <w:ind w:left="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">▪ </w:t>
+      </w:r>
       <w:r w:rsidRPr="00604726">
         <w:rPr>
-          <w:b/>
-[...6 lines deleted...]
-    <w:p w14:paraId="67070AC0" w14:textId="77777777" w:rsidR="00B56453" w:rsidRPr="00604726" w:rsidRDefault="00B56453" w:rsidP="00B56453">
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Като вътрешна куриерска пратка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3509E0EA" w14:textId="77777777" w:rsidR="00B56453" w:rsidRDefault="00B56453" w:rsidP="00B56453">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">▪ </w:t>
       </w:r>
       <w:r w:rsidRPr="00604726">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>Като вътрешна препоръчана пощенска пратка.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="14344A0F" w14:textId="77777777" w:rsidR="00B56453" w:rsidRPr="00604726" w:rsidRDefault="00B56453" w:rsidP="00B56453">
+        <w:t>Като международна препоръчана пощенска пратка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57064514" w14:textId="3BB98288" w:rsidR="00B56453" w:rsidRPr="00212484" w:rsidRDefault="00B56453" w:rsidP="00B56453">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">▪ </w:t>
-[...46 lines deleted...]
-        </w:rPr>
         <w:t>▪ П</w:t>
       </w:r>
       <w:r w:rsidRPr="00212484">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>о електронен път на електронен адрес:……………………………………………………………………….</w:t>
-[...32 lines deleted...]
-          <w:b/>
+        <w:t>о електронен път на електронен адрес</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38C0ACAC" w14:textId="0448FDB7" w:rsidR="00B56453" w:rsidRPr="005E4C80" w:rsidRDefault="00B56453" w:rsidP="00B56453">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4C80">
+        <w:rPr>
+          <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Идентифицирането на заявителя на електронна услуга става чрез ПИК на НОИ</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="005E4C80">
+        <w:rPr>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r>
-[...25 lines deleted...]
-    <w:p w14:paraId="55D3F172" w14:textId="77777777" w:rsidR="00B56453" w:rsidRDefault="00B56453" w:rsidP="00B56453">
+      <w:r w:rsidRPr="005E4C80">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>ПИК на НАП или КЕП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ED5A36D" w14:textId="77777777" w:rsidR="00272CF3" w:rsidRDefault="00272CF3" w:rsidP="005E4C80">
       <w:pPr>
         <w:ind w:left="426" w:hanging="142"/>
-        <w:jc w:val="both"/>
-[...6 lines deleted...]
-          <w:b/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EE27C1B" w14:textId="7F39FE17" w:rsidR="00B56453" w:rsidRPr="005E4C80" w:rsidRDefault="00B56453" w:rsidP="005E4C80">
+      <w:pPr>
+        <w:ind w:left="426" w:hanging="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E4C80">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>АКО В ПОСОЧЕНИЯ СРОК НЕ ПОЛУЧИТЕ</w:t>
       </w:r>
-      <w:r w:rsidRPr="008B418C">
-[...36 lines deleted...]
-        <w:ind w:left="426" w:hanging="426"/>
+      <w:r w:rsidRPr="005E4C80">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005E4C80">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>РЕЗУЛТАТ ОТ ИЗПЪЛНЕНИЕТО НА АДМИНИСТРАТИВНАТА УСЛУГА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E4C80">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, ВИЕ МОЖЕТЕ ДА ПОДАДЕТЕ СИГНАЛ ДО КМЕТА НА ОБЩИНАТА.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="777D45E8" w14:textId="77777777" w:rsidR="00B56453" w:rsidRPr="00130957" w:rsidRDefault="00B56453" w:rsidP="00B56453">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70A6D076" w14:textId="77777777" w:rsidR="00B56453" w:rsidRDefault="00B56453" w:rsidP="00B56453">
-[...64 lines deleted...]
-    </w:p>
     <w:p w14:paraId="75C5712C" w14:textId="77777777" w:rsidR="00EF2B98" w:rsidRDefault="00EF2B98"/>
-    <w:sectPr w:rsidR="00EF2B98" w:rsidSect="00B56453">
+    <w:sectPr w:rsidR="00EF2B98" w:rsidSect="007A1B58">
       <w:pgSz w:w="11909" w:h="16834" w:code="9"/>
-      <w:pgMar w:top="432" w:right="576" w:bottom="432" w:left="720" w:header="706" w:footer="706" w:gutter="0"/>
+      <w:pgMar w:top="432" w:right="1136" w:bottom="432" w:left="720" w:header="706" w:footer="706" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B56453"/>
+    <w:rsid w:val="00272CF3"/>
+    <w:rsid w:val="00281B22"/>
+    <w:rsid w:val="00323D7A"/>
     <w:rsid w:val="004254C4"/>
     <w:rsid w:val="00594CF5"/>
+    <w:rsid w:val="005E4C80"/>
     <w:rsid w:val="006E6D81"/>
+    <w:rsid w:val="00765933"/>
+    <w:rsid w:val="007A1B58"/>
     <w:rsid w:val="00953554"/>
+    <w:rsid w:val="00A503E9"/>
+    <w:rsid w:val="00B076D1"/>
     <w:rsid w:val="00B56453"/>
+    <w:rsid w:val="00D23736"/>
     <w:rsid w:val="00EF2B98"/>
+    <w:rsid w:val="00F57214"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0E54B4AF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FDC3C248-EB08-49E2-ADDA-398BD071B726}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="377">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2210,50 +2166,51 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link Error" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B56453"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00B56453"/>
@@ -2819,62 +2776,74 @@
   </w:style>
   <w:style w:type="character" w:styleId="ad">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="00B56453"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ae">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B56453"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="af">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00765933"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lukovit@lukovit.bg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.bg/wps/portal/egov/services/zut-cadaster/building-reconstruction/81ec999f-7ddc-4ec5-a463-13b5cd98c7e9" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lukovit@lukovit.bg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.bg/wps/portal/egov/dostavchitsi%20na%20uslugi/obshtinski%20administratsii/unificirani%20uslugi/1989?mId=351&amp;cP=1&amp;q=1989" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема на Office">
   <a:themeElements>
     <a:clrScheme name="Оffice">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3132,55 +3101,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2477</Characters>
+  <Pages>1</Pages>
+  <Words>433</Words>
+  <Characters>2474</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Заглавие</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2906</CharactersWithSpaces>
+  <CharactersWithSpaces>2902</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Анка Антонова</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>