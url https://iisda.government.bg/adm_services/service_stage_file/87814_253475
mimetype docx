--- v0 (2025-12-11)
+++ v1 (2026-03-12)
@@ -1,139 +1,630 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="725BB9EC" w14:textId="67F44620" w:rsidR="00FC787D" w:rsidRPr="009058F3" w:rsidRDefault="007F466A" w:rsidP="008B5662">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="53D27FB7" w14:textId="77777777" w:rsidR="00F05A1D" w:rsidRPr="00F05A1D" w:rsidRDefault="00F05A1D" w:rsidP="00F05A1D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6DFD7D13" wp14:editId="30B4282E">
+            <wp:extent cx="561975" cy="419100"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:docPr id="11" name="Картина 11"/>
+            <wp:cNvGraphicFramePr/>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name="Картина 1"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="561975" cy="419100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00B8312C" w:rsidRPr="009058F3">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Нотариално</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>удостоверяване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подписите</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>частни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>документи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02982406" w14:textId="0B8439A3" w:rsidR="00F05A1D" w:rsidRPr="00F05A1D" w:rsidRDefault="00F05A1D" w:rsidP="00F05A1D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>/</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оито</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>са</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>едностранни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>актове</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подлежат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вписване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8312C" w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>У</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006B777E" w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">никален </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="006B777E" w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="bg-BG"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8312C" w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="725BB9EC" w14:textId="56F8B770" w:rsidR="00FC787D" w:rsidRPr="00F05A1D" w:rsidRDefault="00F05A1D" w:rsidP="00F05A1D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="dot" w:pos="7138"/>
+          <w:tab w:val="left" w:leader="dot" w:pos="9634"/>
+        </w:tabs>
+        <w:ind w:right="425"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7450" w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">никален </w:t>
+      </w:r>
+      <w:r w:rsidR="006B777E" w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">идентификатор на административната услуга </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="006B777E" w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC787D" w:rsidRPr="00F05A1D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00023822">
+      <w:r w:rsidR="00023822" w:rsidRPr="00F05A1D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>15</w:t>
       </w:r>
-      <w:r w:rsidRPr="009058F3">
+      <w:r w:rsidRPr="00F05A1D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="5"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>/</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="303B692E" w14:textId="77777777" w:rsidR="006C4E3F" w:rsidRPr="00DD6995" w:rsidRDefault="006C4E3F" w:rsidP="00D23B77">
+    <w:p w14:paraId="303B692E" w14:textId="77777777" w:rsidR="006C4E3F" w:rsidRPr="00F05A1D" w:rsidRDefault="006C4E3F" w:rsidP="00D23B77">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="723ED5FC" w14:textId="77777777" w:rsidR="00FC787D" w:rsidRPr="00DD6995" w:rsidRDefault="00FC787D" w:rsidP="00FC787D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>НОРМАТИВНА УРЕДБА:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="069E7173" w14:textId="79ED0A88" w:rsidR="00FC787D" w:rsidRDefault="000D21D2" w:rsidP="002F0F71">
       <w:pPr>
         <w:tabs>
@@ -416,73 +907,139 @@
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>л</w:t>
       </w:r>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">ично или чрез </w:t>
-      </w:r>
+        <w:t>ично</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>чрез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">изрично </w:t>
-      </w:r>
+        <w:t>изрично</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">упълномощено лице в </w:t>
+        <w:t>упълномощено</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>лице</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk95729138"/>
       <w:r w:rsidR="00274029">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">административната сграда на </w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk95724330"/>
       <w:r w:rsidR="00274029">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">кметството, </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Hlk95724307"/>
       <w:r w:rsidR="00AB4D4F">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>кметското</w:t>
       </w:r>
@@ -497,77 +1054,141 @@
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>наместничество</w:t>
       </w:r>
       <w:r w:rsidR="00274029">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> на територията на община Луковит</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="003D024A">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="106861C2" w14:textId="21332227" w:rsidR="00771A2B" w:rsidRPr="00DF7ED2" w:rsidRDefault="00771A2B" w:rsidP="00771A2B">
+    <w:p w14:paraId="106861C2" w14:textId="2F676FB8" w:rsidR="00771A2B" w:rsidRPr="00DF7ED2" w:rsidRDefault="00771A2B" w:rsidP="00771A2B">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="003D024A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r w:rsidRPr="003D024A">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> устно в център за административно обслужване</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D024A">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>устно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D024A">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D024A">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>центъра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D024A">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D024A">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D024A">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D024A">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>административно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003D024A">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003D024A">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>обслужване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DF7ED2">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ABFBE9C" w14:textId="66B2B210" w:rsidR="008C27A9" w:rsidRDefault="00771A2B" w:rsidP="00EE20FD">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00FC787D" w:rsidRPr="00DD6995">
@@ -581,114 +1202,171 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="008C27A9" w:rsidRPr="00274029">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00274029" w:rsidRPr="00274029">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Протокол</w:t>
       </w:r>
       <w:r w:rsidR="008C27A9" w:rsidRPr="008C27A9">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> по образец</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008C27A9" w:rsidRPr="008C27A9">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008C27A9" w:rsidRPr="008C27A9">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008C27A9" w:rsidRPr="008C27A9">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>образец</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008C27A9" w:rsidRPr="008C27A9">
         <w:rPr>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> и:</w:t>
       </w:r>
       <w:r w:rsidR="008C27A9" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FB9620A" w14:textId="7C30293C" w:rsidR="00FC787D" w:rsidRDefault="00AE63C8" w:rsidP="00AE63C8">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00790EE7">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>д</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>окумент за с</w:t>
-      </w:r>
+        <w:t>окумент</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002B4A37">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">амоличност </w:t>
+        <w:t>амоличност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002B4A37">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009A549B">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> /лична карта</w:t>
       </w:r>
       <w:r w:rsidR="002F0F71">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> за справка</w:t>
       </w:r>
       <w:r w:rsidR="009A549B">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
@@ -1033,101 +1711,134 @@
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">        За удостоверяване на датата и подписите на частни документи без определен материален интерес</w:t>
       </w:r>
       <w:r w:rsidR="00C73EA0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D5EA3CE" w14:textId="183D001F" w:rsidR="0090617B" w:rsidRPr="00DD6995" w:rsidRDefault="0090617B" w:rsidP="0090617B">
+    <w:p w14:paraId="7D5EA3CE" w14:textId="339D78E3" w:rsidR="0090617B" w:rsidRPr="00DD6995" w:rsidRDefault="0090617B" w:rsidP="0090617B">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Hlk95725832"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC58F5">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>а</w:t>
       </w:r>
       <w:r w:rsidR="00EC58F5">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C73EA0">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>за първи подпис – 5 лв. /без ДДС/</w:t>
+        <w:t xml:space="preserve">за първи подпис – </w:t>
+      </w:r>
+      <w:r w:rsidR="00C71915">
+        <w:t>2.56</w:t>
+      </w:r>
+      <w:r w:rsidR="00C71915">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> евро/</w:t>
+      </w:r>
+      <w:r w:rsidR="00C73EA0">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00C71915">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>.00</w:t>
+      </w:r>
+      <w:r w:rsidR="00C73EA0">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лв. /без ДДС/</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:p w14:paraId="32BF081A" w14:textId="6191AFD9" w:rsidR="0090617B" w:rsidRPr="00DD6995" w:rsidRDefault="0090617B" w:rsidP="0090617B">
+    <w:p w14:paraId="32BF081A" w14:textId="5AF57527" w:rsidR="0090617B" w:rsidRPr="00DD6995" w:rsidRDefault="0090617B" w:rsidP="0090617B">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC58F5">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>б</w:t>
       </w:r>
       <w:r w:rsidR="00EC58F5">
         <w:rPr>
@@ -1145,100 +1856,134 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C73EA0">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">при преупълномощаване таксата за подпис </w:t>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="_Hlk95726197"/>
       <w:r w:rsidR="00C73EA0">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>е в двойния размер на таксата по буква „а“</w:t>
       </w:r>
       <w:r w:rsidR="00EC58F5">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – 10 лв. /без ДДС/</w:t>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00C71915">
+        <w:t>5.11</w:t>
+      </w:r>
+      <w:r w:rsidR="00C71915">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> евро/</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC58F5">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>10 лв. /без ДДС/</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
-    <w:p w14:paraId="55EEEF9E" w14:textId="7A57A488" w:rsidR="00EC58F5" w:rsidRPr="00DD6995" w:rsidRDefault="0090617B" w:rsidP="00EC58F5">
+    <w:p w14:paraId="55EEEF9E" w14:textId="1B4ECB34" w:rsidR="00EC58F5" w:rsidRPr="00DD6995" w:rsidRDefault="0090617B" w:rsidP="00EC58F5">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC58F5">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>в</w:t>
       </w:r>
       <w:r w:rsidR="00EC58F5">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00EC58F5" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC58F5">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>за всеки следващ подпис – 2 лв. /без ДДС/</w:t>
+        <w:t xml:space="preserve">за всеки следващ подпис – </w:t>
+      </w:r>
+      <w:r w:rsidR="00C71915">
+        <w:t>1.02</w:t>
+      </w:r>
+      <w:r w:rsidR="00C71915">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> евро/</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC58F5">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>2 лв. /без ДДС/</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6156DEBB" w14:textId="33568877" w:rsidR="00EC58F5" w:rsidRDefault="00474497" w:rsidP="00EC58F5">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Hlk95726018"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC58F5">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -1248,66 +1993,74 @@
       </w:r>
       <w:r w:rsidR="00EC58F5">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00EC58F5" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EC58F5">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>на документ, който ще се ползва за учредяване, промяна или прекратяване на права върху имот, за всеки</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F4FE175" w14:textId="73FC5BB1" w:rsidR="00EC58F5" w:rsidRPr="00EC58F5" w:rsidRDefault="00EC58F5" w:rsidP="00EC58F5">
+    <w:p w14:paraId="0F4FE175" w14:textId="76BFCAB5" w:rsidR="00EC58F5" w:rsidRPr="00EC58F5" w:rsidRDefault="00EC58F5" w:rsidP="00EC58F5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">подпис – </w:t>
+      </w:r>
+      <w:r w:rsidR="00C71915">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>5.11 евро/</w:t>
       </w:r>
       <w:r w:rsidR="00474497">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> лв. /без ДДС/</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p w14:paraId="43A7FBE3" w14:textId="77777777" w:rsidR="00474497" w:rsidRDefault="00474497" w:rsidP="00474497">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
@@ -1325,66 +2078,83 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">при преупълномощаване таксата за подпис на документ, който ще се ползва за учредяване, промяна </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2116D9B1" w14:textId="25E5F0EA" w:rsidR="00474497" w:rsidRPr="00EC58F5" w:rsidRDefault="00474497" w:rsidP="00474497">
+    <w:p w14:paraId="2116D9B1" w14:textId="52A89811" w:rsidR="00474497" w:rsidRPr="00EC58F5" w:rsidRDefault="00474497" w:rsidP="00474497">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>или прекратяване на права върху имот, е в двойния размер на таксата по буква „г“ – 20 лв. /без ДДС/</w:t>
+        <w:t xml:space="preserve">или прекратяване на права върху имот, е в двойния размер на таксата по буква „г“ – </w:t>
+      </w:r>
+      <w:r w:rsidR="00C71915">
+        <w:t>10.23</w:t>
+      </w:r>
+      <w:r w:rsidR="00C71915">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> евро/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>20 лв. /без ДДС/</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B33064E" w14:textId="77777777" w:rsidR="00060F4E" w:rsidRDefault="00060F4E" w:rsidP="0090617B">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">Забележка: Таксата се събира еднократно при едновременно удостоверяване на датата и подписите, а в </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65A6A76F" w14:textId="5861CE45" w:rsidR="0090617B" w:rsidRPr="00060F4E" w:rsidRDefault="00060F4E" w:rsidP="00060F4E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -1450,52 +2220,80 @@
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>н</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>а гише в административно</w:t>
-      </w:r>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>гише</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>административно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003276E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>то звено за обслужване в брой</w:t>
       </w:r>
       <w:r w:rsidR="00DF7ED2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58E3286E" w14:textId="722F6F1D" w:rsidR="0090617B" w:rsidRPr="003276E9" w:rsidRDefault="0090617B" w:rsidP="0090617B">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -1524,102 +2322,130 @@
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>п</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>о банкова сметка</w:t>
-      </w:r>
+        <w:t xml:space="preserve">о </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>банкова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>сметка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003276E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="003276E9" w:rsidRPr="003276E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D32173D" w14:textId="4B08BE7D" w:rsidR="001C1296" w:rsidRDefault="001C1296" w:rsidP="0090617B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C1296">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="158F8669" wp14:editId="1618A899">
             <wp:extent cx="5762625" cy="438150"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Картина 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print">
+                    <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5762625" cy="438150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -1641,71 +2467,98 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">                                    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0FC"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Код вид</w:t>
-      </w:r>
+        <w:t>Код</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>вид</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003854B9">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">плащане: </w:t>
+        <w:t>плащане</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>448007</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="291A5CEF" w14:textId="5FD5D06A" w:rsidR="0090617B" w:rsidRDefault="0090617B" w:rsidP="0090617B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -1722,130 +2575,207 @@
         </w:rPr>
         <w:t xml:space="preserve">АДМИНИСТРАТИВНА УСЛУГА – </w:t>
       </w:r>
       <w:r w:rsidR="00F9206D" w:rsidRPr="00F9206D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>веднага /</w:t>
       </w:r>
       <w:r w:rsidR="00F9206D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>в</w:t>
       </w:r>
       <w:r w:rsidR="00F9206D" w:rsidRPr="00F9206D">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> деня на заявяването/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ED57901" w14:textId="03DE0FBB" w:rsidR="0090617B" w:rsidRDefault="0090617B" w:rsidP="0090617B">
+    <w:p w14:paraId="7ED57901" w14:textId="1D114994" w:rsidR="0090617B" w:rsidRDefault="0090617B" w:rsidP="0090617B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">ВИЕ МОЖЕ ДА ЗАЯВИТЕ ЖЕЛАНИЕТО СИ ИЗДАДЕНИЯТ ИНДИВИДУАЛЕН </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>А</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">ДМИНИСТРТИВЕН </w:t>
+        <w:t>ДМИНИСТР</w:t>
+      </w:r>
+      <w:r w:rsidR="002B350E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">ТИВЕН </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E902288" w14:textId="77777777" w:rsidR="0090617B" w:rsidRPr="00DD6995" w:rsidRDefault="0090617B" w:rsidP="0090617B">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>АКТ ДА ПОЛУЧИТЕ:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7590EA40" w14:textId="76C9531B" w:rsidR="00DE6208" w:rsidRPr="003854B9" w:rsidRDefault="0090617B" w:rsidP="00DE6208">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003854B9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003854B9">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="003854B9" w:rsidRPr="003854B9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A8"/>
       </w:r>
       <w:r w:rsidRPr="003854B9">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> л</w:t>
       </w:r>
-      <w:r w:rsidRPr="003854B9">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">ично или  чрез упълномощено лице в </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ично</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>чрез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>упълномощено</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>лице</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
       </w:r>
       <w:r w:rsidR="00DE6208" w:rsidRPr="003854B9">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>административната сграда на кметството, кметското</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5377873E" w14:textId="2D3A56EA" w:rsidR="00DE6208" w:rsidRPr="003854B9" w:rsidRDefault="00DE6208" w:rsidP="00DE6208">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003854B9">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>наместничество на територията на община Луковит</w:t>
       </w:r>
       <w:r w:rsidR="003854B9">
         <w:rPr>
@@ -1861,287 +2791,1027 @@
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003854B9">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="003854B9" w:rsidRPr="003854B9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A8"/>
       </w:r>
       <w:r w:rsidRPr="003854B9">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> ч</w:t>
       </w:r>
-      <w:r w:rsidRPr="003854B9">
-[...17 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>рез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>лицензиран</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>пощенски</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>оператор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>посочен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Вас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>точен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>като</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>декларирате</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>че</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>пощенските</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="7BC33049" w14:textId="6CD28137" w:rsidR="0090617B" w:rsidRPr="003854B9" w:rsidRDefault="0090617B" w:rsidP="0090617B">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003854B9">
-[...16 lines deleted...]
-        <w:t xml:space="preserve">пратки и сте съгласни </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>разходи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>са</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Ваша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>сметка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>платими</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>получаването</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>му</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>вътрешни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>пощенски</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>пратки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>сте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>съгласни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A206479" w14:textId="54C69794" w:rsidR="0090617B" w:rsidRPr="00DF7ED2" w:rsidRDefault="0090617B" w:rsidP="0090617B">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003854B9">
-[...4 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>документите</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бъдат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>пренасяни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>служебни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>цели</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DF7ED2">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17BB247E" w14:textId="77777777" w:rsidR="0090617B" w:rsidRPr="003854B9" w:rsidRDefault="0090617B" w:rsidP="0090617B">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003854B9">
-[...3 lines deleted...]
-        <w:t>Индивидуалният административен акт може да Ви бъде изпратен:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Индивидуалният</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>административен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>акт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>може</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Ви</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>бъде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>изпратен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0173A189" w14:textId="378065E5" w:rsidR="0090617B" w:rsidRPr="00DF7ED2" w:rsidRDefault="00DF7ED2" w:rsidP="0090617B">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">  като вътрешна препоръчана пощенска пратка</w:t>
-      </w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>като</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>вътрешна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>препоръчана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>пощенска</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>пратка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C08BB3E" w14:textId="45CA327A" w:rsidR="0090617B" w:rsidRPr="00DF7ED2" w:rsidRDefault="00DF7ED2" w:rsidP="00DF7ED2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">     -</w:t>
       </w:r>
       <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">  като вътрешна куриерска пратка</w:t>
-      </w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>като</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>вътрешна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>куриерска</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>пратка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06041564" w14:textId="727EB091" w:rsidR="0090617B" w:rsidRPr="00DF7ED2" w:rsidRDefault="00DF7ED2" w:rsidP="0090617B">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">  като международна препоръчана пощенска пратка</w:t>
-      </w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>като</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>международна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>препоръчана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>пощенска</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0090617B" w:rsidRPr="003854B9">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>пратка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40555026" w14:textId="77777777" w:rsidR="0098364D" w:rsidRPr="00DE6208" w:rsidRDefault="0098364D" w:rsidP="0090617B">
+    <w:p w14:paraId="53116616" w14:textId="77777777" w:rsidR="00C65C09" w:rsidRDefault="00C65C09" w:rsidP="0090617B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B24CF34" w14:textId="56051FDF" w:rsidR="00204D8F" w:rsidRDefault="0090617B" w:rsidP="00834E0C">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="1B24CF34" w14:textId="7E81CE44" w:rsidR="00204D8F" w:rsidRDefault="0090617B" w:rsidP="0090617B">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>АКО В ПОСОЧЕНИЯ СРОК НЕ</w:t>
       </w:r>
       <w:r w:rsidR="00F9206D">
         <w:rPr>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> БЪДЕ ИЗ</w:t>
       </w:r>
-      <w:r w:rsidR="00834E0C">
+      <w:r w:rsidR="00405633">
         <w:rPr>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>ПЪЛНЕНА</w:t>
       </w:r>
       <w:r w:rsidR="00F9206D">
         <w:rPr>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> АДМИНИСТРАТИВНАТА УСЛУГА</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>ВИЕ МОЖЕТЕ</w:t>
+        <w:t xml:space="preserve">ВИЕ МОЖЕТЕ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="362B032A" w14:textId="6818D15D" w:rsidR="0090617B" w:rsidRDefault="0090617B" w:rsidP="00834E0C">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="362B032A" w14:textId="6818D15D" w:rsidR="0090617B" w:rsidRDefault="0090617B" w:rsidP="0090617B">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ДА ПОДАДЕТЕ</w:t>
       </w:r>
       <w:r w:rsidR="00204D8F">
         <w:rPr>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">СИГНАЛ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2149,84 +3819,85 @@
         </w:rPr>
         <w:t>ДО КМЕТА НА ОБЩИНА</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> ЛУКОВИТ</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19B612C9" w14:textId="77777777" w:rsidR="00FC787D" w:rsidRPr="00DD6995" w:rsidRDefault="00FC787D" w:rsidP="00FC787D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:sectPr w:rsidR="00FC787D" w:rsidRPr="00DD6995" w:rsidSect="008B5662">
-[...1 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId10"/>
+    <w:sectPr w:rsidR="00FC787D" w:rsidRPr="00DD6995" w:rsidSect="00F05A1D">
+      <w:headerReference w:type="even" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1802" w:right="282" w:bottom="0" w:left="1134" w:header="567" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="993" w:right="849" w:bottom="0" w:left="1134" w:header="993" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="33B41EB6" w14:textId="77777777" w:rsidR="006418C9" w:rsidRDefault="006418C9" w:rsidP="00FF711E">
+    <w:p w14:paraId="10FDE9F2" w14:textId="77777777" w:rsidR="00F742F2" w:rsidRDefault="00F742F2" w:rsidP="00FF711E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62CDAFB7" w14:textId="77777777" w:rsidR="006418C9" w:rsidRDefault="006418C9" w:rsidP="00FF711E">
+    <w:p w14:paraId="63A89D3B" w14:textId="77777777" w:rsidR="00F742F2" w:rsidRDefault="00F742F2" w:rsidP="00FF711E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2243,96 +3914,92 @@
   <w:font w:name="Time Roman">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="04B57620" w14:textId="77777777" w:rsidR="006418C9" w:rsidRDefault="006418C9" w:rsidP="00FF711E">
+    <w:p w14:paraId="77766D4D" w14:textId="77777777" w:rsidR="00F742F2" w:rsidRDefault="00F742F2" w:rsidP="00FF711E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D11694D" w14:textId="77777777" w:rsidR="006418C9" w:rsidRDefault="006418C9" w:rsidP="00FF711E">
+    <w:p w14:paraId="25A07F14" w14:textId="77777777" w:rsidR="00F742F2" w:rsidRDefault="00F742F2" w:rsidP="00FF711E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="17FEF723" w14:textId="77777777" w:rsidR="00023822" w:rsidRDefault="00C74E15" w:rsidP="0008738F">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:u w:val="single"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
-    <w:bookmarkStart w:id="7" w:name="_Hlk213833672"/>
-[...2 lines deleted...]
-    <w:bookmarkStart w:id="10" w:name="_Hlk213833675"/>
     <w:r w:rsidRPr="00FC787D">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="088BC963" wp14:editId="75B98093">
           <wp:extent cx="819150" cy="704850"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="182052670" name="Картина 182052670"/>
+          <wp:docPr id="15" name="Картина 15"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Картина 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
@@ -2434,249 +4101,56 @@
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:u w:val="single"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t>И НЕ ПОДЛЕЖАТ НА ВПИСВАНЕ</w:t>
     </w:r>
     <w:r w:rsidR="006B777E" w:rsidRPr="006B777E">
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:u w:val="single"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:bookmarkEnd w:id="7"/>
-[...191 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="076B5029"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EBBAC446"/>
     <w:lvl w:ilvl="0" w:tplc="04020001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4186,128 +5660,129 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="809978944">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="126899306">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1961721199">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="478110443">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="2041271972">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1181117682">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="713698175">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1887639490">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1334724303">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="867184886">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1227454237">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="942223657">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="173418352">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00086909"/>
     <w:rsid w:val="00003AB6"/>
     <w:rsid w:val="0000409C"/>
     <w:rsid w:val="00006F06"/>
     <w:rsid w:val="0001281C"/>
     <w:rsid w:val="00023822"/>
     <w:rsid w:val="0003649F"/>
@@ -4325,279 +5800,281 @@
     <w:rsid w:val="000B1ABD"/>
     <w:rsid w:val="000D21D2"/>
     <w:rsid w:val="000F336A"/>
     <w:rsid w:val="000F41B2"/>
     <w:rsid w:val="00102F1F"/>
     <w:rsid w:val="0012630D"/>
     <w:rsid w:val="00134540"/>
     <w:rsid w:val="001634F8"/>
     <w:rsid w:val="0016604D"/>
     <w:rsid w:val="00171853"/>
     <w:rsid w:val="001C1296"/>
     <w:rsid w:val="001E07D9"/>
     <w:rsid w:val="001E2BA4"/>
     <w:rsid w:val="00204D8F"/>
     <w:rsid w:val="00212CCA"/>
     <w:rsid w:val="00216139"/>
     <w:rsid w:val="00227800"/>
     <w:rsid w:val="0026055B"/>
     <w:rsid w:val="00271346"/>
     <w:rsid w:val="002737B5"/>
     <w:rsid w:val="00274029"/>
     <w:rsid w:val="00294965"/>
     <w:rsid w:val="00295F0D"/>
     <w:rsid w:val="002A28D8"/>
     <w:rsid w:val="002B0AE0"/>
+    <w:rsid w:val="002B350E"/>
     <w:rsid w:val="002B4A37"/>
     <w:rsid w:val="002C3E0B"/>
     <w:rsid w:val="002E2CD7"/>
     <w:rsid w:val="002F0F71"/>
     <w:rsid w:val="003010BA"/>
     <w:rsid w:val="00307408"/>
     <w:rsid w:val="00324259"/>
     <w:rsid w:val="003276E9"/>
     <w:rsid w:val="00343F8F"/>
     <w:rsid w:val="00347D7D"/>
     <w:rsid w:val="00366130"/>
     <w:rsid w:val="0036753B"/>
     <w:rsid w:val="003764BA"/>
     <w:rsid w:val="003854B9"/>
     <w:rsid w:val="0039347C"/>
     <w:rsid w:val="00394847"/>
     <w:rsid w:val="003A3024"/>
     <w:rsid w:val="003B2911"/>
     <w:rsid w:val="003C7E0A"/>
     <w:rsid w:val="003D024A"/>
     <w:rsid w:val="003D209F"/>
     <w:rsid w:val="003D36DA"/>
     <w:rsid w:val="003D4033"/>
     <w:rsid w:val="003D7886"/>
     <w:rsid w:val="003E565E"/>
+    <w:rsid w:val="00405633"/>
     <w:rsid w:val="00413799"/>
     <w:rsid w:val="00424871"/>
     <w:rsid w:val="00465B56"/>
     <w:rsid w:val="00474497"/>
     <w:rsid w:val="004B6A8E"/>
     <w:rsid w:val="004E3550"/>
     <w:rsid w:val="004F4670"/>
     <w:rsid w:val="00541183"/>
     <w:rsid w:val="0054233C"/>
     <w:rsid w:val="005832C3"/>
     <w:rsid w:val="00585444"/>
     <w:rsid w:val="005A19BF"/>
     <w:rsid w:val="005C1A81"/>
     <w:rsid w:val="005C7CCE"/>
     <w:rsid w:val="005D02EA"/>
     <w:rsid w:val="005E22AD"/>
     <w:rsid w:val="00630A79"/>
     <w:rsid w:val="00634D8F"/>
-    <w:rsid w:val="006418C9"/>
     <w:rsid w:val="00647765"/>
     <w:rsid w:val="0066006D"/>
     <w:rsid w:val="006844EB"/>
     <w:rsid w:val="0068772A"/>
     <w:rsid w:val="00696492"/>
     <w:rsid w:val="006B4A9F"/>
     <w:rsid w:val="006B777E"/>
     <w:rsid w:val="006C4E3F"/>
     <w:rsid w:val="006F58DD"/>
     <w:rsid w:val="00701E6B"/>
     <w:rsid w:val="00734BBC"/>
     <w:rsid w:val="00745060"/>
     <w:rsid w:val="0075529E"/>
     <w:rsid w:val="00771A2B"/>
     <w:rsid w:val="00790EE7"/>
     <w:rsid w:val="00796E4D"/>
     <w:rsid w:val="007A4E96"/>
     <w:rsid w:val="007B6DA2"/>
     <w:rsid w:val="007B7E3B"/>
     <w:rsid w:val="007C5007"/>
     <w:rsid w:val="007C6369"/>
     <w:rsid w:val="007D1481"/>
     <w:rsid w:val="007D29D6"/>
     <w:rsid w:val="007F466A"/>
     <w:rsid w:val="007F4C9F"/>
     <w:rsid w:val="007F6499"/>
     <w:rsid w:val="00807951"/>
     <w:rsid w:val="0082223B"/>
     <w:rsid w:val="00823435"/>
     <w:rsid w:val="00826807"/>
     <w:rsid w:val="00831953"/>
-    <w:rsid w:val="00834E0C"/>
     <w:rsid w:val="00853D2E"/>
     <w:rsid w:val="008679A4"/>
     <w:rsid w:val="008704EA"/>
     <w:rsid w:val="00872889"/>
     <w:rsid w:val="00873C95"/>
-    <w:rsid w:val="008B5662"/>
     <w:rsid w:val="008C27A9"/>
     <w:rsid w:val="008C7450"/>
     <w:rsid w:val="008D1C92"/>
     <w:rsid w:val="008E0E1E"/>
     <w:rsid w:val="008F27E4"/>
     <w:rsid w:val="0090054A"/>
     <w:rsid w:val="009058F3"/>
     <w:rsid w:val="0090617B"/>
     <w:rsid w:val="00936025"/>
     <w:rsid w:val="0098364D"/>
     <w:rsid w:val="009A549B"/>
     <w:rsid w:val="009C0FC4"/>
     <w:rsid w:val="009C3F90"/>
     <w:rsid w:val="009C5104"/>
     <w:rsid w:val="009D7D9E"/>
     <w:rsid w:val="009E251F"/>
     <w:rsid w:val="009E39AB"/>
-    <w:rsid w:val="009E4CE5"/>
     <w:rsid w:val="00A058E1"/>
     <w:rsid w:val="00A07978"/>
     <w:rsid w:val="00A12177"/>
     <w:rsid w:val="00A26A1E"/>
     <w:rsid w:val="00A402F1"/>
     <w:rsid w:val="00A7418A"/>
     <w:rsid w:val="00A84659"/>
     <w:rsid w:val="00A85C3C"/>
     <w:rsid w:val="00A92A53"/>
     <w:rsid w:val="00AA1471"/>
     <w:rsid w:val="00AA3A33"/>
     <w:rsid w:val="00AB4D4F"/>
     <w:rsid w:val="00AD3A31"/>
     <w:rsid w:val="00AE63C8"/>
     <w:rsid w:val="00B0334D"/>
     <w:rsid w:val="00B045F6"/>
     <w:rsid w:val="00B554DE"/>
     <w:rsid w:val="00B61031"/>
     <w:rsid w:val="00B63526"/>
     <w:rsid w:val="00B8312C"/>
     <w:rsid w:val="00B849C9"/>
     <w:rsid w:val="00B92088"/>
     <w:rsid w:val="00BB0FCD"/>
     <w:rsid w:val="00BE3A07"/>
     <w:rsid w:val="00BE5F86"/>
     <w:rsid w:val="00C00B04"/>
     <w:rsid w:val="00C02939"/>
     <w:rsid w:val="00C172F1"/>
     <w:rsid w:val="00C3044B"/>
     <w:rsid w:val="00C341E1"/>
     <w:rsid w:val="00C354D3"/>
     <w:rsid w:val="00C409B3"/>
     <w:rsid w:val="00C53462"/>
     <w:rsid w:val="00C6045B"/>
     <w:rsid w:val="00C610FC"/>
+    <w:rsid w:val="00C65C09"/>
+    <w:rsid w:val="00C71915"/>
     <w:rsid w:val="00C73EA0"/>
     <w:rsid w:val="00C74E15"/>
     <w:rsid w:val="00C926D3"/>
     <w:rsid w:val="00CE7C00"/>
     <w:rsid w:val="00D06597"/>
     <w:rsid w:val="00D13704"/>
     <w:rsid w:val="00D23B77"/>
     <w:rsid w:val="00D45235"/>
     <w:rsid w:val="00D47D48"/>
     <w:rsid w:val="00D8464C"/>
     <w:rsid w:val="00DA6B24"/>
     <w:rsid w:val="00DB6CE6"/>
     <w:rsid w:val="00DD6995"/>
     <w:rsid w:val="00DE6208"/>
     <w:rsid w:val="00DF1CC0"/>
     <w:rsid w:val="00DF3786"/>
     <w:rsid w:val="00DF7ED2"/>
     <w:rsid w:val="00E03902"/>
     <w:rsid w:val="00E104E7"/>
     <w:rsid w:val="00E115E0"/>
     <w:rsid w:val="00E40300"/>
     <w:rsid w:val="00E555FD"/>
     <w:rsid w:val="00E71A09"/>
     <w:rsid w:val="00EA3C81"/>
     <w:rsid w:val="00EC58F5"/>
     <w:rsid w:val="00EC7597"/>
     <w:rsid w:val="00EE20FD"/>
     <w:rsid w:val="00EE29C5"/>
     <w:rsid w:val="00EF20CF"/>
     <w:rsid w:val="00EF5D43"/>
     <w:rsid w:val="00F036E9"/>
+    <w:rsid w:val="00F05A1D"/>
     <w:rsid w:val="00F06A40"/>
     <w:rsid w:val="00F10510"/>
     <w:rsid w:val="00F27555"/>
     <w:rsid w:val="00F30839"/>
     <w:rsid w:val="00F526D2"/>
     <w:rsid w:val="00F6119A"/>
     <w:rsid w:val="00F643B5"/>
+    <w:rsid w:val="00F742F2"/>
     <w:rsid w:val="00F85050"/>
     <w:rsid w:val="00F9206D"/>
     <w:rsid w:val="00FA4FDF"/>
     <w:rsid w:val="00FA7F84"/>
     <w:rsid w:val="00FC2366"/>
     <w:rsid w:val="00FC33B2"/>
     <w:rsid w:val="00FC787D"/>
     <w:rsid w:val="00FF04AD"/>
     <w:rsid w:val="00FF711E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="27CBD694"/>
   <w15:docId w15:val="{858CDBBD-E17B-4228-9261-64C76CD5D39A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="377">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4659,101 +6136,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -4930,50 +6404,51 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link Error" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0068772A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="30"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="006F58DD"/>
     <w:pPr>
@@ -5160,51 +6635,51 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003D209F"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заглавие 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="006F58DD"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="296181403">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="858010428">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5261,59 +6736,55 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2046786538">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office тема">
   <a:themeElements>
     <a:clrScheme name="Оffice">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5542,82 +7013,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6ADD2202-15B4-4D13-B889-69799C7525A6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{89EFD77F-CCA3-44F5-A046-5810A0DF530C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>446</Words>
-  <Characters>2547</Characters>
+  <Words>479</Words>
+  <Characters>2734</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2988</CharactersWithSpaces>
+  <CharactersWithSpaces>3207</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ozeleniavane1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>