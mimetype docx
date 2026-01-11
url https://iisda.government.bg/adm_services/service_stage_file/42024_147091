--- v0 (2025-10-02)
+++ v1 (2026-01-11)
@@ -1,53 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="007773B3" w:rsidRDefault="009668F9" w:rsidP="007773B3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="2410"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">НАИМЕНОВАНИЕ </w:t>
       </w:r>
@@ -105,63 +105,61 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="009A1B7F" w:rsidRPr="009A1B7F" w:rsidRDefault="009A1B7F" w:rsidP="009A1B7F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A1B7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009A1B7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>уникален</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009A1B7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009A1B7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>идентификатор</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009A1B7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -363,411 +361,430 @@
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="bg-BG"/>
           </w:rPr>
           <w:t>Закон за администрацията</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007773B3" w:rsidRPr="005256D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> (ЗА)</w:t>
       </w:r>
       <w:r w:rsidR="00D45BAF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E53135" w:rsidRPr="00E53135" w:rsidRDefault="00E53135" w:rsidP="00E53135">
-[...259 lines deleted...]
-    <w:p w:rsidR="00F04F8F" w:rsidRDefault="007773B3" w:rsidP="007773B3">
+    <w:p w:rsidR="00E53135" w:rsidRPr="00E53135" w:rsidRDefault="00E53135" w:rsidP="008247B1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E53135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">чл. 35 от Тарифа за таксите, които се събират от органите на държавния здравен контрол и националните центрове по проблемите на общественото здраве по Закона за здравето </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E53135" w:rsidRPr="00E53135" w:rsidRDefault="003049C3" w:rsidP="00E53135">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="42" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E53135" w:rsidRPr="00E53135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>чл. 27 от Тарифа за таксите, които се събират по Закона за лекарствените продукти в х</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45BAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>уманната медицина;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E53135" w:rsidRPr="00E53135" w:rsidRDefault="003049C3" w:rsidP="00E53135">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E53135" w:rsidRPr="00E53135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>чл. 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и чл. 4 </w:t>
+      </w:r>
+      <w:r w:rsidR="00E53135" w:rsidRPr="00E53135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от Тарифа за таксите, които се събират п</w:t>
+      </w:r>
+      <w:r w:rsidR="00D45BAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>о Закона за лечебните заведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E53135" w:rsidRDefault="00E53135" w:rsidP="007773B3">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007773B3" w:rsidRPr="005C6A3A" w:rsidRDefault="007773B3" w:rsidP="007773B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C6A3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ХАРАКТЕРИСТИКА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007773B3" w:rsidRPr="005C6A3A" w:rsidRDefault="007773B3" w:rsidP="007773B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007773B3" w:rsidRPr="005C6A3A" w:rsidRDefault="007773B3" w:rsidP="007773B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C6A3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Цел:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007773B3" w:rsidRPr="005C6A3A" w:rsidRDefault="007773B3" w:rsidP="00E53135">
+      <w:pPr>
+        <w:ind w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">Лицата могат да искат издаване на заверен препис и допълнителни екземпляри на документи, издадени от РЗИ- Бургас в случай на загубване или унищожаване на документа. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F04F8F" w:rsidRPr="00F04F8F" w:rsidRDefault="00F04F8F" w:rsidP="007773B3">
+        <w:t>Целта на настоящата процедура е да се укаже реда и условията за издаване на заверен препис, допълнителни екземпляри на документи, издадени от РЗИ-Бургас</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53135" w:rsidRPr="00E53135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или удостоверение за обстоятелства, вписани в регистъра на лечебните заведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007773B3" w:rsidRPr="005C6A3A" w:rsidRDefault="007773B3" w:rsidP="007773B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="216" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C6A3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Предмет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F04F8F" w:rsidRDefault="007773B3" w:rsidP="007773B3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-      </w:pPr>
-[...53 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">Лицата могат да искат издаване на заверен препис и допълнителни екземпляри на документи, издадени от РЗИ- Бургас в случай на загубване или унищожаване на документа. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F04F8F" w:rsidRPr="008247B1" w:rsidRDefault="00F04F8F" w:rsidP="007773B3">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>Уверение се издава  в случаи на поискване от лицата, за дейности и обекти, който  се водят в ре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidR="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>истрите,  водени от РЗИ-Бургас</w:t>
+      </w:r>
+      <w:r w:rsidR="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007773B3" w:rsidRDefault="007773B3" w:rsidP="007773B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007773B3" w:rsidRDefault="007773B3" w:rsidP="007773B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C6A3A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КОМПЕТЕНТЕН ОРГАН: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007773B3" w:rsidRPr="008B485E" w:rsidRDefault="007773B3" w:rsidP="007773B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Директора на Регионална здравна инспекция-Бургас.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007773B3" w:rsidRPr="008B485E" w:rsidRDefault="007773B3" w:rsidP="007773B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="580"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
@@ -860,559 +877,859 @@
     </w:p>
     <w:p w:rsidR="00962036" w:rsidRDefault="00823D44" w:rsidP="00962036">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00962036" w:rsidRPr="00962036" w:rsidRDefault="003049C3" w:rsidP="00962036">
+    <w:p w:rsidR="008247B1" w:rsidRPr="008247B1" w:rsidRDefault="008247B1" w:rsidP="008247B1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1134" w:hanging="425"/>
-[...130 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>в звеното за административно обслужване на РЗИ-Бургас на адрес: гр. Бургас, ул. „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>Александровска</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>“ № 120, ет.1, гише 104 и 105, всеки присъствен ден от 08.30 часа до 17.00 часа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00BF39D0" w:rsidRPr="00BF39D0">
-[...24 lines deleted...]
-    <w:p w:rsidR="006B0492" w:rsidRPr="00A234A3" w:rsidRDefault="006B0492" w:rsidP="00A234A3">
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>без прекъсване за обедна почивка), чрез подаване на заявление по образец;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008247B1" w:rsidRPr="008247B1" w:rsidRDefault="008247B1" w:rsidP="008247B1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1134" w:hanging="425"/>
-[...56 lines deleted...]
-    <w:p w:rsidR="003049C3" w:rsidRPr="00F420EF" w:rsidRDefault="006B0492" w:rsidP="00F420EF">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>на хартиен носител по пощата с лицензиран пощенски оператор на адреса на РЗИ-Бургас, с попълнено заявление по образец, приложения към него и копие разписка за платена такса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008247B1" w:rsidRPr="008247B1" w:rsidRDefault="008247B1" w:rsidP="008247B1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...40 lines deleted...]
-      </w:r>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по електронен път на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>rzi@rzi-burgas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>bg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>, чрез универсален електронен подпис.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008247B1" w:rsidRPr="008247B1" w:rsidRDefault="008247B1" w:rsidP="008247B1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>чрез Система за сигурно електронно връчване (ССЕВ) на следния адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>https://edelivery.egov.bg/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008247B1" w:rsidRPr="008247B1" w:rsidRDefault="008247B1" w:rsidP="008247B1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в Административния регистър на адрес: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008247B1" w:rsidRPr="008247B1" w:rsidRDefault="008A0BE6" w:rsidP="008247B1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00F420EF" w:rsidRPr="00A80A89">
+        <w:r w:rsidR="008247B1" w:rsidRPr="00452ECA">
           <w:rPr>
             <w:rStyle w:val="a7"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="bg-BG"/>
           </w:rPr>
-          <w:t>rzi@rzi-burgas.com</w:t>
+          <w:t>https://iisda.government.bg/adm_services/services/service/477</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00F420EF">
-[...32 lines deleted...]
-    <w:p w:rsidR="00962036" w:rsidRPr="00962036" w:rsidRDefault="003049C3" w:rsidP="007773B3">
+      <w:r w:rsidR="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008247B1" w:rsidRPr="008247B1" w:rsidRDefault="008247B1" w:rsidP="008247B1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="8"/>
         </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>в Единния портал за достъп до електронни административни услуги (ЕПДЕАУ) на адрес:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008247B1" w:rsidRDefault="008A0BE6" w:rsidP="008247B1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="008247B1" w:rsidRPr="00452ECA">
+          <w:rPr>
+            <w:rStyle w:val="a7"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:eastAsia="bg-BG"/>
+          </w:rPr>
+          <w:t>https://egov.bg/wps/portal/egov/dostavchitsi%20na%20uslugi/spetsializirani%20teritorialni%20administratsii/regionalna%20zdravna%20inspektsia/unificirani%20uslugi/477?callerId=c573bea4-092b-4e13-a618-c6729e905c50&amp;cP=1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="008247B1" w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008247B1" w:rsidRPr="008247B1" w:rsidRDefault="008247B1" w:rsidP="008247B1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>устно чрез съставяне на протокол. Устното заявяване се извършва в звеното за административно обслужване на РЗИ-Бургас на адрес: гр. Бургас, ул. „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>Александровска</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>“ №120. Протоколът се подписва от заявителя и длъжностното лице, което го е съставило. Устното искане, което е отразено в протокол, задължително трябва да бъде окомплектовано с документите, необходими за предоставяне на административната услуга.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00962036" w:rsidRPr="005C6A3A" w:rsidRDefault="00962036" w:rsidP="007773B3">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1134" w:hanging="425"/>
-[...50 lines deleted...]
-    <w:p w:rsidR="00962036" w:rsidRPr="005C6A3A" w:rsidRDefault="00962036" w:rsidP="007773B3">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007773B3" w:rsidRPr="00025AB5" w:rsidRDefault="00025AB5" w:rsidP="007773B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00025AB5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>НЕОБХОДИМИ ДОКУМЕНТИ:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007773B3" w:rsidRPr="008B485E" w:rsidRDefault="007773B3" w:rsidP="007773B3">
+    <w:p w:rsidR="008247B1" w:rsidRPr="008A0BE6" w:rsidRDefault="007773B3" w:rsidP="008A0BE6">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A0BE6">
+        <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>Заявление по образец</w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-    <w:p w:rsidR="00025AB5" w:rsidRPr="008B485E" w:rsidRDefault="007773B3" w:rsidP="007773B3">
+      <w:r w:rsidR="008247B1" w:rsidRPr="008A0BE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="008A0BE6" w:rsidRPr="00916A66">
+          <w:rPr>
+            <w:rStyle w:val="a7"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://rzi-burgas.bg/wp-content/uploads/2025/11/ap0477_1_zaqvlenie.doc</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="008A0BE6" w:rsidRDefault="008A0BE6" w:rsidP="007773B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00025AB5" w:rsidRPr="008B485E" w:rsidRDefault="007773B3" w:rsidP="007773B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00817023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Забележка: Заявлението може да се подаде и от упълномощено лице с нотариално заверено пълномощно. В този случай към заявлението се прилага и копие от пълномощното</w:t>
       </w:r>
       <w:r w:rsidRPr="005C6A3A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F04F8F" w:rsidRDefault="007773B3" w:rsidP="007773B3">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> Документ за платена такса</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="008247B1" w:rsidRDefault="008247B1" w:rsidP="008247B1">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008247B1" w:rsidRDefault="008247B1" w:rsidP="008A0BE6">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>издаване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>заверено</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>копие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Експертно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>решение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ТЕЛК/НЕЛК </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="008A0BE6" w:rsidRPr="00916A66">
+          <w:rPr>
+            <w:rStyle w:val="a7"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://rzi-burgas.bg/wp-content/uploads/2025/11/ap477doc2_zayavlenie-kopierkme.doc</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="008A0BE6" w:rsidRPr="008247B1" w:rsidRDefault="008A0BE6" w:rsidP="008A0BE6">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
     <w:p w:rsidR="00F04F8F" w:rsidRPr="008B485E" w:rsidRDefault="00F04F8F" w:rsidP="007773B3">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:ind w:left="1068"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007773B3" w:rsidRDefault="007773B3" w:rsidP="007773B3">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
@@ -1436,80 +1753,154 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007773B3" w:rsidRPr="008B485E" w:rsidRDefault="007773B3" w:rsidP="007773B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Такса: 6,00 </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Такса: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A15CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6,00 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A15CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лв</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>лв</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>. (шест лева)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A15CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A15CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">. (шест лева), </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A15CD6" w:rsidRPr="00A15CD6">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15CD6" w:rsidRPr="009D4B83">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">€ </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15CD6">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>3.07</w:t>
+      </w:r>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t>съгласно</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> чл. 35 от </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Тарифата</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
@@ -1619,88 +2010,77 @@
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>здравен</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>контрол</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00094FEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>и</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">и </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00094FEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>националните</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00094FEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00094FEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1807,91 +2187,117 @@
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007773B3" w:rsidRDefault="007773B3" w:rsidP="007773B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Такса: 5,00 </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">Такса: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A15CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5,00 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A15CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>лв</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>лв</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>. (пет лева)</w:t>
+      </w:r>
+      <w:r w:rsidR="00A15CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15CD6" w:rsidRPr="009D4B83">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>€</w:t>
+      </w:r>
+      <w:r w:rsidR="00A15CD6">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.56</w:t>
+      </w:r>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>. (</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> лева), </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>съгласно</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> чл. 3 и чл.4 от </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1991,119 +2397,184 @@
         </w:rPr>
         <w:t xml:space="preserve"> заведения.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E53135" w:rsidRPr="00962036" w:rsidRDefault="00037ACA" w:rsidP="00962036">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="42" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>Такса: 10</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Такса: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A15CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A15CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A15CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лв</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>десет</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00E53135">
+        </w:rPr>
+        <w:t>десет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve"> съгласно </w:t>
+        <w:t xml:space="preserve"> лева</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E53135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15CD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r w:rsidR="00A15CD6" w:rsidRPr="009D4B83">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>€</w:t>
+      </w:r>
+      <w:r w:rsidR="00A15CD6">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5.11</w:t>
+      </w:r>
+      <w:r w:rsidR="00A15CD6" w:rsidRPr="009D4B83">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E53135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">съгласно </w:t>
       </w:r>
       <w:r w:rsidR="00E53135" w:rsidRPr="00E53135">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>чл. 27 от Тарифа за таксите, които се събират по Закона за лекарственит</w:t>
       </w:r>
       <w:r w:rsidR="00075573">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>е продукти в хуманната медицина.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C07551" w:rsidRDefault="007773B3" w:rsidP="00D45BAF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
@@ -2430,1472 +2901,2568 @@
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">BIC STSABGSF IBAN </w:t>
       </w:r>
       <w:r w:rsidR="00025AB5" w:rsidRPr="00C07551">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>BG82STSA93003100600801 Банка ДСК</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BF39D0" w:rsidRPr="00BF39D0" w:rsidRDefault="00BF39D0" w:rsidP="00BF39D0">
+    <w:p w:rsidR="00BF39D0" w:rsidRDefault="00BF39D0" w:rsidP="00BF39D0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="42" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007773B3" w:rsidRPr="005C6A3A" w:rsidRDefault="00D45BAF" w:rsidP="000779D6">
+    <w:p w:rsidR="008247B1" w:rsidRPr="008247B1" w:rsidRDefault="008247B1" w:rsidP="008247B1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="42" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>се</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дължи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>такса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>издаване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>копие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Експертно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>решение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ТЕЛК/НЕЛК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008247B1" w:rsidRPr="008247B1" w:rsidRDefault="008247B1" w:rsidP="008247B1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="42" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C4189" w:rsidRPr="005C6A3A" w:rsidRDefault="001C4189" w:rsidP="001C4189">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ВЪТРЕШЕН ХОД НА ПРОЦЕДУРАТА</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007773B3" w:rsidRPr="008B485E" w:rsidRDefault="007773B3" w:rsidP="007773B3">
+    <w:p w:rsidR="001C4189" w:rsidRPr="008B485E" w:rsidRDefault="001C4189" w:rsidP="001C4189">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="580"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007773B3" w:rsidRDefault="007773B3" w:rsidP="007773B3">
+    <w:p w:rsidR="001C4189" w:rsidRDefault="001C4189" w:rsidP="001C4189">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Заявленията се предават ежедневно на Главния секретар на РЗИ, който преценява основанието и законосъобразността на искането.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">След положителна резолюция от Главния секретар служителят в Звеното за административно обслужване </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">насочва заявлението в съответната дирекция, която проверява за </w:t>
+        <w:t>След положителна резолюция от Главния секретар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заявлението </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>се</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">насочва </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>към</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> съответната дирекция, която проверява за </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>наличие на такъв документ в архива на РЗИ.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007773B3" w:rsidRPr="008B485E" w:rsidRDefault="007773B3" w:rsidP="007773B3">
+    <w:p w:rsidR="001C4189" w:rsidRPr="008B485E" w:rsidRDefault="001C4189" w:rsidP="001C4189">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD72F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">При издаване на </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD72F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Препис/копие от документ/</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD72F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> – служителят от съответната дирекция/отдел прави копие на искания документ, върху който поставя гриф «ВЯРНО С ОРИГИНАЛА», </w:t>
       </w:r>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>дата, подпис на длъжностното лице и кръгъл печат на РЗИ-Бургас на всички страници на документа.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007773B3" w:rsidRPr="00BD72F0" w:rsidRDefault="007773B3" w:rsidP="007773B3">
+    <w:p w:rsidR="001C4189" w:rsidRPr="00BD72F0" w:rsidRDefault="001C4189" w:rsidP="001C4189">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD72F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>При издаване на Дубликат /</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">При издаване на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Дубликат /</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>допълнинелен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екземпляр от документ/</w:t>
+      </w:r>
       <w:r w:rsidRPr="00BD72F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>допълнинелен</w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="007773B3" w:rsidRPr="00BD72F0" w:rsidRDefault="007773B3" w:rsidP="007773B3">
+        <w:t xml:space="preserve">– служителят от съответната дирекция/отдел подготвя нов екземпляр, носещ номера на първичния документ. Върху него, в горната дясна част се изписва „ДУБЛИКАТ”, и се представя на директора на РЗИ- Бургас  за подпис. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4189" w:rsidRPr="00BD72F0" w:rsidRDefault="001C4189" w:rsidP="001C4189">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD72F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">В случаите, когато се установи, че срокът на издаденият документ е изтекъл се поставя допълнително и гриф „Валиден до …”. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007773B3" w:rsidRPr="00BD72F0" w:rsidRDefault="007773B3" w:rsidP="007773B3">
+    <w:p w:rsidR="001C4189" w:rsidRPr="00BD72F0" w:rsidRDefault="001C4189" w:rsidP="001C4189">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD72F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>При издаване на заверен препис</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> на експертно решение на ТЕЛК /</w:t>
+        <w:t xml:space="preserve">При издаване на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>заверен препис на експертно решение на ТЕЛК</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD72F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>при загубване или физическо унищожение на ЕР, служителят в РКМЕ прави копие на оригинала съхраняван в МЕД и го заверява ,като поставя печат</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="00D45BAF" w:rsidRPr="00BD72F0">
+        <w:t>при загубване или физическо унищожение на ЕР, служителят в РКМЕ прави копие на оригинала съхраняван в МЕД и го заверява,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD72F0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>като поставя печат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD72F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">«ВЯРНО С ОРИГИНАЛА», </w:t>
       </w:r>
-      <w:r w:rsidR="00D45BAF" w:rsidRPr="008B485E">
+      <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>дата, подпис на длъжностното лице и кръгъл печат на РЗИ-Бургас на всички страници на документа.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007773B3" w:rsidRPr="00E53135" w:rsidRDefault="007773B3" w:rsidP="00AA7D45">
+    <w:p w:rsidR="001C4189" w:rsidRPr="00E53135" w:rsidRDefault="001C4189" w:rsidP="001C4189">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">За издаване на </w:t>
       </w:r>
-      <w:r w:rsidR="00E53135" w:rsidRPr="00E53135">
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>удостоверение за обстоятелства, вписани в регистър</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53135">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, воден от РЗИ-Бургас, </w:t>
       </w:r>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>заявлението се резолир</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>а от Главния секретар на РЗИ до съответното дл</w:t>
       </w:r>
       <w:r w:rsidRPr="008B485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ъжностно лице, отговарящо за водене на  регистъра. Длъжностното лице, определено да извършва вписване в регистъра,</w:t>
+        <w:t>ъжностн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>о лице, отговарящо за водене на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регистъра. Длъжностното лице, определено да извършва вписване в регистъра,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E53135">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> изготвя </w:t>
-[...7 lines deleted...]
-        <w:t>удостоверение</w:t>
+        <w:t xml:space="preserve"> изготвя удостоверение след извършена проверка </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в Регистъра </w:t>
       </w:r>
       <w:r w:rsidRPr="00E53135">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> след извършена проверка </w:t>
-[...32 lines deleted...]
-        </w:rPr>
         <w:t>и го представя на директора на инспекцията за подпис.</w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidR="00A234A3" w:rsidRDefault="00A234A3" w:rsidP="007773B3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="850"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A234A3" w:rsidRPr="00A234A3" w:rsidRDefault="00A234A3" w:rsidP="00A234A3">
+    <w:p w:rsidR="00A234A3" w:rsidRPr="001C4189" w:rsidRDefault="00A234A3" w:rsidP="00A234A3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="23"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A234A3">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C4189">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="23"/>
-          <w:szCs w:val="23"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">НАЧИНИ НА ПОЛУЧАВАНЕ НА РЕЗУЛТАТА ОТ УСЛУГАТА </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A234A3" w:rsidRDefault="00A234A3" w:rsidP="00F420EF">
+    <w:p w:rsidR="00A234A3" w:rsidRPr="001C4189" w:rsidRDefault="00A234A3" w:rsidP="00F420EF">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="42" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="23"/>
-[...8 lines deleted...]
-          <w:szCs w:val="23"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>на място- лично (респективно на упълномощен него</w:t>
       </w:r>
-      <w:r w:rsidR="00F420EF">
-[...4 lines deleted...]
-          <w:szCs w:val="23"/>
+      <w:r w:rsidR="00F420EF" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">в представител) срещу подпис, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A234A3">
-[...4 lines deleted...]
-          <w:szCs w:val="23"/>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>в Звеното за административно обслужване на РЗИ</w:t>
       </w:r>
-      <w:r w:rsidR="00F420EF">
-[...4 lines deleted...]
-          <w:szCs w:val="23"/>
+      <w:r w:rsidR="00F420EF" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-Бургас</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A234A3">
-[...4 lines deleted...]
-          <w:szCs w:val="23"/>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A234A3" w:rsidRDefault="00A234A3" w:rsidP="00F420EF">
+    <w:p w:rsidR="00A234A3" w:rsidRPr="001C4189" w:rsidRDefault="00A234A3" w:rsidP="00F420EF">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="42" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="23"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A234A3">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C4189">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>чрез лицензиран пощенски оператор на посочен точен адрес като декларира</w:t>
       </w:r>
-      <w:r w:rsidR="00F420EF">
+      <w:r w:rsidR="00F420EF" w:rsidRPr="001C4189">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A234A3">
+      <w:r w:rsidRPr="001C4189">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> че пощенските разходи са за негова сметка. Цената за пощенската услуга се заплаща от заяв</w:t>
       </w:r>
-      <w:r w:rsidR="00F420EF">
+      <w:r w:rsidR="00F420EF" w:rsidRPr="001C4189">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ителя при доставяне на пратката.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A234A3">
+      <w:r w:rsidRPr="001C4189">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> При заявено получаване чрез лицензиран пощенски оператор изходящият документ се изпраща като: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A234A3" w:rsidRDefault="00A234A3" w:rsidP="00F420EF">
+    <w:p w:rsidR="00A234A3" w:rsidRPr="001C4189" w:rsidRDefault="00A234A3" w:rsidP="00F420EF">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="42" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="23"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A234A3">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C4189">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>а) вътрешна препоръч</w:t>
       </w:r>
-      <w:r w:rsidR="00706A55">
+      <w:r w:rsidR="00706A55" w:rsidRPr="001C4189">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>а</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A234A3">
+      <w:r w:rsidRPr="001C4189">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">на пощенска пратка; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A234A3" w:rsidRDefault="00A234A3" w:rsidP="00F420EF">
+    <w:p w:rsidR="00A234A3" w:rsidRPr="001C4189" w:rsidRDefault="00A234A3" w:rsidP="00F420EF">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="42" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="23"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A234A3">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C4189">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>б) вътрешна куриерска пратка;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A234A3" w:rsidRPr="00A234A3" w:rsidRDefault="00A234A3" w:rsidP="00F420EF">
+    <w:p w:rsidR="00A234A3" w:rsidRPr="001C4189" w:rsidRDefault="00A234A3" w:rsidP="00F420EF">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="42" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="23"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A234A3">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C4189">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>в)международна препоръч</w:t>
       </w:r>
-      <w:r w:rsidR="00706A55">
+      <w:r w:rsidR="00706A55" w:rsidRPr="001C4189">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>а</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A234A3">
+      <w:r w:rsidRPr="001C4189">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">на пощенска пратка; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A234A3" w:rsidRPr="00F420EF" w:rsidRDefault="00A234A3" w:rsidP="00F420EF">
-[...1 lines deleted...]
-        <w:pStyle w:val="a6"/>
+    <w:p w:rsidR="001C4189" w:rsidRPr="001C4189" w:rsidRDefault="001C4189" w:rsidP="001C4189">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="42" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="42"/>
         <w:ind w:left="1134" w:hanging="425"/>
-        <w:jc w:val="both"/>
-[...75 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>по електронен път съгласно Закона за електронния документ и електронните удостоверителни услуги, Наредба за общите изисквания към информационните системи, регистрите и електронните административни услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4189" w:rsidRPr="001C4189" w:rsidRDefault="001C4189" w:rsidP="001C4189">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="42"/>
+        <w:ind w:left="709" w:firstLine="425"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по електронен път на посочен </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4189" w:rsidRPr="001C4189" w:rsidRDefault="001C4189" w:rsidP="001C4189">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="42"/>
+        <w:ind w:left="1134"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>чрез Система за сигурно електронно връчване (ССЕВ) на следния адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>https://edelivery.egov.bg/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4189" w:rsidRPr="001C4189" w:rsidRDefault="001C4189" w:rsidP="001C4189">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="42"/>
+        <w:ind w:left="1134"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F420EF" w:rsidRPr="001C4189" w:rsidRDefault="00F420EF" w:rsidP="00712A89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-AU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">СРОК ЗА ПРЕДОСТАВЯНЕ НА АДМИНИСТРАТИВНАТА УСЛУГА: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7 дни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F420EF" w:rsidRPr="001C4189" w:rsidRDefault="00F420EF" w:rsidP="00F06D91">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00025AB5" w:rsidRPr="001C4189" w:rsidRDefault="00025AB5" w:rsidP="00F06D91">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-AU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>СРОК НА ДЕЙСТВИЕ НА ДОКУМЕНТ</w:t>
+      </w:r>
+      <w:r w:rsidR="00F06D91" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-AU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>А/</w:t>
+      </w:r>
+      <w:r w:rsidR="003049C3" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-AU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F06D91" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-AU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>ИНДИВИДУАЛНИЯ АДМИНИСТРАТИВЕН</w:t>
+      </w:r>
+      <w:r w:rsidR="00F06D91" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-AU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>АКТ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F06D91" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>Няма срок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003049C3" w:rsidRPr="001C4189" w:rsidRDefault="003049C3" w:rsidP="00712A89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C4189" w:rsidRPr="001C4189" w:rsidRDefault="003049C3" w:rsidP="001C4189">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-AU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>ОРГАН, ОСЪЩЕСТВЯВАЩ КОНТРОЛ ВЪРХУ ДЕЙНОСТТА НА ОРГАНА ПО ПРЕДОСТАВЯНЕТО НА УСЛУГАТА:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Съгласно чл. 93, ал.1 от АПК орган, осъществяващ контрол върху дейността на РЗИ е Министъра на здравеопазването.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A234A3" w:rsidRPr="001C4189" w:rsidRDefault="00A234A3" w:rsidP="00A234A3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A234A3" w:rsidRDefault="00F420EF" w:rsidP="00A234A3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-AU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-AU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>РЕД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A234A3" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-AU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>ЗА ОБЖАЛВАНЕ НА ДЕЙСТВИЯТА НА ОРГАНА ПО ПРЕДОСТАВЯНЕТО НА УСЛУГАТА:</w:t>
+      </w:r>
+      <w:r w:rsidR="000779D6" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-AU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Издаденият административен акт може да се оспори </w:t>
+      </w:r>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в 14-дневен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>срок</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>съобщаването</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>му</w:t>
+      </w:r>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>заинтересованите</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>лица</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>организации</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по реда на Глава шеста „О</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>спорване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>административните</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>актове</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>административен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>ред</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-AU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-AU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-AU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>Административнопроцесуалния</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-AU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="001C4189" w:rsidRPr="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-AU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>кодекс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C4189">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-AU" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00025AB5" w:rsidRDefault="00025AB5" w:rsidP="00025AB5">
+    <w:p w:rsidR="001C4189" w:rsidRPr="001C4189" w:rsidRDefault="001C4189" w:rsidP="00A234A3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="850"/>
-[...39 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00025AB5" w:rsidRDefault="00025AB5" w:rsidP="00F06D91">
-[...278 lines deleted...]
-    <w:p w:rsidR="003049C3" w:rsidRPr="00FA12A7" w:rsidRDefault="003049C3" w:rsidP="00712A89">
+    <w:p w:rsidR="003049C3" w:rsidRPr="001C4189" w:rsidRDefault="003049C3" w:rsidP="00712A89">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="FF00FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA12A7">
+      <w:r w:rsidRPr="001C4189">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>ОБРАЗЦИ И ФОРМУЛЯРИ:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003049C3" w:rsidRPr="00AE7BED" w:rsidRDefault="003049C3" w:rsidP="003049C3">
-[...1 lines deleted...]
-        <w:pStyle w:val="a6"/>
+    <w:p w:rsidR="001C4189" w:rsidRPr="008247B1" w:rsidRDefault="001C4189" w:rsidP="008A0BE6">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008247B1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Заявление</w:t>
       </w:r>
-      <w:r>
-[...19 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:r w:rsidR="008A0BE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008A0BE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="008A0BE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008A0BE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008A0BE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008A0BE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008A0BE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008A0BE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008A0BE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008A0BE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008A0BE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="008A0BE6" w:rsidRPr="00916A66">
+          <w:rPr>
+            <w:rStyle w:val="a7"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="bg-BG"/>
+          </w:rPr>
+          <w:t>https://rzi-burgas.bg/wp-content/uploads/2025/11/ap0477_1_zaqvlenie.doc</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="008A0BE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C4189" w:rsidRDefault="001C4189" w:rsidP="008A0BE6">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Заявление</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>издаване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>заверено</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>копие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Експертно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>решение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ТЕЛК/НЕЛК - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="008A0BE6" w:rsidRPr="00916A66">
+          <w:rPr>
+            <w:rStyle w:val="a7"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://rzi-burgas.bg/wp-content/uploads/2025/11/ap477doc2_zayavlenie-kopierkme.doc</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="008A0BE6" w:rsidRPr="008247B1" w:rsidRDefault="008A0BE6" w:rsidP="008A0BE6">
+      <w:pPr>
+        <w:pStyle w:val="1"/>
+        <w:ind w:left="1440"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="008A0BE6" w:rsidRPr="008247B1" w:rsidSect="00340BB2">
+      <w:footerReference w:type="even" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="993" w:right="906" w:bottom="993" w:left="1418" w:header="0" w:footer="283" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001657CE" w:rsidRDefault="00AA7D45">
+    <w:p w:rsidR="00691898" w:rsidRDefault="00691898">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001657CE" w:rsidRDefault="00AA7D45">
+    <w:p w:rsidR="00691898" w:rsidRDefault="00691898">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="003C20A5" w:rsidRDefault="007773B3">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a5"/>
         <w:sz w:val="19"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a5"/>
         <w:sz w:val="19"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a5"/>
         <w:sz w:val="19"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a5"/>
         <w:sz w:val="19"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a5"/>
         <w:noProof/>
         <w:sz w:val="19"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a5"/>
         <w:sz w:val="19"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="003C20A5" w:rsidRDefault="00EA6633">
+  <w:p w:rsidR="003C20A5" w:rsidRDefault="008A0BE6">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:sz w:val="19"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="003C20A5" w:rsidRDefault="007773B3">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00706A55">
+    <w:r w:rsidR="008A0BE6">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>4</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="003C20A5" w:rsidRDefault="00EA6633">
+  <w:p w:rsidR="003C20A5" w:rsidRDefault="008A0BE6">
     <w:pPr>
       <w:pStyle w:val="a3"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:sz w:val="19"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001657CE" w:rsidRDefault="00AA7D45">
+    <w:p w:rsidR="00691898" w:rsidRDefault="00691898">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001657CE" w:rsidRDefault="00AA7D45">
+    <w:p w:rsidR="00691898" w:rsidRDefault="00691898">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="13B83ADD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0472D9E6"/>
     <w:lvl w:ilvl="0" w:tplc="0402000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1504" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2224" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3964,72 +5531,185 @@
     <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6544" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7264" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2A3459C8"/>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1DEA5BDD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4086B238"/>
+    <w:tmpl w:val="38AA5DD8"/>
     <w:lvl w:ilvl="0" w:tplc="0402000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1487" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A3459C8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4086B238"/>
+    <w:lvl w:ilvl="0" w:tplc="0402000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1487" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="2207" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04020005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04020001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3647" w:hanging="360"/>
@@ -4077,51 +5757,164 @@
     <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6527" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7247" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D0B4743"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4FB2C470"/>
+    <w:lvl w:ilvl="0" w:tplc="0402000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32577976"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AC4A308C"/>
     <w:lvl w:ilvl="0" w:tplc="FA622F2C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B">
@@ -4166,51 +5959,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="468A6F08"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AF828E8A"/>
     <w:lvl w:ilvl="0" w:tplc="0402000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4279,51 +6072,51 @@
     <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C5A2C1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2854A806"/>
     <w:lvl w:ilvl="0" w:tplc="98B629E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
@@ -4372,343 +6165,593 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="5">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="8">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-[...1 lines deleted...]
-  <w:doNotDisplayPageBoundaries/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="100"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-AU" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="ru-RU" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007773B3"/>
     <w:rsid w:val="00023145"/>
     <w:rsid w:val="00025AB5"/>
     <w:rsid w:val="00037ACA"/>
     <w:rsid w:val="00075573"/>
     <w:rsid w:val="000779D6"/>
     <w:rsid w:val="001657CE"/>
     <w:rsid w:val="001A5522"/>
+    <w:rsid w:val="001C4189"/>
     <w:rsid w:val="003049C3"/>
     <w:rsid w:val="00310B83"/>
     <w:rsid w:val="005B218E"/>
     <w:rsid w:val="00663AB4"/>
+    <w:rsid w:val="00663FDF"/>
+    <w:rsid w:val="00691898"/>
     <w:rsid w:val="006B0492"/>
     <w:rsid w:val="00706A55"/>
     <w:rsid w:val="00712A89"/>
     <w:rsid w:val="007773B3"/>
     <w:rsid w:val="00823D44"/>
+    <w:rsid w:val="008247B1"/>
+    <w:rsid w:val="008A0BE6"/>
     <w:rsid w:val="00962036"/>
     <w:rsid w:val="009668F9"/>
     <w:rsid w:val="009A1B7F"/>
+    <w:rsid w:val="00A15CD6"/>
     <w:rsid w:val="00A234A3"/>
     <w:rsid w:val="00AA7D45"/>
     <w:rsid w:val="00BF39D0"/>
     <w:rsid w:val="00C07551"/>
     <w:rsid w:val="00C470BE"/>
     <w:rsid w:val="00C54CDB"/>
     <w:rsid w:val="00D45BAF"/>
     <w:rsid w:val="00DE0837"/>
     <w:rsid w:val="00E53135"/>
     <w:rsid w:val="00E96FC0"/>
     <w:rsid w:val="00EA3E6D"/>
     <w:rsid w:val="00F04F8F"/>
     <w:rsid w:val="00F06D91"/>
     <w:rsid w:val="00F20CAA"/>
     <w:rsid w:val="00F420EF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="7283ECE8"/>
+  <w15:docId w15:val="{46424C99-008E-4988-A4D5-85858E4EF46C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...137 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00025AB5"/>
+    <w:rsid w:val="001C4189"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -4777,331 +6820,67 @@
     <w:rsid w:val="007773B3"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a7">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F420EF"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...171 lines deleted...]
-    <w:name w:val="Normal Table"/>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:tblPr>
-[...64 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="008247B1"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...28 lines deleted...]
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="443774541">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1067219631">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5228,51 +7007,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1914927114">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riokoz-vt.com/zakonadm.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rzi@rzi-burgas.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.riokoz-vt.com/zakonadm.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rzi-burgas.bg/wp-content/uploads/2025/11/ap0477_1_zaqvlenie.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rzi-burgas.bg/wp-content/uploads/2025/11/ap477doc2_zayavlenie-kopierkme.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rzi-burgas.bg/wp-content/uploads/2025/11/ap0477_1_zaqvlenie.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.bg/wps/portal/egov/dostavchitsi%20na%20uslugi/spetsializirani%20teritorialni%20administratsii/regionalna%20zdravna%20inspektsia/unificirani%20uslugi/477?callerId=c573bea4-092b-4e13-a618-c6729e905c50&amp;cP=1" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iisda.government.bg/adm_services/services/service/477" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rzi-burgas.bg/wp-content/uploads/2025/11/ap477doc2_zayavlenie-kopierkme.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office тема">
   <a:themeElements>
     <a:clrScheme name="Оffice">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5516,70 +7295,86 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DBA6F47A-C6D6-4295-8281-9F3E04A8C8C7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5469</Characters>
+  <Pages>4</Pages>
+  <Words>1268</Words>
+  <Characters>7228</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>60</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6416</CharactersWithSpaces>
+  <CharactersWithSpaces>8480</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>VIP</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>