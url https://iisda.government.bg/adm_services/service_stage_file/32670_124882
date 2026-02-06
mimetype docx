--- v0 (2025-12-10)
+++ v1 (2026-02-06)
@@ -1,38 +1,37 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="497F1453" w14:textId="77777777" w:rsidR="001B53DE" w:rsidRPr="00DC6AE9" w:rsidRDefault="008E3D96" w:rsidP="001B53DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
@@ -846,51 +845,51 @@
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E020A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">Електронен адрес, на който се предоставя услугата: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="227C7F3E" w14:textId="77777777" w:rsidR="00383A6B" w:rsidRPr="00E35CCF" w:rsidRDefault="00505349" w:rsidP="00DE13BD">
+    <w:p w14:paraId="227C7F3E" w14:textId="77777777" w:rsidR="00383A6B" w:rsidRPr="00E35CCF" w:rsidRDefault="009A619E" w:rsidP="00DE13BD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:tgtFrame="_blank" w:history="1">
         <w:hyperlink r:id="rId8" w:history="1">
           <w:r w:rsidR="00A33263" w:rsidRPr="00E35CCF">
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             </w:rPr>
             <w:t>https://egov.bg/wps/portal/egov/services/transport-and-vehicles/acquisition-and-registration/709071fc-4574-42cd-8154-05887afd3974</w:t>
@@ -905,51 +904,51 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E020A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Електронен адрес за предложения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7706CEBA" w14:textId="77777777" w:rsidR="00383A6B" w:rsidRPr="003616C0" w:rsidRDefault="00505349" w:rsidP="00DE13BD">
+    <w:p w14:paraId="7706CEBA" w14:textId="77777777" w:rsidR="00383A6B" w:rsidRPr="003616C0" w:rsidRDefault="009A619E" w:rsidP="00DE13BD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00E42EBE" w:rsidRPr="00D8486B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
@@ -2328,60 +2327,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CD1F3C" w:rsidRPr="008C7B2D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Заявлението и приложените към него до</w:t>
       </w:r>
       <w:r w:rsidR="001B042F" w:rsidRPr="008C7B2D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">кументи могат да се подават и в </w:t>
       </w:r>
       <w:r w:rsidR="00CD1F3C" w:rsidRPr="008C7B2D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>София, но регистрация</w:t>
-[...8 lines deleted...]
-        <w:t>та задължително се извършва в териториалните дирекции</w:t>
+        <w:t>София, но регистрацията задължително се извършва в териториалните дирекции</w:t>
       </w:r>
       <w:r w:rsidR="00F018CB" w:rsidRPr="008C7B2D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A738686" w14:textId="15A027E3" w:rsidR="008C7B2D" w:rsidRPr="008C7B2D" w:rsidRDefault="003633D5" w:rsidP="00DE13BD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -2660,51 +2650,60 @@
         <w:pStyle w:val="BodyText2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="clear" w:pos="1350"/>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C7B2D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Забележка:</w:t>
       </w:r>
       <w:r w:rsidRPr="008C7B2D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Документите по т. </w:t>
+        <w:t xml:space="preserve"> Д</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="008C7B2D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">окументите по т. </w:t>
       </w:r>
       <w:r w:rsidR="003222E3" w:rsidRPr="008C7B2D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidR="008C7B2D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="003222E3" w:rsidRPr="008C7B2D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4</w:t>
       </w:r>
       <w:r w:rsidR="008C7B2D">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -2975,138 +2974,177 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>на МТС</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA0113">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB26AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> както следва:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DD803F1" w14:textId="3C26F17A" w:rsidR="00DE13BD" w:rsidRPr="00A33263" w:rsidRDefault="00DE13BD" w:rsidP="00DE13BD">
+    <w:p w14:paraId="1DD803F1" w14:textId="07089A2E" w:rsidR="00DE13BD" w:rsidRPr="00A33263" w:rsidRDefault="00DE13BD" w:rsidP="00BA484E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB26AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">за </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33263">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вписване в Регистъра на корабите на Република България  на основание чл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33263">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33263">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>74 от тарифата</w:t>
+      </w:r>
+      <w:r w:rsidR="00B56522">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33263">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA484E" w:rsidRPr="00BA484E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>51,1</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA484E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 евро/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33263">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>100</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA484E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A33263">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лв.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="031C04CE" w14:textId="77777777" w:rsidR="00DE13BD" w:rsidRPr="00A33263" w:rsidRDefault="00DE13BD" w:rsidP="00DE13BD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...75 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A33263">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>За издаване на Свидетелство за регистрация на основание чл.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A33263">
@@ -3118,75 +3156,74 @@
         </w:rPr>
         <w:t xml:space="preserve">37 </w:t>
       </w:r>
       <w:r w:rsidRPr="00A33263">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>- 10 евро.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71EF834D" w14:textId="77777777" w:rsidR="005A7A1E" w:rsidRPr="00C446F6" w:rsidRDefault="005A7A1E" w:rsidP="00DE13BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005A7A1E" w:rsidRPr="00C446F6" w:rsidSect="00DE13BD">
-      <w:headerReference w:type="default" r:id="rId15"/>
-      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="993" w:right="1417" w:bottom="709" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="485BF861" w14:textId="77777777" w:rsidR="00505349" w:rsidRDefault="00505349" w:rsidP="00487D9F">
+    <w:p w14:paraId="320BCF11" w14:textId="77777777" w:rsidR="009A619E" w:rsidRDefault="009A619E" w:rsidP="00487D9F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="40E05882" w14:textId="77777777" w:rsidR="00505349" w:rsidRDefault="00505349" w:rsidP="00487D9F">
+    <w:p w14:paraId="2921EB52" w14:textId="77777777" w:rsidR="009A619E" w:rsidRDefault="009A619E" w:rsidP="00487D9F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3217,187 +3254,177 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="6B170BF6" w14:textId="0C69FFF3" w:rsidR="00153E1F" w:rsidRPr="00C446F6" w:rsidRDefault="003616C0" w:rsidP="00487D9F">
+  <w:p w14:paraId="6B170BF6" w14:textId="2AC91F22" w:rsidR="00153E1F" w:rsidRPr="00C446F6" w:rsidRDefault="003616C0" w:rsidP="00487D9F">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve">Ревизия </w:t>
     </w:r>
-    <w:r w:rsidR="00DA416A">
+    <w:r w:rsidR="00BA484E">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:t>7</w:t>
     </w:r>
     <w:r w:rsidR="00153E1F" w:rsidRPr="00C446F6">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
-    <w:r w:rsidR="00DA416A">
+    <w:r w:rsidR="00B76F69">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
-      <w:t>25</w:t>
+      <w:t>05</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
-      <w:t>.0</w:t>
+      <w:t>.</w:t>
     </w:r>
-    <w:r w:rsidR="00DA416A">
+    <w:r w:rsidR="00B76F69">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>01</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>.202</w:t>
     </w:r>
-    <w:r w:rsidR="00DA416A">
+    <w:r w:rsidR="00B76F69">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00153E1F" w:rsidRPr="00C446F6">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6E32CA49" w14:textId="77777777" w:rsidR="00153E1F" w:rsidRDefault="00153E1F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6FDA9C7C" w14:textId="77777777" w:rsidR="00505349" w:rsidRDefault="00505349" w:rsidP="00487D9F">
+    <w:p w14:paraId="2C0BD8DD" w14:textId="77777777" w:rsidR="009A619E" w:rsidRDefault="009A619E" w:rsidP="00487D9F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D36D758" w14:textId="77777777" w:rsidR="00505349" w:rsidRDefault="00505349" w:rsidP="00487D9F">
+    <w:p w14:paraId="49818B7C" w14:textId="77777777" w:rsidR="009A619E" w:rsidRDefault="009A619E" w:rsidP="00487D9F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...8 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0ACF45F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0CF8DFBC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -5151,136 +5178,142 @@
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001B53DE"/>
     <w:rsid w:val="00010506"/>
     <w:rsid w:val="00065D8B"/>
     <w:rsid w:val="00082F37"/>
     <w:rsid w:val="000928FA"/>
     <w:rsid w:val="000958CE"/>
     <w:rsid w:val="000B16BB"/>
     <w:rsid w:val="000B46EB"/>
     <w:rsid w:val="000C46C9"/>
     <w:rsid w:val="000E5AD9"/>
     <w:rsid w:val="0011621E"/>
     <w:rsid w:val="00127708"/>
     <w:rsid w:val="00152C63"/>
     <w:rsid w:val="00153E1F"/>
     <w:rsid w:val="0015681A"/>
     <w:rsid w:val="00162C7F"/>
     <w:rsid w:val="00182CA3"/>
     <w:rsid w:val="00183475"/>
     <w:rsid w:val="00186AC8"/>
     <w:rsid w:val="001928DF"/>
     <w:rsid w:val="001B042F"/>
     <w:rsid w:val="001B53DE"/>
     <w:rsid w:val="001E1D7D"/>
+    <w:rsid w:val="002204F6"/>
     <w:rsid w:val="00220798"/>
     <w:rsid w:val="00230CE4"/>
     <w:rsid w:val="002348C8"/>
     <w:rsid w:val="002705D5"/>
     <w:rsid w:val="00282EA8"/>
     <w:rsid w:val="00283A0B"/>
     <w:rsid w:val="002B7725"/>
     <w:rsid w:val="002D0F0F"/>
     <w:rsid w:val="002D1C86"/>
     <w:rsid w:val="002E6CF6"/>
     <w:rsid w:val="00305F0E"/>
     <w:rsid w:val="00312A73"/>
     <w:rsid w:val="003222E3"/>
     <w:rsid w:val="0032422C"/>
     <w:rsid w:val="00332701"/>
     <w:rsid w:val="003616C0"/>
     <w:rsid w:val="003633D5"/>
     <w:rsid w:val="00383A6B"/>
     <w:rsid w:val="003B2718"/>
     <w:rsid w:val="003C379B"/>
     <w:rsid w:val="003D7453"/>
     <w:rsid w:val="003E788C"/>
     <w:rsid w:val="003F3B78"/>
     <w:rsid w:val="004135ED"/>
     <w:rsid w:val="0041743D"/>
     <w:rsid w:val="0045574E"/>
     <w:rsid w:val="00462067"/>
     <w:rsid w:val="00480EFA"/>
     <w:rsid w:val="00487D9F"/>
     <w:rsid w:val="0049518C"/>
     <w:rsid w:val="004D3B9B"/>
     <w:rsid w:val="004F4DED"/>
     <w:rsid w:val="00505349"/>
     <w:rsid w:val="00563EEB"/>
     <w:rsid w:val="005A5A8D"/>
     <w:rsid w:val="005A7A1E"/>
     <w:rsid w:val="005B2243"/>
     <w:rsid w:val="005D516D"/>
     <w:rsid w:val="00601594"/>
     <w:rsid w:val="00633EE8"/>
     <w:rsid w:val="00667EC9"/>
     <w:rsid w:val="0067105F"/>
     <w:rsid w:val="00672733"/>
     <w:rsid w:val="00680560"/>
     <w:rsid w:val="00691DE5"/>
     <w:rsid w:val="006B3B7A"/>
+    <w:rsid w:val="006B5388"/>
     <w:rsid w:val="006C474F"/>
     <w:rsid w:val="006F27B6"/>
     <w:rsid w:val="0074353D"/>
     <w:rsid w:val="00744237"/>
     <w:rsid w:val="00761C59"/>
     <w:rsid w:val="007746D6"/>
     <w:rsid w:val="0078144A"/>
     <w:rsid w:val="007B3BDF"/>
     <w:rsid w:val="00813638"/>
     <w:rsid w:val="008552F0"/>
     <w:rsid w:val="0086067E"/>
     <w:rsid w:val="00871FB3"/>
     <w:rsid w:val="00894353"/>
     <w:rsid w:val="008A5A46"/>
     <w:rsid w:val="008B2743"/>
     <w:rsid w:val="008C08EA"/>
     <w:rsid w:val="008C7B2D"/>
     <w:rsid w:val="008E3D96"/>
     <w:rsid w:val="009060B0"/>
     <w:rsid w:val="009117FA"/>
     <w:rsid w:val="00920056"/>
     <w:rsid w:val="009A0F3D"/>
+    <w:rsid w:val="009A619E"/>
     <w:rsid w:val="009F7E27"/>
     <w:rsid w:val="00A20D76"/>
     <w:rsid w:val="00A33263"/>
     <w:rsid w:val="00A4428E"/>
     <w:rsid w:val="00A72A46"/>
     <w:rsid w:val="00A96C67"/>
     <w:rsid w:val="00A96DFF"/>
     <w:rsid w:val="00AB1BB6"/>
     <w:rsid w:val="00AB619D"/>
     <w:rsid w:val="00B0556C"/>
     <w:rsid w:val="00B100AF"/>
     <w:rsid w:val="00B2446C"/>
     <w:rsid w:val="00B24837"/>
     <w:rsid w:val="00B259E7"/>
     <w:rsid w:val="00B56522"/>
+    <w:rsid w:val="00B76F69"/>
     <w:rsid w:val="00B9692D"/>
+    <w:rsid w:val="00BA484E"/>
     <w:rsid w:val="00BA65DA"/>
     <w:rsid w:val="00BB1F48"/>
+    <w:rsid w:val="00BC4BDE"/>
     <w:rsid w:val="00BD0438"/>
     <w:rsid w:val="00BD701F"/>
     <w:rsid w:val="00C05544"/>
     <w:rsid w:val="00C31EA4"/>
     <w:rsid w:val="00C36F32"/>
     <w:rsid w:val="00C446F6"/>
     <w:rsid w:val="00C53D9F"/>
     <w:rsid w:val="00C60446"/>
     <w:rsid w:val="00C928D2"/>
     <w:rsid w:val="00CC4ACD"/>
     <w:rsid w:val="00CD1F3C"/>
     <w:rsid w:val="00CF425A"/>
     <w:rsid w:val="00D069B7"/>
     <w:rsid w:val="00D135E2"/>
     <w:rsid w:val="00D3729D"/>
     <w:rsid w:val="00D4378C"/>
     <w:rsid w:val="00D50DC2"/>
     <w:rsid w:val="00D622E3"/>
     <w:rsid w:val="00D7127E"/>
     <w:rsid w:val="00D7442A"/>
     <w:rsid w:val="00D76042"/>
     <w:rsid w:val="00D9160C"/>
     <w:rsid w:val="00DA416A"/>
     <w:rsid w:val="00DB138A"/>
     <w:rsid w:val="00DB26AA"/>
@@ -6985,51 +7018,51 @@
                           <w:marBottom w:val="0"/>
                           <w:divBdr>
                             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                           </w:divBdr>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.bg/wps/portal/egov/services/transport-and-vehicles/acquisition-and-registration/709071fc-4574-42cd-8154-05887afd3974" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_rs@marad.bg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.bg/wps/portal/egov/services/transport-and-vehicles/acquisition-and-registration/2f3fca08-b558-407a-bdbb-80017a7d41bd" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_bs@marad.bg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_vn@marad.bg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bma@marad.bg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bma@marad.bg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_lm@marad.bg" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.bg/wps/portal/egov/services/transport-and-vehicles/acquisition-and-registration/709071fc-4574-42cd-8154-05887afd3974" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_rs@marad.bg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.bg/wps/portal/egov/services/transport-and-vehicles/acquisition-and-registration/2f3fca08-b558-407a-bdbb-80017a7d41bd" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_bs@marad.bg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_vn@marad.bg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bma@marad.bg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bma@marad.bg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_lm@marad.bg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7254,66 +7287,66 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1038</Words>
-  <Characters>5921</Characters>
+  <Words>1040</Words>
+  <Characters>5934</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>49</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Bulgarian Maritime Administration</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6946</CharactersWithSpaces>
+  <CharactersWithSpaces>6961</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ivanka Georgieva</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>