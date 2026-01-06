--- v0 (2025-12-03)
+++ v1 (2026-01-06)
@@ -1,142 +1,163 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="2EF0B646" w14:textId="77777777" w:rsidR="001B53DE" w:rsidRPr="001B53DE" w:rsidRDefault="001B5CDC" w:rsidP="001B53DE">
+    <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="2EF0B646" w14:textId="77777777" w:rsidR="001B53DE" w:rsidRPr="001B53DE" w:rsidRDefault="00B41B27" w:rsidP="001B53DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId7" w:history="1">
-[...77 lines deleted...]
-      </w:hyperlink>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://iisda.government.bg/no_frame/ras/adm_structures/organigram/728" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="001B53DE" w:rsidRPr="001B53DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>Изпълнителна агенция "</w:t>
+      </w:r>
+      <w:r w:rsidR="00312A73" w:rsidRPr="00BA65DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>Морска админист</w:t>
+      </w:r>
+      <w:r w:rsidR="001D6C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidR="00312A73" w:rsidRPr="00BA65DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="001D6C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>ци</w:t>
+      </w:r>
+      <w:r w:rsidR="00312A73" w:rsidRPr="00BA65DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="001B53DE" w:rsidRPr="001B53DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="638D7677" w14:textId="77777777" w:rsidR="001B53DE" w:rsidRPr="001B53DE" w:rsidRDefault="001B53DE" w:rsidP="001B53DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B53DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4506A7AB" w14:textId="77777777" w:rsidR="001B53DE" w:rsidRPr="00141517" w:rsidRDefault="00141517" w:rsidP="00A84E36">
       <w:pPr>
@@ -687,51 +708,51 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B53DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Електронен адрес, н</w:t>
       </w:r>
       <w:r w:rsidR="00AE307B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>а който се предоставя услугата:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7884D09D" w14:textId="77777777" w:rsidR="00141517" w:rsidRPr="00D076FD" w:rsidRDefault="001F737D" w:rsidP="00917787">
+    <w:p w14:paraId="7884D09D" w14:textId="77777777" w:rsidR="00141517" w:rsidRPr="00D076FD" w:rsidRDefault="00D270E3" w:rsidP="00917787">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00141517" w:rsidRPr="00917787">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="bg-BG"/>
@@ -764,60 +785,73 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Електронен адрес за предложения:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="427E426C" w14:textId="2DA638C4" w:rsidR="001B53DE" w:rsidRPr="00917787" w:rsidRDefault="00917787" w:rsidP="00917787">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t>bma@</w:t>
+        <w:t>bma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>@</w:t>
       </w:r>
       <w:r w:rsidR="00312A73" w:rsidRPr="00917787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>marad.bg</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00C70866" w14:textId="77777777" w:rsidR="00657506" w:rsidRPr="00AE307B" w:rsidRDefault="001B53DE" w:rsidP="00917787">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
@@ -1004,51 +1038,73 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00917787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">гр. София, п.к. 1000, ул. „Дякон Игнатий“ № 9, тел. 0700 10 145. </w:t>
+        <w:t xml:space="preserve">гр. София, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00917787">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>п.к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00917787">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 1000, ул. „Дякон Игнатий“ № 9, тел. 0700 10 145. </w:t>
       </w:r>
       <w:r w:rsidRPr="00917787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Стандартно</w:t>
       </w:r>
       <w:r w:rsidRPr="00917787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> работно време, с непрекъснат режим на работа:  понеделник-петък от 09:00 до</w:t>
       </w:r>
       <w:r w:rsidRPr="00917787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
@@ -1088,69 +1144,93 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="706CA2A6" w14:textId="77777777" w:rsidR="00917787" w:rsidRPr="00917787" w:rsidRDefault="00917787" w:rsidP="00917787">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00917787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>гр</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00917787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Варна, п.к. 9000, бул. „Приморски“ № 5, тел. 0700 10 145 </w:t>
+        <w:t xml:space="preserve">. Варна, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00917787">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>п.к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00917787">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 9000, бул. „Приморски“ № 5, тел. 0700 10 145 </w:t>
       </w:r>
       <w:r w:rsidRPr="00917787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Стандартно</w:t>
       </w:r>
       <w:r w:rsidRPr="00917787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> работно време, с непрекъснат режим на работа: понеделник-петък от 09:00 до</w:t>
       </w:r>
       <w:r w:rsidRPr="00917787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
@@ -1198,51 +1278,73 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00917787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">гр. Бургас, п.к. 8000, ул. „Княз Ал. Батенберг“ № 3, тел. 0700 10 145. </w:t>
+        <w:t xml:space="preserve">гр. Бургас, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00917787">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>п.к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00917787">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 8000, ул. „Княз Ал. Батенберг“ № 3, тел. 0700 10 145. </w:t>
       </w:r>
       <w:r w:rsidRPr="00917787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Стандартно</w:t>
       </w:r>
       <w:r w:rsidRPr="00917787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> работно време, с непрекъснат режим на работа: понеделник-петък от 09:00 до 17</w:t>
       </w:r>
       <w:r w:rsidRPr="00917787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
@@ -1300,51 +1402,73 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00917787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">гр. Русе, п.к. 7000, ул. „Пристанищна“ № 20, тел. 0700 10 145. </w:t>
+        <w:t xml:space="preserve">гр. Русе, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00917787">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>п.к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00917787">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 7000, ул. „Пристанищна“ № 20, тел. 0700 10 145. </w:t>
       </w:r>
       <w:r w:rsidRPr="00917787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Стандартно</w:t>
       </w:r>
       <w:r w:rsidRPr="00917787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> работно време, с непрекъснат режим на работа: понеделник-петък от 09:00 до</w:t>
       </w:r>
       <w:r w:rsidRPr="00917787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
@@ -1402,51 +1526,73 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00917787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">гр. Лом, п.к. 3600, „Дунавски парк“ № 3, тел. 0700 10 145. </w:t>
+        <w:t xml:space="preserve">гр. Лом, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00917787">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>п.к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00917787">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 3600, „Дунавски парк“ № 3, тел. 0700 10 145. </w:t>
       </w:r>
       <w:r w:rsidRPr="00917787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00917787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Стандартно</w:t>
       </w:r>
       <w:r w:rsidRPr="00917787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
@@ -1980,51 +2126,51 @@
       <w:r w:rsidR="000E6691" w:rsidRPr="00DB26AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> обслужване, съгласно Тарифа № 5 </w:t>
       </w:r>
       <w:r w:rsidR="00D076FD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">на МТС </w:t>
       </w:r>
       <w:r w:rsidR="000E6691" w:rsidRPr="00DB26AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>се събират такси, както следва:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14C9F0AA" w14:textId="68C5CCCF" w:rsidR="00BE04E1" w:rsidRPr="000E6691" w:rsidRDefault="00BE04E1" w:rsidP="00917787">
+    <w:p w14:paraId="14C9F0AA" w14:textId="66E41D54" w:rsidR="00BE04E1" w:rsidRPr="000E6691" w:rsidRDefault="00BE04E1" w:rsidP="00DC31ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E6691">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
@@ -2032,217 +2178,345 @@
         </w:rPr>
         <w:t>Чл. 82.</w:t>
       </w:r>
       <w:r w:rsidRPr="000E6691">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1) За явяване на изпит за придобиване на правоспособност по Наредба № 6 за компетентност на морските лица в Република България</w:t>
       </w:r>
       <w:r w:rsidR="00917787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="000E6691">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> с изключение на правоспособностите водач на плавателен съд до</w:t>
+        <w:t xml:space="preserve"> с изключение на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000E6691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>правоспособностите</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000E6691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> водач на плавателен съд до</w:t>
       </w:r>
       <w:r w:rsidR="00290B51">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000E6691">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>40</w:t>
       </w:r>
       <w:r w:rsidR="004D61BC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000E6691">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>БТ по море и водач на малък кораб по р. Дунав, се събира такса в размер 50 лв.</w:t>
+        <w:t xml:space="preserve">БТ по море и водач на малък кораб по р. Дунав, се събира такса в размер </w:t>
+      </w:r>
+      <w:r w:rsidR="0055642A" w:rsidRPr="0055642A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>25,56</w:t>
+      </w:r>
+      <w:r w:rsidR="0055642A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> евро/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E6691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidR="0055642A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E6691">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лв.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="222274FD" w14:textId="414F17A5" w:rsidR="00BE04E1" w:rsidRPr="001976B2" w:rsidRDefault="00BE04E1" w:rsidP="00917787">
+    <w:p w14:paraId="222274FD" w14:textId="121B35DA" w:rsidR="00BE04E1" w:rsidRPr="001976B2" w:rsidRDefault="00BE04E1" w:rsidP="00DC31ED">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001976B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(2) За явяване на изпит за правоспособност - водач на плавателен съд до</w:t>
       </w:r>
       <w:r w:rsidR="00D076FD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001976B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>40 БТ по море и водач на малък кораб по р. Дунав, се събира такса 15 лв.</w:t>
+        <w:t xml:space="preserve">40 БТ по море и водач на малък кораб по р. Дунав, се събира такса </w:t>
+      </w:r>
+      <w:r w:rsidR="0055642A" w:rsidRPr="0055642A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7,6</w:t>
+      </w:r>
+      <w:r w:rsidR="0055642A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 евро/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001976B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="0055642A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001976B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лв.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EEECF7A" w14:textId="1D6A9C03" w:rsidR="00BE04E1" w:rsidRPr="001976B2" w:rsidRDefault="00BE04E1" w:rsidP="00917787">
+    <w:p w14:paraId="1EEECF7A" w14:textId="2CE57A3F" w:rsidR="00BE04E1" w:rsidRPr="001976B2" w:rsidRDefault="00BE04E1" w:rsidP="00917787">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001976B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(4) За явяване на изпит за приравняване на правоспособност</w:t>
       </w:r>
       <w:r w:rsidR="00917787">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="001976B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> съгласно наредбата по ал. 1 се събира такса 20 лв.</w:t>
+        <w:t xml:space="preserve"> съгласно наредбата по ал. 1 се събира такса </w:t>
+      </w:r>
+      <w:r w:rsidR="0055642A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10,23 евро/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001976B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="0055642A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001976B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лв.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17A33E0D" w14:textId="22C141AC" w:rsidR="001976B2" w:rsidRPr="001976B2" w:rsidRDefault="001976B2" w:rsidP="004D61BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="001976B2" w:rsidRPr="001976B2" w:rsidSect="00141517">
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="567" w:right="1418" w:bottom="709" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7AC1C1EA" w14:textId="77777777" w:rsidR="001F737D" w:rsidRDefault="001F737D" w:rsidP="004F6B50">
+    <w:p w14:paraId="4EDBA85B" w14:textId="77777777" w:rsidR="00D270E3" w:rsidRDefault="00D270E3" w:rsidP="004F6B50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="07DFFFB3" w14:textId="77777777" w:rsidR="001F737D" w:rsidRDefault="001F737D" w:rsidP="004F6B50">
+    <w:p w14:paraId="52449FBD" w14:textId="77777777" w:rsidR="00D270E3" w:rsidRDefault="00D270E3" w:rsidP="004F6B50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2273,168 +2547,177 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="0C2AF80A" w14:textId="42411687" w:rsidR="004F6B50" w:rsidRPr="004F6B50" w:rsidRDefault="004F6B50" w:rsidP="004F6B50">
+  <w:p w14:paraId="0C2AF80A" w14:textId="7D1AD9F3" w:rsidR="004F6B50" w:rsidRPr="004F6B50" w:rsidRDefault="004F6B50" w:rsidP="004F6B50">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve">Ревизия </w:t>
     </w:r>
     <w:r w:rsidR="00D076FD">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
-      <w:t>10</w:t>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="0055642A">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="bg-BG"/>
+      </w:rPr>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="004F6B50">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
-    <w:r w:rsidR="00D076FD">
+    <w:r w:rsidR="006422C3">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
-      <w:t>01</w:t>
+      <w:t>05</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
-      <w:t>.0</w:t>
+      <w:t>.</w:t>
     </w:r>
-    <w:r w:rsidR="00D076FD">
-[...8 lines deleted...]
-    <w:r>
+    <w:r w:rsidR="006422C3">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
-      <w:t>.202</w:t>
+      <w:t>01</w:t>
     </w:r>
-    <w:r w:rsidR="00D076FD">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
-[...1 lines deleted...]
-      <w:t>2</w:t>
+        <w:lang w:eastAsia="bg-BG"/>
+      </w:rPr>
+      <w:t>.202</w:t>
+    </w:r>
+    <w:r w:rsidR="006422C3">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="bg-BG"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="004F6B50">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="677A3CB8" w14:textId="77777777" w:rsidR="004F6B50" w:rsidRDefault="004F6B50">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="44A7BEFD" w14:textId="77777777" w:rsidR="001F737D" w:rsidRDefault="001F737D" w:rsidP="004F6B50">
+    <w:p w14:paraId="08F6D45A" w14:textId="77777777" w:rsidR="00D270E3" w:rsidRDefault="00D270E3" w:rsidP="004F6B50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0430B753" w14:textId="77777777" w:rsidR="001F737D" w:rsidRDefault="001F737D" w:rsidP="004F6B50">
+    <w:p w14:paraId="46AB51CB" w14:textId="77777777" w:rsidR="00D270E3" w:rsidRDefault="00D270E3" w:rsidP="004F6B50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04863E40"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9BCC75DE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
@@ -4551,50 +4834,51 @@
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="284"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001B53DE"/>
     <w:rsid w:val="00035A65"/>
     <w:rsid w:val="00042624"/>
     <w:rsid w:val="000618AF"/>
     <w:rsid w:val="000E6691"/>
     <w:rsid w:val="00103BEF"/>
@@ -4604,84 +4888,92 @@
     <w:rsid w:val="0017299A"/>
     <w:rsid w:val="001976B2"/>
     <w:rsid w:val="001B53DE"/>
     <w:rsid w:val="001B5CDC"/>
     <w:rsid w:val="001B7167"/>
     <w:rsid w:val="001D6C8B"/>
     <w:rsid w:val="001E1D7D"/>
     <w:rsid w:val="001F6C1C"/>
     <w:rsid w:val="001F737D"/>
     <w:rsid w:val="00220798"/>
     <w:rsid w:val="002348C8"/>
     <w:rsid w:val="00262954"/>
     <w:rsid w:val="00283A0B"/>
     <w:rsid w:val="00290B51"/>
     <w:rsid w:val="002A655E"/>
     <w:rsid w:val="002E4034"/>
     <w:rsid w:val="003112B5"/>
     <w:rsid w:val="00312A73"/>
     <w:rsid w:val="00313FD8"/>
     <w:rsid w:val="0032135F"/>
     <w:rsid w:val="00323F35"/>
     <w:rsid w:val="004B6BB7"/>
     <w:rsid w:val="004C793A"/>
     <w:rsid w:val="004D61BC"/>
     <w:rsid w:val="004F6B50"/>
+    <w:rsid w:val="0055642A"/>
     <w:rsid w:val="00584CE1"/>
     <w:rsid w:val="005A7A1E"/>
     <w:rsid w:val="00633EE8"/>
+    <w:rsid w:val="006422C3"/>
     <w:rsid w:val="0064733D"/>
     <w:rsid w:val="00657506"/>
+    <w:rsid w:val="006614EE"/>
     <w:rsid w:val="00667EC9"/>
     <w:rsid w:val="006B3B7A"/>
     <w:rsid w:val="00804984"/>
     <w:rsid w:val="00813638"/>
     <w:rsid w:val="00882FD8"/>
     <w:rsid w:val="008B1F97"/>
+    <w:rsid w:val="008B508D"/>
     <w:rsid w:val="008B5483"/>
     <w:rsid w:val="00917787"/>
     <w:rsid w:val="009967FC"/>
     <w:rsid w:val="00A13BCD"/>
     <w:rsid w:val="00A30909"/>
     <w:rsid w:val="00A45E92"/>
     <w:rsid w:val="00A84E36"/>
     <w:rsid w:val="00AC33E3"/>
     <w:rsid w:val="00AC46D7"/>
     <w:rsid w:val="00AE307B"/>
     <w:rsid w:val="00B259E7"/>
+    <w:rsid w:val="00B41B27"/>
     <w:rsid w:val="00B81007"/>
     <w:rsid w:val="00B91034"/>
     <w:rsid w:val="00BA65DA"/>
     <w:rsid w:val="00BE04E1"/>
     <w:rsid w:val="00C13A65"/>
     <w:rsid w:val="00C801FD"/>
     <w:rsid w:val="00CC5D1C"/>
     <w:rsid w:val="00D076FD"/>
     <w:rsid w:val="00D10FC5"/>
+    <w:rsid w:val="00D270E3"/>
+    <w:rsid w:val="00D52BCA"/>
     <w:rsid w:val="00D71C7E"/>
     <w:rsid w:val="00D76042"/>
     <w:rsid w:val="00DB489B"/>
+    <w:rsid w:val="00DC31ED"/>
     <w:rsid w:val="00E43D22"/>
     <w:rsid w:val="00FD1381"/>
     <w:rsid w:val="00FF722F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -6313,51 +6605,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1476489116">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.bg/wps/portal/egov/services/transport-and-vehicles/professional-qualification/cd4bf36c-f097-4549-83ea-b3b8e25f631a" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_lm@marad.bg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iisda.government.bg/no_frame/ras/adm_structures/organigram/728" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_rs@marad.bg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_bs@marad.bg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_vn@marad.bg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bma@marad.bg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.bg/wps/portal/egov/services/transport-and-vehicles/professional-qualification/cd4bf36c-f097-4549-83ea-b3b8e25f631a" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_lm@marad.bg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_rs@marad.bg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_bs@marad.bg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_vn@marad.bg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bma@marad.bg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6601,87 +6893,103 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3743F508-01CF-4BA9-A0CA-F265864331DF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>696</Words>
-  <Characters>3972</Characters>
+  <Words>703</Words>
+  <Characters>4009</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>33</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Bulgarian Maritime Administration</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4659</CharactersWithSpaces>
+  <CharactersWithSpaces>4703</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>5308503</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>javascript://</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3997807</vt:i4>
       </vt:variant>
       <vt:variant>