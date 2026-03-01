--- v0 (2025-11-30)
+++ v1 (2026-03-01)
@@ -521,51 +521,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A7547B">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Електронен адрес, на който се предоставя услугата: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ED0EBAE" w14:textId="77777777" w:rsidR="00F71F85" w:rsidRPr="00F71F85" w:rsidRDefault="0071380F" w:rsidP="00D7585D">
+    <w:p w14:paraId="6ED0EBAE" w14:textId="77777777" w:rsidR="00F71F85" w:rsidRPr="00F71F85" w:rsidRDefault="004F3686" w:rsidP="00D7585D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidR="004F217A" w:rsidRPr="004F217A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://egov.bg/wps/portal/egov/dostavchitsi+na+uslugi/izpalnitelni+agentsii/uslugi-145/1723</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5FEE60BB" w14:textId="77777777" w:rsidR="00681A5E" w:rsidRPr="00BA65DA" w:rsidRDefault="00681A5E" w:rsidP="00D7585D">
@@ -642,51 +642,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA65DA">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>предложения</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA65DA">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5701BCC6" w14:textId="77777777" w:rsidR="001E74BA" w:rsidRPr="001E74BA" w:rsidRDefault="0071380F" w:rsidP="00D7585D">
+    <w:p w14:paraId="5701BCC6" w14:textId="77777777" w:rsidR="001E74BA" w:rsidRPr="001E74BA" w:rsidRDefault="004F3686" w:rsidP="00D7585D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00D7585D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>bma@</w:t>
         </w:r>
         <w:r w:rsidR="00D7585D" w:rsidRPr="00AF070F">
           <w:rPr>
@@ -1492,61 +1492,51 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1678F533" w14:textId="77777777" w:rsidR="001E74BA" w:rsidRPr="001E74BA" w:rsidRDefault="005B383B" w:rsidP="00D7585D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E74BA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>Документ за плате</w:t>
-[...9 lines deleted...]
-        <w:t>на такса по Тарифа № 5</w:t>
+        <w:t>Документ за платена такса по Тарифа № 5</w:t>
       </w:r>
       <w:r w:rsidR="0083456E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0083456E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>на</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0083456E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -1758,250 +1748,368 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00361DB1" w:rsidRPr="00FD75DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>съгласно Тарифа № 5 на МТС, чл. 81</w:t>
       </w:r>
       <w:r w:rsidR="00361DB1" w:rsidRPr="00FE57F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="585AB710" w14:textId="77777777" w:rsidR="006764FC" w:rsidRPr="00C173D9" w:rsidRDefault="006764FC" w:rsidP="00D7585D">
+    <w:p w14:paraId="585AB710" w14:textId="6C3033E7" w:rsidR="006764FC" w:rsidRPr="00C173D9" w:rsidRDefault="006764FC" w:rsidP="00F70E18">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C173D9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>за издаване на удостоверение за плавателен стаж - 15 лв.</w:t>
+        <w:t xml:space="preserve">за издаване на удостоверение за плавателен стаж - </w:t>
+      </w:r>
+      <w:r w:rsidR="00F70E18">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7,67 евро/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C173D9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="00F70E18">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>,00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C173D9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лв.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B2DBABA" w14:textId="77777777" w:rsidR="006E4412" w:rsidRPr="00FD75DC" w:rsidRDefault="006764FC" w:rsidP="00D7585D">
+    <w:p w14:paraId="2B2DBABA" w14:textId="4A013DB8" w:rsidR="006E4412" w:rsidRPr="00FD75DC" w:rsidRDefault="006764FC" w:rsidP="00F70E18">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C173D9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>за издаване на копие на удостоверение за плавателен стаж - 5 лв.</w:t>
+        <w:t xml:space="preserve">за издаване на копие на удостоверение за плавателен стаж - </w:t>
+      </w:r>
+      <w:r w:rsidR="00F70E18">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2,56 евро/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C173D9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00F70E18">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>,00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C173D9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лв.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14614A37" w14:textId="77777777" w:rsidR="00A7547B" w:rsidRDefault="00A7547B" w:rsidP="00D7585D">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7368CEE2" w14:textId="77777777" w:rsidR="006504D8" w:rsidRPr="00552A8A" w:rsidRDefault="006504D8" w:rsidP="00D7585D">
+    <w:p w14:paraId="7368CEE2" w14:textId="77777777" w:rsidR="006504D8" w:rsidRPr="00F558AB" w:rsidRDefault="006504D8" w:rsidP="00D7585D">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00552A8A">
+      <w:r w:rsidRPr="00F558AB">
         <w:rPr>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Забележка:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16D5A911" w14:textId="77777777" w:rsidR="006504D8" w:rsidRPr="000D53ED" w:rsidRDefault="00092F69" w:rsidP="00D7585D">
+    <w:p w14:paraId="16D5A911" w14:textId="3B659221" w:rsidR="006504D8" w:rsidRPr="00F558AB" w:rsidRDefault="00092F69" w:rsidP="00D7585D">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D53ED">
+      <w:r w:rsidRPr="00F558AB">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
-      <w:r w:rsidR="00F539F1" w:rsidRPr="000D53ED">
+      <w:r w:rsidR="00F539F1" w:rsidRPr="00F558AB">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">Заявленията за административната услуга се формират </w:t>
       </w:r>
-      <w:r w:rsidR="00F925F3" w:rsidRPr="000D53ED">
+      <w:r w:rsidR="00F925F3" w:rsidRPr="00F558AB">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">и отпечатват </w:t>
       </w:r>
-      <w:r w:rsidR="00F539F1" w:rsidRPr="000D53ED">
+      <w:r w:rsidR="00F539F1" w:rsidRPr="00F558AB">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>на гишето за административно обслужване с електронни средства при заявяване на услугата</w:t>
       </w:r>
-      <w:r w:rsidR="00F539F1" w:rsidRPr="00A7547B">
+      <w:r w:rsidR="00A7506A" w:rsidRPr="00F558AB">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F539F1" w:rsidRPr="00F558AB">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F539F1" w:rsidRPr="000D53ED">
+      <w:r w:rsidR="00F539F1" w:rsidRPr="00F558AB">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">и </w:t>
       </w:r>
-      <w:r w:rsidR="00445D43" w:rsidRPr="000D53ED">
+      <w:r w:rsidR="00445D43" w:rsidRPr="00F558AB">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">само, ако услугата ще се заявява чрез куриер, </w:t>
       </w:r>
-      <w:r w:rsidR="00F539F1" w:rsidRPr="000D53ED">
+      <w:r w:rsidR="00F539F1" w:rsidRPr="00F558AB">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> е необходимо да се попълват предварително</w:t>
       </w:r>
-      <w:r w:rsidR="00F539F1" w:rsidRPr="000D53ED">
+      <w:r w:rsidR="00F539F1" w:rsidRPr="00F558AB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DC3B97C" w14:textId="77777777" w:rsidR="00EB66E7" w:rsidRPr="000D53ED" w:rsidRDefault="00EB66E7" w:rsidP="00D7585D">
+    <w:p w14:paraId="1DC3B97C" w14:textId="365F33D6" w:rsidR="00F558AB" w:rsidRDefault="00EB66E7" w:rsidP="00D7585D">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D53ED">
+      <w:r w:rsidRPr="00F558AB">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>На всяко фотокопие се изписва собственоръчно текста „Декларирам, че данните са верни” и се поставя подпис и дата.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00EB66E7" w:rsidRPr="000D53ED" w:rsidSect="0016471D">
+    <w:p w14:paraId="2770B5C4" w14:textId="77777777" w:rsidR="00F558AB" w:rsidRPr="00F558AB" w:rsidRDefault="00F558AB" w:rsidP="00F558AB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="735C87CC" w14:textId="77777777" w:rsidR="00F558AB" w:rsidRPr="00F558AB" w:rsidRDefault="00F558AB" w:rsidP="00F558AB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E03B693" w14:textId="77777777" w:rsidR="00F558AB" w:rsidRPr="00F558AB" w:rsidRDefault="00F558AB" w:rsidP="00F558AB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D5469BC" w14:textId="3F7FD9B4" w:rsidR="00F558AB" w:rsidRDefault="00F558AB" w:rsidP="00F558AB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26CF9FFD" w14:textId="77777777" w:rsidR="00EB66E7" w:rsidRPr="00F558AB" w:rsidRDefault="00EB66E7" w:rsidP="00F558AB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="00EB66E7" w:rsidRPr="00F558AB" w:rsidSect="0016471D">
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="1417" w:bottom="426" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2B1C56FC" w14:textId="77777777" w:rsidR="0071380F" w:rsidRDefault="0071380F">
+    <w:p w14:paraId="12CC923B" w14:textId="77777777" w:rsidR="004F3686" w:rsidRDefault="004F3686">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B45BC45" w14:textId="77777777" w:rsidR="0071380F" w:rsidRDefault="0071380F">
+    <w:p w14:paraId="5EB64B7E" w14:textId="77777777" w:rsidR="004F3686" w:rsidRDefault="004F3686">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2029,128 +2137,128 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="0469F9E2" w14:textId="11747B36" w:rsidR="00A505E4" w:rsidRPr="00870B7F" w:rsidRDefault="00A505E4" w:rsidP="00A505E4">
+  <w:p w14:paraId="0469F9E2" w14:textId="506AB5F4" w:rsidR="00A505E4" w:rsidRPr="00870B7F" w:rsidRDefault="00A505E4" w:rsidP="00A505E4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve">Ревизия </w:t>
     </w:r>
-    <w:r w:rsidR="0071474D">
+    <w:r w:rsidR="00F70E18">
       <w:rPr>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
-      <w:t>8</w:t>
+      <w:t>9</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
-    <w:r w:rsidR="00B6022A">
+    <w:r w:rsidR="00F558AB">
+      <w:rPr>
+        <w:lang w:val="bg-BG"/>
+      </w:rPr>
+      <w:t>05</w:t>
+    </w:r>
+    <w:r>
       <w:rPr>
         <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidR="00F558AB">
+      <w:rPr>
+        <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t>01</w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:lang w:val="en-US"/>
-[...10 lines deleted...]
-      <w:rPr>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t>.202</w:t>
     </w:r>
-    <w:r w:rsidR="00B6022A">
-[...3 lines deleted...]
-      <w:t>2</w:t>
+    <w:r w:rsidR="00F558AB">
+      <w:rPr>
+        <w:lang w:val="bg-BG"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="70A3F39E" w14:textId="77777777" w:rsidR="00870B7F" w:rsidRPr="00870B7F" w:rsidRDefault="00870B7F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4F8DFF29" w14:textId="77777777" w:rsidR="0071380F" w:rsidRDefault="0071380F">
+    <w:p w14:paraId="6DA6E1B4" w14:textId="77777777" w:rsidR="004F3686" w:rsidRDefault="004F3686">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5335306B" w14:textId="77777777" w:rsidR="0071380F" w:rsidRDefault="0071380F">
+    <w:p w14:paraId="12301D7D" w14:textId="77777777" w:rsidR="004F3686" w:rsidRDefault="004F3686">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00310488"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="459CF792"/>
     <w:lvl w:ilvl="0" w:tplc="441404E0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="24"/>
@@ -3854,93 +3962,95 @@
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AB5269"/>
     <w:rsid w:val="00026D8C"/>
     <w:rsid w:val="00060F8A"/>
     <w:rsid w:val="00066152"/>
     <w:rsid w:val="00083F73"/>
     <w:rsid w:val="00092F69"/>
     <w:rsid w:val="000A3F10"/>
     <w:rsid w:val="000B1C08"/>
     <w:rsid w:val="000C2926"/>
     <w:rsid w:val="000D11A6"/>
     <w:rsid w:val="000D53ED"/>
     <w:rsid w:val="000D56C7"/>
     <w:rsid w:val="00121AFD"/>
+    <w:rsid w:val="0014303C"/>
     <w:rsid w:val="001536CF"/>
     <w:rsid w:val="001611FA"/>
     <w:rsid w:val="0016471D"/>
     <w:rsid w:val="00166A74"/>
     <w:rsid w:val="00174777"/>
     <w:rsid w:val="00182BB4"/>
     <w:rsid w:val="00183578"/>
     <w:rsid w:val="001C512E"/>
     <w:rsid w:val="001E74BA"/>
     <w:rsid w:val="001F5563"/>
     <w:rsid w:val="00207F9D"/>
     <w:rsid w:val="00214B31"/>
     <w:rsid w:val="00271716"/>
     <w:rsid w:val="002A2E3B"/>
     <w:rsid w:val="002D1749"/>
     <w:rsid w:val="002F4D2F"/>
     <w:rsid w:val="003070AE"/>
     <w:rsid w:val="003149CA"/>
     <w:rsid w:val="00334DD5"/>
     <w:rsid w:val="00335055"/>
     <w:rsid w:val="003357C1"/>
     <w:rsid w:val="00345018"/>
     <w:rsid w:val="00352CC9"/>
     <w:rsid w:val="00361DB1"/>
     <w:rsid w:val="003644B4"/>
     <w:rsid w:val="003666E0"/>
     <w:rsid w:val="00387FB8"/>
     <w:rsid w:val="003A27AB"/>
     <w:rsid w:val="003C5593"/>
     <w:rsid w:val="003E2FD9"/>
     <w:rsid w:val="003E592E"/>
     <w:rsid w:val="00415049"/>
     <w:rsid w:val="00423424"/>
     <w:rsid w:val="00423782"/>
     <w:rsid w:val="00431DD0"/>
     <w:rsid w:val="00435AE5"/>
     <w:rsid w:val="00445D43"/>
     <w:rsid w:val="00462FDE"/>
     <w:rsid w:val="00481226"/>
     <w:rsid w:val="004C718E"/>
     <w:rsid w:val="004D3BB5"/>
     <w:rsid w:val="004E496A"/>
     <w:rsid w:val="004F217A"/>
+    <w:rsid w:val="004F3686"/>
     <w:rsid w:val="004F73B4"/>
     <w:rsid w:val="0051267A"/>
     <w:rsid w:val="00521234"/>
     <w:rsid w:val="0053564C"/>
     <w:rsid w:val="00546B90"/>
     <w:rsid w:val="00552A8A"/>
     <w:rsid w:val="00591A35"/>
     <w:rsid w:val="00595536"/>
     <w:rsid w:val="00595C27"/>
     <w:rsid w:val="005B383B"/>
     <w:rsid w:val="005F2A46"/>
     <w:rsid w:val="0061739D"/>
     <w:rsid w:val="006504D8"/>
     <w:rsid w:val="00672EEA"/>
     <w:rsid w:val="006764FC"/>
     <w:rsid w:val="00676D62"/>
     <w:rsid w:val="00681A5E"/>
     <w:rsid w:val="00686CD4"/>
     <w:rsid w:val="006944B9"/>
     <w:rsid w:val="006B171A"/>
     <w:rsid w:val="006C53C9"/>
     <w:rsid w:val="006E4412"/>
     <w:rsid w:val="0071380F"/>
     <w:rsid w:val="0071474D"/>
     <w:rsid w:val="00715E45"/>
@@ -3949,93 +4059,96 @@
     <w:rsid w:val="00786BE0"/>
     <w:rsid w:val="00793F4B"/>
     <w:rsid w:val="007E3575"/>
     <w:rsid w:val="0083456E"/>
     <w:rsid w:val="008377CF"/>
     <w:rsid w:val="0085238E"/>
     <w:rsid w:val="008619C0"/>
     <w:rsid w:val="00870B7F"/>
     <w:rsid w:val="00876940"/>
     <w:rsid w:val="008D41E6"/>
     <w:rsid w:val="008E7E4A"/>
     <w:rsid w:val="00950AEA"/>
     <w:rsid w:val="0096176E"/>
     <w:rsid w:val="00971F2F"/>
     <w:rsid w:val="00972A9A"/>
     <w:rsid w:val="0097497B"/>
     <w:rsid w:val="00981805"/>
     <w:rsid w:val="00991FBC"/>
     <w:rsid w:val="009C072E"/>
     <w:rsid w:val="009C4B8C"/>
     <w:rsid w:val="009D5FC5"/>
     <w:rsid w:val="009F4AF9"/>
     <w:rsid w:val="009F7E1E"/>
     <w:rsid w:val="00A370C8"/>
     <w:rsid w:val="00A505E4"/>
+    <w:rsid w:val="00A7506A"/>
     <w:rsid w:val="00A7547B"/>
     <w:rsid w:val="00A75492"/>
     <w:rsid w:val="00AB5269"/>
     <w:rsid w:val="00AC0947"/>
     <w:rsid w:val="00B044C6"/>
     <w:rsid w:val="00B24BB9"/>
     <w:rsid w:val="00B6022A"/>
     <w:rsid w:val="00B9718A"/>
     <w:rsid w:val="00BB48E8"/>
     <w:rsid w:val="00BD21E7"/>
     <w:rsid w:val="00BD5AA0"/>
     <w:rsid w:val="00BD6250"/>
     <w:rsid w:val="00C123A6"/>
     <w:rsid w:val="00C173D9"/>
     <w:rsid w:val="00C2099E"/>
     <w:rsid w:val="00C26231"/>
     <w:rsid w:val="00C57C9A"/>
     <w:rsid w:val="00C96864"/>
     <w:rsid w:val="00CA2F38"/>
     <w:rsid w:val="00CE0F5A"/>
     <w:rsid w:val="00CF2447"/>
     <w:rsid w:val="00CF3AF3"/>
     <w:rsid w:val="00D02C72"/>
     <w:rsid w:val="00D438A8"/>
     <w:rsid w:val="00D604DB"/>
     <w:rsid w:val="00D7278C"/>
     <w:rsid w:val="00D7585D"/>
     <w:rsid w:val="00D823BC"/>
     <w:rsid w:val="00DD1444"/>
     <w:rsid w:val="00E17F72"/>
     <w:rsid w:val="00E644CC"/>
     <w:rsid w:val="00E72199"/>
     <w:rsid w:val="00E840CB"/>
     <w:rsid w:val="00E913D1"/>
     <w:rsid w:val="00EB66E7"/>
     <w:rsid w:val="00EC10E8"/>
     <w:rsid w:val="00F00F49"/>
     <w:rsid w:val="00F03A7D"/>
     <w:rsid w:val="00F12025"/>
     <w:rsid w:val="00F27163"/>
     <w:rsid w:val="00F27A6E"/>
     <w:rsid w:val="00F40948"/>
     <w:rsid w:val="00F539F1"/>
+    <w:rsid w:val="00F558AB"/>
+    <w:rsid w:val="00F70E18"/>
     <w:rsid w:val="00F71F85"/>
     <w:rsid w:val="00F75B35"/>
     <w:rsid w:val="00F925F3"/>
     <w:rsid w:val="00FB4C6E"/>
     <w:rsid w:val="00FC04D4"/>
     <w:rsid w:val="00FC5601"/>
     <w:rsid w:val="00FD75DC"/>
     <w:rsid w:val="00FE57F6"/>
     <w:rsid w:val="00FE7AC8"/>
     <w:rsid w:val="00FF10DD"/>
     <w:rsid w:val="00FF39BC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -4969,75 +5082,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>578</Words>
-  <Characters>3300</Characters>
+  <Words>583</Words>
+  <Characters>3329</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Указание 9</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IAMA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3871</CharactersWithSpaces>
+  <CharactersWithSpaces>3905</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>5308503</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>javascript://</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3997807</vt:i4>
       </vt:variant>
       <vt:variant>