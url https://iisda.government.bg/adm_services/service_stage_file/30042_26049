--- v0 (2025-11-30)
+++ v1 (2026-03-02)
@@ -3,96 +3,114 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="71837B78" w14:textId="77777777" w:rsidR="00607964" w:rsidRPr="008A66A2" w:rsidRDefault="005528B6" w:rsidP="00607964">
+    <w:p w14:paraId="71837B78" w14:textId="77777777" w:rsidR="00607964" w:rsidRPr="008A66A2" w:rsidRDefault="004A5992" w:rsidP="00607964">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId7" w:history="1">
-[...33 lines deleted...]
-      </w:hyperlink>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://iisda.government.bg/no_frame/ras/adm_structures/organigram/728" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00607964" w:rsidRPr="008A66A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>Изпълнителна агенция "</w:t>
+      </w:r>
+      <w:r w:rsidR="00C7549A" w:rsidRPr="008A66A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>Морска администраци</w:t>
+      </w:r>
+      <w:r w:rsidR="00607964" w:rsidRPr="008A66A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>я"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5C2491EB" w14:textId="77777777" w:rsidR="00A52CD1" w:rsidRDefault="00A52CD1" w:rsidP="00A52CD1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01FED0CC" w14:textId="77777777" w:rsidR="00607964" w:rsidRDefault="00A52CD1" w:rsidP="00A52CD1">
       <w:pPr>
@@ -231,57 +249,51 @@
       <w:r w:rsidRPr="00607964">
         <w:t>чл. 92, ал. 9</w:t>
       </w:r>
       <w:r w:rsidR="00290B46">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00607964">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00290B46" w:rsidRPr="00607964">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>за регистрация на пристанищата на Република България</w:t>
       </w:r>
       <w:r w:rsidR="00290B46">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="00290B46" w:rsidRPr="00607964">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Наредба № 19 от 2004 г. </w:t>
+        <w:t xml:space="preserve"> Наредба № 19 от 2004 г. </w:t>
       </w:r>
       <w:r w:rsidR="00290B46">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00290B46" w:rsidRPr="00607964">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00607964">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t>чл. 2, ал. 2</w:t>
       </w:r>
       <w:r w:rsidR="00290B46">
         <w:rPr>
           <w:bCs/>
@@ -365,60 +377,51 @@
       </w:r>
       <w:r w:rsidRPr="00607964">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00290B46" w:rsidRPr="00607964">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Наредба № 18 от 2004 г. за регистрация на пристанищните оператори в Република България</w:t>
       </w:r>
       <w:r w:rsidR="00290B46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> -</w:t>
-[...8 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> -.</w:t>
       </w:r>
       <w:r w:rsidRPr="00607964">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>чл. 2, ал. 3</w:t>
       </w:r>
       <w:r w:rsidR="00290B46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00607964">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> от </w:t>
       </w:r>
@@ -514,52 +517,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B9A3D0D" w14:textId="77777777" w:rsidR="00A52CD1" w:rsidRDefault="00607964" w:rsidP="0018335D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="008A66A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">Срок за предоставяне:  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3724CE86" w14:textId="77777777" w:rsidR="00A52CD1" w:rsidRPr="00F03BA3" w:rsidRDefault="00A52CD1" w:rsidP="0018335D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
@@ -633,59 +634,71 @@
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">Орган, осъществяващ контрол върху дейността на органа по предоставянето на услугата: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="044729E8" w14:textId="77777777" w:rsidR="00A52CD1" w:rsidRPr="00F03BA3" w:rsidRDefault="007D1415" w:rsidP="0018335D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008A66A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t>Изпълнитения директор на</w:t>
+        <w:t>Изпълнитения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008A66A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> директор на</w:t>
       </w:r>
       <w:r w:rsidRPr="008A66A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00607964" w:rsidRPr="008A66A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>ИА „Морска администрация”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="391F4DC6" w14:textId="77777777" w:rsidR="00E92D63" w:rsidRDefault="00607964" w:rsidP="0018335D">
       <w:pPr>
@@ -694,147 +707,147 @@
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A66A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Електронен адрес, на който се предоставя услугата:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5304EB93" w14:textId="436E2EE7" w:rsidR="00A92EA1" w:rsidRPr="0018335D" w:rsidRDefault="00A92EA1" w:rsidP="0018335D">
+    <w:p w14:paraId="5304EB93" w14:textId="436E2EE7" w:rsidR="00A92EA1" w:rsidRPr="0018335D" w:rsidRDefault="0034026D" w:rsidP="0018335D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00131649">
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="00A92EA1" w:rsidRPr="00131649">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://egov.bg/wps/portal/egov/dostavchitsi%20na%20uslugi/izpalnitelni%20agentsii/uslugi-145/1496?cP=2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="2EAAE110" w14:textId="4196D8B8" w:rsidR="00607964" w:rsidRPr="008A66A2" w:rsidRDefault="00607964" w:rsidP="0018335D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A66A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Електронен адрес за предложения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C88F2D6" w14:textId="7D2B9283" w:rsidR="00A52CD1" w:rsidRPr="0029535F" w:rsidRDefault="00A92EA1" w:rsidP="0018335D">
+    <w:p w14:paraId="6C88F2D6" w14:textId="7D2B9283" w:rsidR="00A52CD1" w:rsidRPr="0029535F" w:rsidRDefault="0034026D" w:rsidP="0018335D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00131649">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00A92EA1" w:rsidRPr="00131649">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
           </w:rPr>
           <w:t>bma@</w:t>
         </w:r>
-        <w:r w:rsidRPr="00131649">
+        <w:r w:rsidR="00A92EA1" w:rsidRPr="00131649">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="bg-BG"/>
           </w:rPr>
           <w:t>marad.bg</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidR="00A92EA1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CD8E0C8" w14:textId="77777777" w:rsidR="00607964" w:rsidRPr="008A66A2" w:rsidRDefault="00607964" w:rsidP="0018335D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
@@ -937,51 +950,71 @@
     </w:p>
     <w:p w14:paraId="7B116652" w14:textId="77777777" w:rsidR="00FE59D4" w:rsidRPr="00CF0F5A" w:rsidRDefault="00FE59D4" w:rsidP="0018335D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF0F5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>гр. София, п.к. 1000, ул. „Дякон Игнатий“ № 9, тел. 0700 10</w:t>
+        <w:t xml:space="preserve">гр. София, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF0F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>п.к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF0F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. 1000, ул. „Дякон Игнатий“ № 9, тел. 0700 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF0F5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>145</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1018,110 +1051,141 @@
       <w:r w:rsidRPr="00173E69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF0F5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> пон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>еделник-петък от 09:00 до 17:30, email</w:t>
-      </w:r>
+        <w:t xml:space="preserve">еделник-петък от 09:00 до 17:30, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>email</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="003A429C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>bma@marad.bg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="658F44A8" w14:textId="77777777" w:rsidR="00FE59D4" w:rsidRPr="00CF0F5A" w:rsidRDefault="00FE59D4" w:rsidP="0018335D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF0F5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">гр. Варна, п.к. 9000, бул. </w:t>
+        <w:t xml:space="preserve">гр. Варна, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF0F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>п.к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF0F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 9000, бул. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF0F5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Приморски</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1185,110 +1249,141 @@
       <w:r w:rsidRPr="00173E69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF0F5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">понеделник-петък </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>от 09:00 до 17:30, email</w:t>
-      </w:r>
+        <w:t xml:space="preserve">от 09:00 до 17:30, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>email</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="003A429C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>hm_vn@marad.bg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4449DE63" w14:textId="77777777" w:rsidR="00FE59D4" w:rsidRPr="00CF0F5A" w:rsidRDefault="00FE59D4" w:rsidP="0018335D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF0F5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">гр. Бургас, п.к. 8000, ул. </w:t>
+        <w:t xml:space="preserve">гр. Бургас, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF0F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>п.к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF0F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 8000, ул. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF0F5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Княз Ал. Батенберг</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1361,110 +1456,141 @@
       <w:r w:rsidRPr="00173E69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF0F5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>понеделник-петък от 09:00 до 17:30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, email</w:t>
-      </w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>email</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="003A429C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>hm_bs@marad.bg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60E55162" w14:textId="77777777" w:rsidR="00FE59D4" w:rsidRPr="00CF0F5A" w:rsidRDefault="00FE59D4" w:rsidP="0018335D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF0F5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">гр. Русе, п.к. 7000, ул. </w:t>
+        <w:t xml:space="preserve">гр. Русе, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF0F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>п.к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF0F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 7000, ул. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF0F5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Пристанищна</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1537,110 +1663,141 @@
       <w:r w:rsidRPr="00173E69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF0F5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> понеделник-петък от 09:00 до 17:30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, email</w:t>
-      </w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>email</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="003A429C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>hm_rs@marad.bg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="586FF923" w14:textId="77777777" w:rsidR="00FE59D4" w:rsidRPr="0063770B" w:rsidRDefault="00FE59D4" w:rsidP="0018335D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF0F5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">гр. Лом, п.к. 3600, </w:t>
+        <w:t xml:space="preserve">гр. Лом, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CF0F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>п.к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CF0F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 3600, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidRPr="00CF0F5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Дунавски парк</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1722,63 +1879,74 @@
       <w:r w:rsidRPr="00173E69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF0F5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>пон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>еделник-петък от 09:00 до 17:30, email</w:t>
-      </w:r>
+        <w:t xml:space="preserve">еделник-петък от 09:00 до 17:30, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>email</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="003A429C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>hm_lm@marad.bg</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5AB59A11" w14:textId="15DFB929" w:rsidR="006C12A3" w:rsidRPr="006C12A3" w:rsidRDefault="006C12A3" w:rsidP="0018335D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C12A3">
@@ -2066,51 +2234,61 @@
         </w:rPr>
         <w:t>МТС.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47D31F0A" w14:textId="77777777" w:rsidR="00E92D63" w:rsidRPr="00E92D63" w:rsidRDefault="00E92D63" w:rsidP="0018335D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92D63">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>В случай, че издаденият удостоверителен документ съдържа повече страници, при получаването му заявителят представя платежен документ за разликата между реално дължимата и първоначално платената държавна такса.</w:t>
+        <w:t>В случай, че издаденият удостоверителен документ съдържа повече страници, при получаването му заявителят представя платежен документ за разликата между реално дължимата и първоначално платената дъ</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00E92D63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ржавна такса.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="095A8D57" w14:textId="77777777" w:rsidR="00FE59D4" w:rsidRPr="00FE59D4" w:rsidRDefault="00FE59D4" w:rsidP="0018335D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE59D4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
@@ -2244,132 +2422,138 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Заплащането на таксите е по банков път или на ПОС терминал на центъра за административно</w:t>
       </w:r>
       <w:r w:rsidR="007B6E21">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> обслужване.</w:t>
       </w:r>
       <w:r w:rsidR="00F03BA3" w:rsidRPr="00794A3F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50985110" w14:textId="77777777" w:rsidR="00E92D63" w:rsidRPr="008478E1" w:rsidRDefault="00E92D63" w:rsidP="0018335D">
+    <w:p w14:paraId="50985110" w14:textId="6E9F54C2" w:rsidR="00E92D63" w:rsidRPr="008478E1" w:rsidRDefault="00E92D63" w:rsidP="00047774">
       <w:pPr>
         <w:pStyle w:val="a"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:ind w:right="0"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008478E1">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve">Такса по </w:t>
       </w:r>
       <w:r w:rsidRPr="008478E1">
         <w:t xml:space="preserve">чл. 83г, ал. 1 от Тарифа № 5 </w:t>
       </w:r>
       <w:r w:rsidR="0029535F">
         <w:t xml:space="preserve">на МТС </w:t>
       </w:r>
       <w:r w:rsidRPr="008478E1">
         <w:t xml:space="preserve">в размер на </w:t>
       </w:r>
+      <w:r w:rsidR="00047774" w:rsidRPr="00047774">
+        <w:t>12,78</w:t>
+      </w:r>
+      <w:r w:rsidR="00047774">
+        <w:t xml:space="preserve"> евро/</w:t>
+      </w:r>
       <w:r w:rsidRPr="008478E1">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t xml:space="preserve"> 25.00 лева за започната страница.</w:t>
       </w:r>
       <w:r w:rsidRPr="008478E1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E6ABF3B" w14:textId="77777777" w:rsidR="00E92D63" w:rsidRPr="008478E1" w:rsidRDefault="00E92D63" w:rsidP="0018335D">
       <w:pPr>
         <w:pStyle w:val="a"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008478E1">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>Държавните органи и органите на местно самоуправление, направили служебно запитване, са освободени от заплащането на държавна такса.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60373444" w14:textId="77777777" w:rsidR="008A66A2" w:rsidRDefault="008A66A2" w:rsidP="0018335D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008A66A2" w:rsidSect="008A66A2">
-      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="19A39675" w14:textId="77777777" w:rsidR="009D3933" w:rsidRDefault="009D3933" w:rsidP="00921804">
+    <w:p w14:paraId="62752B4B" w14:textId="77777777" w:rsidR="0034026D" w:rsidRDefault="0034026D" w:rsidP="00921804">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4723B58F" w14:textId="77777777" w:rsidR="009D3933" w:rsidRDefault="009D3933" w:rsidP="00921804">
+    <w:p w14:paraId="6DC98FB1" w14:textId="77777777" w:rsidR="0034026D" w:rsidRDefault="0034026D" w:rsidP="00921804">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2400,192 +2584,188 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="68D6E9A2" w14:textId="68A28F89" w:rsidR="00921804" w:rsidRPr="002C3041" w:rsidRDefault="00921804" w:rsidP="00921804">
+  <w:p w14:paraId="68D6E9A2" w14:textId="3C3602D7" w:rsidR="00921804" w:rsidRPr="002C3041" w:rsidRDefault="00921804" w:rsidP="00921804">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9070"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002C3041">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Ревизия </w:t>
     </w:r>
-    <w:r w:rsidR="0029535F">
+    <w:r w:rsidR="00047774">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r w:rsidR="000C3E6D">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="00B343DF">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>05</w:t>
+    </w:r>
+    <w:r w:rsidR="000C3E6D">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidR="00B343DF">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>01</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002C3041">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>.20</w:t>
+    </w:r>
+    <w:r w:rsidR="000C3E6D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="000C3E6D">
+    <w:r w:rsidR="00B343DF">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>/</w:t>
-[...51 lines deleted...]
-      <w:t>2</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="002C3041">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
     <w:r w:rsidRPr="002C3041">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="17CDCBFD" w14:textId="77777777" w:rsidR="00921804" w:rsidRPr="002C3041" w:rsidRDefault="00921804" w:rsidP="00921804">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4D175E1C" w14:textId="77777777" w:rsidR="00921804" w:rsidRDefault="00921804">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E364FE4" w14:textId="77777777" w:rsidR="009D3933" w:rsidRDefault="009D3933" w:rsidP="00921804">
+    <w:p w14:paraId="3B1B45F1" w14:textId="77777777" w:rsidR="0034026D" w:rsidRDefault="0034026D" w:rsidP="00921804">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="35D2E36D" w14:textId="77777777" w:rsidR="009D3933" w:rsidRDefault="009D3933" w:rsidP="00921804">
+    <w:p w14:paraId="458AF145" w14:textId="77777777" w:rsidR="0034026D" w:rsidRDefault="0034026D" w:rsidP="00921804">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C2B71E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="96A850FE"/>
     <w:lvl w:ilvl="0" w:tplc="04020001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -4977,105 +5157,110 @@
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="17"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="284"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00607964"/>
     <w:rsid w:val="00026293"/>
     <w:rsid w:val="000346DF"/>
     <w:rsid w:val="00042D26"/>
+    <w:rsid w:val="00047774"/>
     <w:rsid w:val="000A6FDE"/>
     <w:rsid w:val="000C3E6D"/>
     <w:rsid w:val="00115898"/>
     <w:rsid w:val="001438C1"/>
     <w:rsid w:val="0018335D"/>
     <w:rsid w:val="00192C73"/>
     <w:rsid w:val="00290B46"/>
     <w:rsid w:val="0029535F"/>
     <w:rsid w:val="002B1EA7"/>
     <w:rsid w:val="002C3041"/>
+    <w:rsid w:val="0034026D"/>
     <w:rsid w:val="00375316"/>
     <w:rsid w:val="00424219"/>
+    <w:rsid w:val="004A5992"/>
     <w:rsid w:val="00534905"/>
     <w:rsid w:val="005528B6"/>
     <w:rsid w:val="00596A94"/>
     <w:rsid w:val="00607964"/>
     <w:rsid w:val="006212B4"/>
     <w:rsid w:val="006C12A3"/>
     <w:rsid w:val="00705EFB"/>
     <w:rsid w:val="0074491B"/>
     <w:rsid w:val="00790614"/>
     <w:rsid w:val="00794A3F"/>
     <w:rsid w:val="007B6E21"/>
     <w:rsid w:val="007D1415"/>
     <w:rsid w:val="007E46A8"/>
     <w:rsid w:val="008A66A2"/>
     <w:rsid w:val="00921804"/>
     <w:rsid w:val="009D3933"/>
     <w:rsid w:val="00A30310"/>
     <w:rsid w:val="00A52CD1"/>
     <w:rsid w:val="00A57480"/>
     <w:rsid w:val="00A92EA1"/>
+    <w:rsid w:val="00B343DF"/>
     <w:rsid w:val="00BE2106"/>
     <w:rsid w:val="00C122C5"/>
     <w:rsid w:val="00C351E2"/>
     <w:rsid w:val="00C73CD7"/>
     <w:rsid w:val="00C7549A"/>
     <w:rsid w:val="00C91DC7"/>
     <w:rsid w:val="00CE18D8"/>
     <w:rsid w:val="00D1263C"/>
     <w:rsid w:val="00E92D63"/>
     <w:rsid w:val="00EC2133"/>
     <w:rsid w:val="00F03BA3"/>
     <w:rsid w:val="00F95862"/>
     <w:rsid w:val="00FE59D4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -5829,51 +6014,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2044088994">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.bg/wps/portal/egov/dostavchitsi%20na%20uslugi/izpalnitelni%20agentsii/uslugi-145/1496?cP=2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_rs@marad.bg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iisda.government.bg/no_frame/ras/adm_structures/organigram/728" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_bs@marad.bg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_vn@marad.bg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bma@marad.bg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bma@marad.bg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_lm@marad.bg" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bma@marad.bg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_lm@marad.bg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.bg/wps/portal/egov/dostavchitsi%20na%20uslugi/izpalnitelni%20agentsii/uslugi-145/1496?cP=2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_rs@marad.bg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_bs@marad.bg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_vn@marad.bg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bma@marad.bg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6122,75 +6307,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>736</Words>
-  <Characters>4199</Characters>
+  <Words>738</Words>
+  <Characters>4208</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
+  <Lines>35</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4926</CharactersWithSpaces>
+  <CharactersWithSpaces>4937</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>5308503</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>javascript://</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3997807</vt:i4>
       </vt:variant>
       <vt:variant>