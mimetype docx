--- v0 (2025-10-18)
+++ v1 (2026-01-17)
@@ -3,52 +3,50 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="41C4CE45" w14:textId="4D64F18B" w:rsidR="001B53DE" w:rsidRPr="001B53DE" w:rsidRDefault="00206ED0" w:rsidP="001B53DE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> HYPERLINK "https://iisda.government.bg/no_frame/ras/adm_structures/organigram/728" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="001B53DE" w:rsidRPr="001B53DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
@@ -616,51 +614,51 @@
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00387C85">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">Електронен адрес, на който се предоставя услугата: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50D1B1F3" w14:textId="77777777" w:rsidR="00312A73" w:rsidRPr="00016C3D" w:rsidRDefault="00F35AFD" w:rsidP="003C2CB9">
+    <w:p w14:paraId="50D1B1F3" w14:textId="77777777" w:rsidR="00312A73" w:rsidRPr="00016C3D" w:rsidRDefault="007F24AD" w:rsidP="003C2CB9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidR="003C2CB9" w:rsidRPr="00016C3D">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
@@ -674,51 +672,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB26AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Електронен адрес за предложения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="094888EC" w14:textId="2D9A3796" w:rsidR="00C32C3A" w:rsidRPr="00C32C3A" w:rsidRDefault="00F35AFD" w:rsidP="00C32C3A">
+    <w:p w14:paraId="094888EC" w14:textId="2D9A3796" w:rsidR="00C32C3A" w:rsidRPr="00C32C3A" w:rsidRDefault="007F24AD" w:rsidP="00C32C3A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00C32C3A" w:rsidRPr="00C32C3A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>bma@marad.bg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00C32C3A" w:rsidRPr="00C32C3A">
         <w:rPr>
@@ -2033,152 +2031,340 @@
       <w:pPr>
         <w:pStyle w:val="List1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Чл. 77. За издаване на документ във връзка с вписване или отписване в регистъра на корабите в българските пристанища по чл. 74, 75 и 76 се събират следните такси:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F6009E1" w14:textId="77777777" w:rsidR="00CF0F5A" w:rsidRDefault="00CF0F5A" w:rsidP="00016C3D">
+    <w:p w14:paraId="7F6009E1" w14:textId="4931862B" w:rsidR="00CF0F5A" w:rsidRDefault="00CF0F5A" w:rsidP="004910AA">
       <w:pPr>
         <w:pStyle w:val="List1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="284" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>На морски кораби с големина до 40 БТ и на малки кораби, плаващи по вътрешните води на Европа – 20 лв.</w:t>
+        <w:t xml:space="preserve">На морски кораби с големина до 40 БТ и на малки кораби, плаващи по вътрешните води на Европа – </w:t>
+      </w:r>
+      <w:r w:rsidR="004910AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10,23 евро/ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="004910AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,00</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лв.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2267FF91" w14:textId="77777777" w:rsidR="00CF0F5A" w:rsidRDefault="00CF0F5A" w:rsidP="00016C3D">
+    <w:p w14:paraId="2267FF91" w14:textId="2C8AE1B8" w:rsidR="00CF0F5A" w:rsidRDefault="00CF0F5A" w:rsidP="004910AA">
       <w:pPr>
         <w:pStyle w:val="List1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="284" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>На морски кораби , по – големи от 40 БТ, и на други кораби, плаващи по вътрешните води на Европа – 75 лв.</w:t>
+        <w:t xml:space="preserve">На морски кораби , по – големи от 40 БТ, и на други кораби, плаващи по вътрешните води на Европа – </w:t>
+      </w:r>
+      <w:r w:rsidR="004910AA" w:rsidRPr="004910AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>38,3</w:t>
+      </w:r>
+      <w:r w:rsidR="004910AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 евро/ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>75</w:t>
+      </w:r>
+      <w:r w:rsidR="004910AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,00</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лв.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AC416DA" w14:textId="77777777" w:rsidR="00CF0F5A" w:rsidRDefault="00CF0F5A" w:rsidP="00700C68">
+    <w:p w14:paraId="0AC416DA" w14:textId="304F235D" w:rsidR="00CF0F5A" w:rsidRDefault="00CF0F5A" w:rsidP="004910AA">
+      <w:pPr>
+        <w:pStyle w:val="List1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Чл. 78. За писмени  извлечения и справки , протоколи и други от регистри, различни от регистрите на корабите в българските пристанища, дневници, досиета на кораби и други корабни документи, водени от Изпълнителна агенция „Морска администрация“, се събира такса по </w:t>
+      </w:r>
+      <w:r w:rsidR="004910AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5,11 евро/ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="004910AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,00</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лв. на започната страница.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FAD4D03" w14:textId="3DEE889B" w:rsidR="00CF0F5A" w:rsidRDefault="00CF0F5A" w:rsidP="00700C68">
       <w:pPr>
         <w:pStyle w:val="List1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Чл. 78. За писмени  извлечения и справки , протоколи и други от регистри, различни от регистрите на корабите в българските пристанища, дневници, досиета на кораби и други корабни документи, водени от Изпълнителна агенция „Морска администрация“, се събира такса по 10 лв. на започната страница.</w:t>
-[...10 lines deleted...]
-        <w:ind w:left="284" w:firstLine="0"/>
+        <w:t>Чл. 83г. За предоставяне на информация от публичните регистри, водени от Изпълнителна</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED39EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> агенция „Морска администрация“</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Чл. 83г. За предоставяне на информация от публичните регистри, водени от Изпълнителна агенция „Морска администрация“ , се събира такса в размер 25 лв. на страница.</w:t>
+        <w:t xml:space="preserve">, се събира такса в размер </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED39EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12,78 евро</w:t>
+      </w:r>
+      <w:r w:rsidR="004910AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED39EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="004910AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,00</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лв. на страница.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B34D8C6" w14:textId="77777777" w:rsidR="00CF0F5A" w:rsidRPr="008D4B80" w:rsidRDefault="00CF0F5A" w:rsidP="00700C68">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF69E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -2481,61 +2667,61 @@
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="exact"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FCF944A" w14:textId="77777777" w:rsidR="005A7A1E" w:rsidRDefault="005A7A1E"/>
     <w:sectPr w:rsidR="005A7A1E" w:rsidSect="00E66B90">
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="23B8F1EB" w14:textId="77777777" w:rsidR="00F35AFD" w:rsidRDefault="00F35AFD" w:rsidP="002C0B4C">
+    <w:p w14:paraId="4FCD519A" w14:textId="77777777" w:rsidR="007F24AD" w:rsidRDefault="007F24AD" w:rsidP="002C0B4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7FC9769A" w14:textId="77777777" w:rsidR="00F35AFD" w:rsidRDefault="00F35AFD" w:rsidP="002C0B4C">
+    <w:p w14:paraId="782E2546" w14:textId="77777777" w:rsidR="007F24AD" w:rsidRDefault="007F24AD" w:rsidP="002C0B4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2566,132 +2752,168 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="59E89473" w14:textId="38302ABA" w:rsidR="002C0B4C" w:rsidRPr="002C0B4C" w:rsidRDefault="002C0B4C" w:rsidP="002C0B4C">
+  <w:p w14:paraId="59E89473" w14:textId="03AAF194" w:rsidR="002C0B4C" w:rsidRPr="002C0B4C" w:rsidRDefault="002C0B4C" w:rsidP="002C0B4C">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002C0B4C">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve">Ревизия </w:t>
     </w:r>
-    <w:r w:rsidR="00016C3D">
+    <w:r w:rsidR="0025297C">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="bg-BG"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002C0B4C">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="bg-BG"/>
+      </w:rPr>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="002943B3">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>05</w:t>
     </w:r>
-    <w:r w:rsidRPr="002C0B4C">
+    <w:r w:rsidR="00016C3D">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+      </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidR="002943B3">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
-      <w:t>/</w:t>
+      <w:t>01</w:t>
     </w:r>
     <w:r w:rsidR="00016C3D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
-      <w:t>01.04.2022</w:t>
+      <w:t>.202</w:t>
+    </w:r>
+    <w:r w:rsidR="002943B3">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="bg-BG"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="002C0B4C">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="589D3B26" w14:textId="77777777" w:rsidR="002C0B4C" w:rsidRDefault="002C0B4C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="56D2AD07" w14:textId="77777777" w:rsidR="00F35AFD" w:rsidRDefault="00F35AFD" w:rsidP="002C0B4C">
+    <w:p w14:paraId="3E9D36E1" w14:textId="77777777" w:rsidR="007F24AD" w:rsidRDefault="007F24AD" w:rsidP="002C0B4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4B7F7575" w14:textId="77777777" w:rsidR="00F35AFD" w:rsidRDefault="00F35AFD" w:rsidP="002C0B4C">
+    <w:p w14:paraId="69540D43" w14:textId="77777777" w:rsidR="007F24AD" w:rsidRDefault="007F24AD" w:rsidP="002C0B4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04863E40"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9BCC75DE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
@@ -5520,115 +5742,122 @@
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001B53DE"/>
     <w:rsid w:val="00016C3D"/>
     <w:rsid w:val="000E2131"/>
     <w:rsid w:val="001B53DE"/>
     <w:rsid w:val="001D2C33"/>
     <w:rsid w:val="001E0731"/>
     <w:rsid w:val="001E1D7D"/>
     <w:rsid w:val="001E6011"/>
     <w:rsid w:val="0020093A"/>
     <w:rsid w:val="0020240A"/>
     <w:rsid w:val="00206ED0"/>
     <w:rsid w:val="00220798"/>
     <w:rsid w:val="002348C8"/>
+    <w:rsid w:val="0025297C"/>
     <w:rsid w:val="00254818"/>
     <w:rsid w:val="00283A0B"/>
+    <w:rsid w:val="002943B3"/>
     <w:rsid w:val="002B30C7"/>
     <w:rsid w:val="002B7D5B"/>
     <w:rsid w:val="002C0B4C"/>
     <w:rsid w:val="00312629"/>
     <w:rsid w:val="00312A73"/>
     <w:rsid w:val="00335301"/>
     <w:rsid w:val="00377F7A"/>
     <w:rsid w:val="003A6AB3"/>
     <w:rsid w:val="003B5A6C"/>
     <w:rsid w:val="003C2CB9"/>
     <w:rsid w:val="003E586E"/>
+    <w:rsid w:val="0040287D"/>
     <w:rsid w:val="00422586"/>
     <w:rsid w:val="0045038C"/>
     <w:rsid w:val="004647F4"/>
     <w:rsid w:val="00465889"/>
     <w:rsid w:val="004833FF"/>
     <w:rsid w:val="00483C69"/>
+    <w:rsid w:val="004910AA"/>
     <w:rsid w:val="004D5C16"/>
     <w:rsid w:val="005043A3"/>
     <w:rsid w:val="0053437B"/>
     <w:rsid w:val="005A59B2"/>
     <w:rsid w:val="005A7A1E"/>
     <w:rsid w:val="005E5847"/>
     <w:rsid w:val="00633EE8"/>
     <w:rsid w:val="0063770B"/>
     <w:rsid w:val="00667EC9"/>
     <w:rsid w:val="006B3B7A"/>
     <w:rsid w:val="006D310D"/>
     <w:rsid w:val="00700C68"/>
     <w:rsid w:val="007509CF"/>
     <w:rsid w:val="00754902"/>
     <w:rsid w:val="007A7644"/>
     <w:rsid w:val="007D163B"/>
+    <w:rsid w:val="007F24AD"/>
     <w:rsid w:val="00813638"/>
     <w:rsid w:val="008C4DAB"/>
     <w:rsid w:val="0090561D"/>
     <w:rsid w:val="00944587"/>
     <w:rsid w:val="009B4A28"/>
     <w:rsid w:val="00A250CF"/>
     <w:rsid w:val="00A60A1B"/>
     <w:rsid w:val="00A833F0"/>
     <w:rsid w:val="00AA13B4"/>
     <w:rsid w:val="00AD7180"/>
     <w:rsid w:val="00B259E7"/>
     <w:rsid w:val="00BA65DA"/>
     <w:rsid w:val="00BA6AFF"/>
     <w:rsid w:val="00BC57CE"/>
     <w:rsid w:val="00C2485A"/>
     <w:rsid w:val="00C32C3A"/>
+    <w:rsid w:val="00C46844"/>
     <w:rsid w:val="00C6589E"/>
     <w:rsid w:val="00CA10C8"/>
     <w:rsid w:val="00CF0F5A"/>
     <w:rsid w:val="00D16879"/>
     <w:rsid w:val="00D60DAA"/>
     <w:rsid w:val="00D76042"/>
     <w:rsid w:val="00DA2377"/>
     <w:rsid w:val="00DE63D0"/>
     <w:rsid w:val="00DF29C8"/>
     <w:rsid w:val="00E01EC2"/>
     <w:rsid w:val="00E03799"/>
     <w:rsid w:val="00E66B90"/>
     <w:rsid w:val="00E66FA9"/>
     <w:rsid w:val="00EC3880"/>
+    <w:rsid w:val="00ED39EC"/>
     <w:rsid w:val="00EE7011"/>
     <w:rsid w:val="00F35AFD"/>
     <w:rsid w:val="00F55621"/>
     <w:rsid w:val="00F71ABD"/>
     <w:rsid w:val="00F8724E"/>
     <w:rsid w:val="00FE6362"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -7510,65 +7739,65 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>649</Words>
-  <Characters>3704</Characters>
+  <Words>658</Words>
+  <Characters>3753</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
+  <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Bulgarian Maritime Administration</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4345</CharactersWithSpaces>
+  <CharactersWithSpaces>4403</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ivanka Georgieva</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>