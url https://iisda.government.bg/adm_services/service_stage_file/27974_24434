--- v0 (2025-10-28)
+++ v1 (2026-01-25)
@@ -853,116 +853,83 @@
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B53DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">Електронен адрес, на който се предоставя услугата: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-    <w:p w14:paraId="2EE6CB3C" w14:textId="3AFCE6BB" w:rsidR="006F6A45" w:rsidRPr="00047028" w:rsidRDefault="00C46100" w:rsidP="005A5F59">
+    <w:p w14:paraId="2EE6CB3C" w14:textId="3AFCE6BB" w:rsidR="006F6A45" w:rsidRPr="00047028" w:rsidRDefault="008C550D" w:rsidP="005A5F59">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00047028">
-[...40 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="006F6A45" w:rsidRPr="00047028">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://egov.bg/wps/portal/egov/dostavchitsi+na+uslugi/izpalnitelni+agentsii/uslugi-145/825</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="04E4C586" w14:textId="529EBDDE" w:rsidR="00312A73" w:rsidRPr="006F6A45" w:rsidRDefault="00312A73" w:rsidP="005A5F59">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6A45">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
           <w:sz w:val="24"/>
@@ -1412,51 +1379,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Стандартно работно време, с непрекъснат режим на работа</w:t>
       </w:r>
       <w:r w:rsidR="008B19C1" w:rsidRPr="00DB26AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: понеделник-петък от 09:00 до 17:30</w:t>
       </w:r>
       <w:r w:rsidR="0048764D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="0048764D" w:rsidRPr="00B33378">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>bma@marad.bg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0048764D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2976089D" w14:textId="77777777" w:rsidR="00762422" w:rsidRPr="008B19C1" w:rsidRDefault="00312A73" w:rsidP="005A5F59">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -1592,51 +1559,51 @@
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, с непрекъснат режим на работа</w:t>
       </w:r>
       <w:r w:rsidR="008B19C1" w:rsidRPr="00DB26AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: понеделник-петък от 09:00 до 17:30</w:t>
       </w:r>
       <w:r w:rsidR="0048764D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="0048764D" w:rsidRPr="00B33378">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>hm_vn@marad.bg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0048764D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30354714" w14:textId="77777777" w:rsidR="008B19C1" w:rsidRPr="00DB26AA" w:rsidRDefault="00312A73" w:rsidP="005A5F59">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -1813,72 +1780,74 @@
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, с непрекъснат режим на работа</w:t>
       </w:r>
       <w:r w:rsidR="008B19C1" w:rsidRPr="00DB26AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: понеделник-петък от 09:00 до 17:30</w:t>
       </w:r>
       <w:r w:rsidR="0048764D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="0048764D" w:rsidRPr="00B33378">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>hm_bs@marad.bg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0048764D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="06F48E28" w14:textId="196AFEDB" w:rsidR="008B19C1" w:rsidRPr="00DB26AA" w:rsidRDefault="00312A73" w:rsidP="005A5F59">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B19C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2016,51 +1985,51 @@
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, с непрекъснат режим на работа</w:t>
       </w:r>
       <w:r w:rsidR="008B19C1" w:rsidRPr="00DB26AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: понеделник-петък от 09:00 до 17:30</w:t>
       </w:r>
       <w:r w:rsidR="0048764D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="0048764D" w:rsidRPr="00B33378">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>hm_rs@marad.bg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0048764D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EFE375F" w14:textId="5425DFEE" w:rsidR="0048764D" w:rsidRPr="00B1755F" w:rsidRDefault="00312A73" w:rsidP="005A5F59">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -2167,51 +2136,51 @@
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: пон</w:t>
       </w:r>
       <w:r w:rsidR="008B19C1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>еделник-петък от 09:00 до 17:30</w:t>
       </w:r>
       <w:r w:rsidR="0048764D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="0048764D" w:rsidRPr="00B33378">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>hm_lm@marad.bg</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="299F231C" w14:textId="4C0C9888" w:rsidR="008B19C1" w:rsidRPr="00B1755F" w:rsidRDefault="0048764D" w:rsidP="005A5F59">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B1755F">
         <w:rPr>
@@ -2372,95 +2341,95 @@
         </w:rPr>
         <w:t xml:space="preserve"> За издаване на свидетелства:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EAB2269" w14:textId="02A0724B" w:rsidR="00F435F3" w:rsidRPr="006A7AA9" w:rsidRDefault="00F435F3" w:rsidP="005A5F59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A7AA9">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">1.  </w:t>
       </w:r>
       <w:r w:rsidR="00762422">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="006A7AA9">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Заявление**;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="065411A1" w14:textId="604D6609" w:rsidR="00F435F3" w:rsidRDefault="00F435F3" w:rsidP="005A5F59">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A7AA9">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidR="002A6DC6">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="006A7AA9">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Документ за самоличност;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62350E26" w14:textId="332716BE" w:rsidR="00F435F3" w:rsidRPr="006A7AA9" w:rsidRDefault="00FF00BD" w:rsidP="005A5F59">
       <w:pPr>
@@ -3227,651 +3196,797 @@
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">Документ за платена такса по Тарифа 5 за таксите, които се събират в системата на </w:t>
       </w:r>
       <w:r w:rsidR="009E7896">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>МТС</w:t>
       </w:r>
       <w:r w:rsidRPr="006A7AA9">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5765A5DC" w14:textId="77777777" w:rsidR="00E9657B" w:rsidRPr="00E9657B" w:rsidRDefault="00E9657B" w:rsidP="005A5F59">
+    <w:p w14:paraId="5765A5DC" w14:textId="77777777" w:rsidR="00E9657B" w:rsidRPr="00B72E8C" w:rsidRDefault="00E9657B" w:rsidP="005A5F59">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00762422">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">Подайте необходимите документи лично, чрез упълномощено лице (с нотариално заверено пълномощно), по куриер или </w:t>
       </w:r>
       <w:r w:rsidRPr="00E9657B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t>електронен път, при спазване на изискванията на Наредбата за общите изисквания към информационните системи, регистрите и електронните административни услуги.</w:t>
+        <w:t xml:space="preserve">електронен път, при спазване на изискванията на Наредбата за общите изисквания към информационните системи, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B72E8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>регистрите и електронните административни услуги.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7198D770" w14:textId="77777777" w:rsidR="00E9657B" w:rsidRPr="00E62E61" w:rsidRDefault="00E9657B" w:rsidP="005A5F59">
+    <w:p w14:paraId="7198D770" w14:textId="77777777" w:rsidR="00E9657B" w:rsidRPr="00B72E8C" w:rsidRDefault="00E9657B" w:rsidP="005A5F59">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:strike/>
-          <w:color w:val="FF0000"/>
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00C832C5">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B72E8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   В случаите на подаване на документи от упълномощен представител на учебното заведение (центъра за подготовка) в ДМНРК/ДМА/ДРН се представят</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B72E8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F435F3">
+      <w:r w:rsidRPr="00B72E8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">протоколите за проведен курс и положен изпит. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AC54F26" w14:textId="77777777" w:rsidR="00D76042" w:rsidRPr="00EA4642" w:rsidRDefault="00D76042" w:rsidP="005A5F59">
+    <w:p w14:paraId="3AC54F26" w14:textId="77777777" w:rsidR="00D76042" w:rsidRPr="00B72E8C" w:rsidRDefault="00D76042" w:rsidP="005A5F59">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E7A3FFE" w14:textId="77777777" w:rsidR="00D76042" w:rsidRDefault="00E23916" w:rsidP="005A5F59">
+    <w:p w14:paraId="3E7A3FFE" w14:textId="77777777" w:rsidR="00D76042" w:rsidRPr="00B72E8C" w:rsidRDefault="00E23916" w:rsidP="005A5F59">
       <w:pPr>
         <w:pStyle w:val="List1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B72E8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00D76042" w:rsidRPr="002348C8">
+      <w:r w:rsidR="00D76042" w:rsidRPr="00B72E8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Начин на получаване на резултата от услугата:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72F5CF48" w14:textId="77777777" w:rsidR="004371B8" w:rsidRDefault="004371B8" w:rsidP="005A5F59">
+    <w:p w14:paraId="72F5CF48" w14:textId="77777777" w:rsidR="004371B8" w:rsidRPr="00B72E8C" w:rsidRDefault="004371B8" w:rsidP="005A5F59">
       <w:pPr>
         <w:pStyle w:val="List1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002348C8">
+      <w:r w:rsidRPr="00B72E8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>В центъра за административно обслужване.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B1DFF75" w14:textId="77777777" w:rsidR="00E2596A" w:rsidRPr="002348C8" w:rsidRDefault="00E2596A" w:rsidP="005A5F59">
+    <w:p w14:paraId="5B1DFF75" w14:textId="77777777" w:rsidR="00E2596A" w:rsidRPr="00B72E8C" w:rsidRDefault="00E2596A" w:rsidP="005A5F59">
       <w:pPr>
         <w:pStyle w:val="List1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B72E8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Друго административно звено, ако изрично е посочено в заявлението</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28DE008D" w14:textId="77777777" w:rsidR="004371B8" w:rsidRPr="002348C8" w:rsidRDefault="004371B8" w:rsidP="005A5F59">
+    <w:p w14:paraId="28DE008D" w14:textId="77777777" w:rsidR="004371B8" w:rsidRPr="00B72E8C" w:rsidRDefault="004371B8" w:rsidP="005A5F59">
       <w:pPr>
         <w:pStyle w:val="List1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002348C8">
+      <w:r w:rsidRPr="00B72E8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>На посочен от заявителя на услугата адрес чрез лицензиран пощенски оператор.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67C7DAEA" w14:textId="77777777" w:rsidR="000F0BD2" w:rsidRPr="002348C8" w:rsidRDefault="000F0BD2" w:rsidP="005A5F59">
+    <w:p w14:paraId="67C7DAEA" w14:textId="77777777" w:rsidR="000F0BD2" w:rsidRPr="00B72E8C" w:rsidRDefault="000F0BD2" w:rsidP="005A5F59">
       <w:pPr>
         <w:pStyle w:val="List1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79263DF6" w14:textId="77777777" w:rsidR="000F0BD2" w:rsidRPr="000F0BD2" w:rsidRDefault="00762422" w:rsidP="005A5F59">
+    <w:p w14:paraId="79263DF6" w14:textId="0B146130" w:rsidR="000F0BD2" w:rsidRPr="00B72E8C" w:rsidRDefault="00762422" w:rsidP="005A5F59">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00B72E8C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Такси за услугата</w:t>
       </w:r>
-      <w:r w:rsidR="000F0BD2" w:rsidRPr="000F0BD2">
+      <w:r w:rsidR="000F0BD2" w:rsidRPr="00B72E8C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="002A6DC6" w:rsidRPr="002A6DC6">
+      <w:r w:rsidR="002A6DC6" w:rsidRPr="00B72E8C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Заплащането на таксите е по банков път или на ПОС терминал на центъра за административно обслужване, съгласно Тарифа № 5 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00B45FDD">
+      <w:r w:rsidR="00B45FDD" w:rsidRPr="00B72E8C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>на</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00B45FDD">
+      <w:r w:rsidR="00B45FDD" w:rsidRPr="00B72E8C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B45FDD">
+      <w:r w:rsidR="00B45FDD" w:rsidRPr="00B72E8C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">МТС </w:t>
       </w:r>
-      <w:r w:rsidR="002A6DC6" w:rsidRPr="002A6DC6">
-[...4 lines deleted...]
-        <w:t>се събират такси, както следва:</w:t>
+      <w:r w:rsidR="002A6DC6" w:rsidRPr="00B72E8C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>се събират такси</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA23F8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по чл. 80</w:t>
+      </w:r>
+      <w:r w:rsidR="002A6DC6" w:rsidRPr="00B72E8C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, както следва:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B240957" w14:textId="77777777" w:rsidR="00AD1452" w:rsidRPr="00762422" w:rsidRDefault="000F0BD2" w:rsidP="005A5F59">
+    <w:p w14:paraId="4B240957" w14:textId="523D72DA" w:rsidR="00AD1452" w:rsidRPr="00B72E8C" w:rsidRDefault="000F0BD2" w:rsidP="00562E06">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00762422">
+      <w:r w:rsidRPr="00B72E8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>за обикновена услуга в рамките на 30 календарни дни - 5 лв.;</w:t>
+        <w:t xml:space="preserve">за обикновена услуга в рамките на 30 календарни дни - </w:t>
+      </w:r>
+      <w:r w:rsidR="00562E06" w:rsidRPr="00562E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2,5</w:t>
+      </w:r>
+      <w:r w:rsidR="00562E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 евро/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B72E8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00562E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B72E8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лв.;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40873BED" w14:textId="77777777" w:rsidR="000F0BD2" w:rsidRPr="00762422" w:rsidRDefault="000F0BD2" w:rsidP="005A5F59">
+    <w:p w14:paraId="40873BED" w14:textId="4A218982" w:rsidR="000F0BD2" w:rsidRPr="00B72E8C" w:rsidRDefault="000F0BD2" w:rsidP="00562E06">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00762422">
+      <w:r w:rsidRPr="00B72E8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>за бърза услуга в рамките на 7 календарни дни - 10 лв.;</w:t>
+        <w:t xml:space="preserve">за бърза услуга в рамките на 7 календарни дни - </w:t>
+      </w:r>
+      <w:r w:rsidR="00562E06" w:rsidRPr="00562E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5,11</w:t>
+      </w:r>
+      <w:r w:rsidR="00562E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> евро/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B72E8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00562E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B72E8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лв.;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F12CD77" w14:textId="77777777" w:rsidR="00D76042" w:rsidRPr="00762422" w:rsidRDefault="000F0BD2" w:rsidP="005A5F59">
+    <w:p w14:paraId="1F12CD77" w14:textId="0EF94FD3" w:rsidR="00D76042" w:rsidRPr="00B72E8C" w:rsidRDefault="000F0BD2" w:rsidP="00562E06">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00762422">
+      <w:r w:rsidRPr="00B72E8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>за експресна услуга в рамките на 8 часа - 15 лв.</w:t>
+        <w:t xml:space="preserve">за експресна услуга в рамките на 8 часа - </w:t>
+      </w:r>
+      <w:r w:rsidR="00562E06" w:rsidRPr="00562E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7,6</w:t>
+      </w:r>
+      <w:r w:rsidR="00562E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 евро/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B72E8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="00562E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B72E8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лв.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F6103F5" w14:textId="77777777" w:rsidR="00D76042" w:rsidRPr="00B9430A" w:rsidRDefault="00D76042" w:rsidP="005A5F59">
+    <w:p w14:paraId="2F6103F5" w14:textId="77777777" w:rsidR="00D76042" w:rsidRPr="00B72E8C" w:rsidRDefault="00D76042" w:rsidP="005A5F59">
       <w:pPr>
         <w:pStyle w:val="List1"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37E18A8C" w14:textId="77777777" w:rsidR="000F0BD2" w:rsidRPr="000F0BD2" w:rsidRDefault="000F0BD2" w:rsidP="005A5F59">
+    <w:p w14:paraId="37E18A8C" w14:textId="77777777" w:rsidR="000F0BD2" w:rsidRPr="00B72E8C" w:rsidRDefault="000F0BD2" w:rsidP="005A5F59">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F0BD2">
+      <w:r w:rsidRPr="00B72E8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Забележка:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="628CEDB5" w14:textId="77777777" w:rsidR="000F0BD2" w:rsidRDefault="000F0BD2" w:rsidP="005A5F59">
+    <w:p w14:paraId="628CEDB5" w14:textId="77777777" w:rsidR="000F0BD2" w:rsidRPr="00B72E8C" w:rsidRDefault="000F0BD2" w:rsidP="005A5F59">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:strike/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F0BD2">
+      <w:r w:rsidRPr="00B72E8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">*Свидетелства с изтекъл срок на валидност се преиздават при изпълнение на изискванията на Наредба № 6. </w:t>
       </w:r>
-      <w:r w:rsidRPr="000F0BD2">
+      <w:r w:rsidRPr="00B72E8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Свидетелствата за специална и допълнителна подготовка за работа по ВВПЕ:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53881238" w14:textId="77777777" w:rsidR="000F0BD2" w:rsidRDefault="000F0BD2" w:rsidP="005A5F59">
+    <w:p w14:paraId="53881238" w14:textId="77777777" w:rsidR="000F0BD2" w:rsidRPr="00B72E8C" w:rsidRDefault="000F0BD2" w:rsidP="005A5F59">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:strike/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F0BD2">
+      <w:r w:rsidRPr="00B72E8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>- управление на кораб с помощта на радиолокационна станция;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="262FC38A" w14:textId="77777777" w:rsidR="000F0BD2" w:rsidRDefault="000F0BD2" w:rsidP="005A5F59">
+    <w:p w14:paraId="262FC38A" w14:textId="77777777" w:rsidR="000F0BD2" w:rsidRPr="00B72E8C" w:rsidRDefault="000F0BD2" w:rsidP="005A5F59">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:strike/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F0BD2">
+      <w:r w:rsidRPr="00B72E8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>- работа с корабна УКВ станция в режим на радиотелефония,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="116D4CC4" w14:textId="77777777" w:rsidR="000F0BD2" w:rsidRDefault="000F0BD2" w:rsidP="005A5F59">
+    <w:p w14:paraId="116D4CC4" w14:textId="77777777" w:rsidR="000F0BD2" w:rsidRPr="00B72E8C" w:rsidRDefault="000F0BD2" w:rsidP="005A5F59">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:strike/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F0BD2">
+      <w:r w:rsidRPr="00B72E8C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>се преиздават без изискване за плавателен стаж от една година през последните пет.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2926C78F" w14:textId="77777777" w:rsidR="000F0BD2" w:rsidRDefault="000F0BD2" w:rsidP="005A5F59">
+    <w:p w14:paraId="2926C78F" w14:textId="77777777" w:rsidR="000F0BD2" w:rsidRPr="00B72E8C" w:rsidRDefault="000F0BD2" w:rsidP="005A5F59">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F0BD2">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00B72E8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Свидетелството за превоз на опасни товари по ВВПЕ се преиздава само след проведен курс и изпит.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FC26FF2" w14:textId="77777777" w:rsidR="00E065EE" w:rsidRPr="000F0BD2" w:rsidRDefault="00E065EE" w:rsidP="005A5F59">
+    <w:p w14:paraId="4FC26FF2" w14:textId="77777777" w:rsidR="00E065EE" w:rsidRPr="00B72E8C" w:rsidRDefault="00E065EE" w:rsidP="005A5F59">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:strike/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00B72E8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Експресна услуга се заявява и получава само в център за административно обслужване</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="714D7D30" w14:textId="77777777" w:rsidR="000F0BD2" w:rsidRDefault="000F0BD2" w:rsidP="005A5F59">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F0BD2">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00B72E8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>** Заявленията за административната услуга се формират и отпечатват на гишето за административно обслужване с електронни средства при заявяване на услугата</w:t>
+        <w:t xml:space="preserve">** Заявленията за административната услуга се формират и отпечатват на гишето за административно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F0BD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>обслужване с електронни средства при заявяване на услугата</w:t>
       </w:r>
       <w:r w:rsidR="00E065EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000F0BD2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">и </w:t>
       </w:r>
       <w:r w:rsidR="005C56AD" w:rsidRPr="006F7AF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -3901,81 +4016,91 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44C89851" w14:textId="77777777" w:rsidR="00540A7E" w:rsidRPr="00EB66E7" w:rsidRDefault="00540A7E" w:rsidP="005A5F59">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="006F7AF4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>На всяко фотокопие се изписва собственоръчно текста „Декларирам, че данните са верни” и се поставя подпис и дата.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25D6AA85" w14:textId="120FD7D4" w:rsidR="005A7A1E" w:rsidRDefault="005A7A1E" w:rsidP="00BD6856">
+    <w:p w14:paraId="25D6AA85" w14:textId="57A04887" w:rsidR="004C1F1D" w:rsidRDefault="004C1F1D" w:rsidP="00BD6856">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="005A7A1E" w:rsidSect="00BD6856">
-      <w:footerReference w:type="default" r:id="rId12"/>
+    <w:p w14:paraId="3B0B47D2" w14:textId="3ACF28E4" w:rsidR="005A7A1E" w:rsidRPr="004C1F1D" w:rsidRDefault="004C1F1D" w:rsidP="00770FB9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3225"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="005A7A1E" w:rsidRPr="004C1F1D" w:rsidSect="00AF1726">
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="651" w:right="1417" w:bottom="993" w:left="1417" w:header="708" w:footer="0" w:gutter="0"/>
+      <w:pgMar w:top="426" w:right="1417" w:bottom="709" w:left="1417" w:header="708" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7D23B41B" w14:textId="77777777" w:rsidR="00C46100" w:rsidRDefault="00C46100" w:rsidP="00C43DB4">
+    <w:p w14:paraId="6A2C8ACA" w14:textId="77777777" w:rsidR="008C550D" w:rsidRDefault="008C550D" w:rsidP="00C43DB4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6068FB0B" w14:textId="77777777" w:rsidR="00C46100" w:rsidRDefault="00C46100" w:rsidP="00C43DB4">
+    <w:p w14:paraId="15E6315D" w14:textId="77777777" w:rsidR="008C550D" w:rsidRDefault="008C550D" w:rsidP="00C43DB4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -4006,172 +4131,169 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="445DEFFC" w14:textId="4D11822C" w:rsidR="00C43DB4" w:rsidRPr="00AC1E6F" w:rsidRDefault="00C43DB4" w:rsidP="00C43DB4">
+  <w:p w14:paraId="445DEFFC" w14:textId="6BCC855C" w:rsidR="00C43DB4" w:rsidRPr="00AC1E6F" w:rsidRDefault="00C43DB4" w:rsidP="00C43DB4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00AC1E6F">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Ревизия</w:t>
     </w:r>
     <w:r w:rsidRPr="00AC1E6F">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00E23916">
+    <w:r w:rsidR="004C1F1D">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>10</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00AC1E6F">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:t>/</w:t>
     </w:r>
-    <w:r w:rsidRPr="00AC1E6F">
+    <w:r w:rsidR="00770FB9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>/</w:t>
+      <w:t>05</w:t>
     </w:r>
-    <w:r w:rsidR="00E23916">
+    <w:r w:rsidRPr="00AC1E6F">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidR="00770FB9">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
       <w:t>01</w:t>
     </w:r>
     <w:r w:rsidRPr="00AC1E6F">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>.0</w:t>
+      <w:t>.202</w:t>
     </w:r>
-    <w:r w:rsidR="00E23916">
+    <w:r w:rsidR="00770FB9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:val="en-US"/>
-[...19 lines deleted...]
-      <w:t>2</w:t>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00AC1E6F">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="62CC782D" w14:textId="77777777" w:rsidR="00C43DB4" w:rsidRDefault="00C43DB4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0CC90553" w14:textId="77777777" w:rsidR="00C46100" w:rsidRDefault="00C46100" w:rsidP="00C43DB4">
+    <w:p w14:paraId="08A8E113" w14:textId="77777777" w:rsidR="008C550D" w:rsidRDefault="008C550D" w:rsidP="00C43DB4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5E48FBC7" w14:textId="77777777" w:rsidR="00C46100" w:rsidRDefault="00C46100" w:rsidP="00C43DB4">
+    <w:p w14:paraId="17D1A4D4" w14:textId="77777777" w:rsidR="008C550D" w:rsidRDefault="008C550D" w:rsidP="00C43DB4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03B022B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0D5498A2"/>
     <w:lvl w:ilvl="0" w:tplc="04020001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
@@ -7002,98 +7124,112 @@
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001B53DE"/>
     <w:rsid w:val="00047028"/>
     <w:rsid w:val="00090351"/>
     <w:rsid w:val="000A6F57"/>
     <w:rsid w:val="000F0BD2"/>
     <w:rsid w:val="00103BEF"/>
     <w:rsid w:val="001215A5"/>
     <w:rsid w:val="001B53DE"/>
     <w:rsid w:val="001B7167"/>
     <w:rsid w:val="001E1D7D"/>
     <w:rsid w:val="00220798"/>
     <w:rsid w:val="002348C8"/>
     <w:rsid w:val="0027789B"/>
     <w:rsid w:val="00283A0B"/>
     <w:rsid w:val="002A6DC6"/>
     <w:rsid w:val="002C5115"/>
+    <w:rsid w:val="002F148A"/>
     <w:rsid w:val="00312A73"/>
     <w:rsid w:val="00352EAF"/>
     <w:rsid w:val="003C4BAE"/>
     <w:rsid w:val="003E686B"/>
     <w:rsid w:val="00427B3C"/>
     <w:rsid w:val="00435E71"/>
     <w:rsid w:val="004371B8"/>
     <w:rsid w:val="0046605E"/>
     <w:rsid w:val="0048764D"/>
+    <w:rsid w:val="004916B3"/>
     <w:rsid w:val="00495844"/>
+    <w:rsid w:val="004C1F1D"/>
     <w:rsid w:val="004C793A"/>
     <w:rsid w:val="005271B1"/>
     <w:rsid w:val="00540A7E"/>
+    <w:rsid w:val="00562E06"/>
+    <w:rsid w:val="00566548"/>
     <w:rsid w:val="005A5F59"/>
     <w:rsid w:val="005A7A1E"/>
     <w:rsid w:val="005C56AD"/>
     <w:rsid w:val="005D3D24"/>
     <w:rsid w:val="00604827"/>
     <w:rsid w:val="006143D0"/>
+    <w:rsid w:val="006149CF"/>
     <w:rsid w:val="00633EE8"/>
+    <w:rsid w:val="006550A1"/>
     <w:rsid w:val="00657506"/>
     <w:rsid w:val="00667EC9"/>
     <w:rsid w:val="006A2BA9"/>
     <w:rsid w:val="006A3EDC"/>
     <w:rsid w:val="006B3B7A"/>
     <w:rsid w:val="006F6A45"/>
     <w:rsid w:val="006F7AF4"/>
     <w:rsid w:val="00730FC1"/>
     <w:rsid w:val="00762422"/>
     <w:rsid w:val="00764149"/>
+    <w:rsid w:val="00770FB9"/>
     <w:rsid w:val="00793BA8"/>
+    <w:rsid w:val="007B1414"/>
     <w:rsid w:val="007B7A69"/>
     <w:rsid w:val="00806A95"/>
     <w:rsid w:val="00813638"/>
     <w:rsid w:val="00887771"/>
     <w:rsid w:val="008B19C1"/>
+    <w:rsid w:val="008C550D"/>
     <w:rsid w:val="008D6CD7"/>
     <w:rsid w:val="009A04E7"/>
     <w:rsid w:val="009E7896"/>
     <w:rsid w:val="00A307CD"/>
+    <w:rsid w:val="00A937D9"/>
     <w:rsid w:val="00AA1100"/>
+    <w:rsid w:val="00AA23F8"/>
     <w:rsid w:val="00AC1E6F"/>
     <w:rsid w:val="00AD1452"/>
     <w:rsid w:val="00AE38E4"/>
+    <w:rsid w:val="00AF1726"/>
     <w:rsid w:val="00B1755F"/>
     <w:rsid w:val="00B259E7"/>
     <w:rsid w:val="00B45FDD"/>
     <w:rsid w:val="00B60D01"/>
+    <w:rsid w:val="00B72E8C"/>
     <w:rsid w:val="00B76FA0"/>
     <w:rsid w:val="00BA65DA"/>
     <w:rsid w:val="00BD6856"/>
     <w:rsid w:val="00BE04E1"/>
     <w:rsid w:val="00BE6EC9"/>
     <w:rsid w:val="00BE705B"/>
     <w:rsid w:val="00C43DB4"/>
     <w:rsid w:val="00C46100"/>
     <w:rsid w:val="00C832C5"/>
     <w:rsid w:val="00CE4AF4"/>
     <w:rsid w:val="00CF32AC"/>
     <w:rsid w:val="00D31D64"/>
     <w:rsid w:val="00D76042"/>
     <w:rsid w:val="00DE6C0C"/>
     <w:rsid w:val="00E065EE"/>
     <w:rsid w:val="00E162F9"/>
     <w:rsid w:val="00E23916"/>
     <w:rsid w:val="00E2596A"/>
     <w:rsid w:val="00E423B0"/>
     <w:rsid w:val="00E62E61"/>
     <w:rsid w:val="00E82903"/>
     <w:rsid w:val="00E85FE2"/>
     <w:rsid w:val="00E9657B"/>
     <w:rsid w:val="00EA4642"/>
     <w:rsid w:val="00EB0C3B"/>
@@ -7157,51 +7293,51 @@
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7765,62 +7901,64 @@
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C43DB4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C43DB4"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C43DB4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00C43DB4"/>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="239606426">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -8721,51 +8859,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1476489116">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_vn@marad.bg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bma@marad.bg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_lm@marad.bg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_rs@marad.bg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_bs@marad.bg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bma@marad.bg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.bg/wps/portal/egov/dostavchitsi+na+uslugi/izpalnitelni+agentsii/uslugi-145/825" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_lm@marad.bg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_rs@marad.bg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_bs@marad.bg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_vn@marad.bg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -9013,83 +9151,83 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5193</Characters>
+  <Pages>2</Pages>
+  <Words>919</Words>
+  <Characters>5239</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>43</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Bulgarian Maritime Administration</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6092</CharactersWithSpaces>
+  <CharactersWithSpaces>6146</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>5308503</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>javascript://</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3997807</vt:i4>
       </vt:variant>
       <vt:variant>