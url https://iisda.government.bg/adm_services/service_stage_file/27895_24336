--- v0 (2025-11-20)
+++ v1 (2026-01-09)
@@ -1587,51 +1587,51 @@
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Електронен адрес за предложения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25D7742E" w14:textId="77777777" w:rsidR="00173E69" w:rsidRPr="002277D3" w:rsidRDefault="000874BE" w:rsidP="00EF600E">
+    <w:p w14:paraId="25D7742E" w14:textId="77777777" w:rsidR="00173E69" w:rsidRPr="002277D3" w:rsidRDefault="00D354A4" w:rsidP="00EF600E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00597EEE" w:rsidRPr="002277D3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
           </w:rPr>
@@ -5774,85 +5774,109 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">За извършване на проверка на експлоатационната годност на пристанище или пристанищен терминал по искане на заинтересуваното лице с цел издаване на </w:t>
       </w:r>
       <w:r w:rsidR="00430C19" w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>УЕГ</w:t>
       </w:r>
       <w:r w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> се събират следните такси:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F9C60E6" w14:textId="5081B883" w:rsidR="006A12B2" w:rsidRPr="002277D3" w:rsidRDefault="006A12B2" w:rsidP="00EF600E">
+    <w:p w14:paraId="0F9C60E6" w14:textId="54F7D732" w:rsidR="006A12B2" w:rsidRPr="002277D3" w:rsidRDefault="006A12B2" w:rsidP="00EF600E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1. за пристанище за обществен транспорт или терминал от такова пристанище </w:t>
       </w:r>
       <w:r w:rsidR="00203306" w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE2CE4" w:rsidRPr="00EE2CE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>511,29</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE2CE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> евро/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002277D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00203306" w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">000 </w:t>
       </w:r>
       <w:r w:rsidR="00DD7694" w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(хиляда) </w:t>
       </w:r>
@@ -5900,85 +5924,111 @@
       <w:r w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> от Тарифа №</w:t>
       </w:r>
       <w:r w:rsidR="00430C19" w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D3E2028" w14:textId="42527FF6" w:rsidR="006A12B2" w:rsidRPr="002277D3" w:rsidRDefault="006A12B2" w:rsidP="00EF600E">
+    <w:p w14:paraId="7D3E2028" w14:textId="57243BB5" w:rsidR="006A12B2" w:rsidRPr="002277D3" w:rsidRDefault="006A12B2" w:rsidP="00EF600E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2. за пристанище по чл. 107 - 109 от ЗМПВВППРБ </w:t>
       </w:r>
       <w:r w:rsidR="00DD7694" w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 600</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64CCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>306,77</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00EE2CE4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> евро/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002277D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>600</w:t>
       </w:r>
       <w:r w:rsidR="00DD7694" w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (шестстотин)</w:t>
       </w:r>
       <w:r w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> лв. (чл. 83б, ал. </w:t>
       </w:r>
       <w:r w:rsidR="00CC7C7E" w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1, т. 2</w:t>
       </w:r>
@@ -6093,97 +6143,87 @@
         <w:t>от НИЕГПСПО</w:t>
       </w:r>
       <w:r w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, подлежат на об</w:t>
       </w:r>
       <w:r w:rsidRPr="006A12B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">жалване по реда на </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006A12B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Администрати</w:t>
-[...9 lines deleted...]
-        <w:t>внопроцесуалния</w:t>
+        <w:t>Административнопроцесуалния</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006A12B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> кодекс.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006A12B2" w:rsidSect="00DD4C9E">
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="851" w:right="1417" w:bottom="1417" w:left="1417" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6FACB7C4" w14:textId="77777777" w:rsidR="000874BE" w:rsidRDefault="000874BE" w:rsidP="00FD4DFC">
+    <w:p w14:paraId="37BC6DF3" w14:textId="77777777" w:rsidR="00D354A4" w:rsidRDefault="00D354A4" w:rsidP="00FD4DFC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="799A4FD7" w14:textId="77777777" w:rsidR="000874BE" w:rsidRDefault="000874BE" w:rsidP="00FD4DFC">
+    <w:p w14:paraId="7E1D9DB5" w14:textId="77777777" w:rsidR="00D354A4" w:rsidRDefault="00D354A4" w:rsidP="00FD4DFC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -6214,241 +6254,232 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="4405A739" w14:textId="572B51A4" w:rsidR="006E605F" w:rsidRPr="00FD4DFC" w:rsidRDefault="006E605F" w:rsidP="00FD4DFC">
+  <w:p w14:paraId="4405A739" w14:textId="0B383542" w:rsidR="006E605F" w:rsidRPr="00FD4DFC" w:rsidRDefault="006E605F" w:rsidP="00FD4DFC">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00203306">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve">Ревизия </w:t>
     </w:r>
-    <w:r w:rsidR="00515964">
+    <w:r w:rsidR="00EE2CE4">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="bg-BG"/>
+      </w:rPr>
+      <w:t>7</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00203306">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="bg-BG"/>
+      </w:rPr>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="004016C8">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:t>05</w:t>
     </w:r>
     <w:r w:rsidRPr="00203306">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+      </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidR="004016C8">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
-      <w:t>/</w:t>
+      <w:t>01</w:t>
     </w:r>
-    <w:r w:rsidR="00835D6C" w:rsidRPr="00203306">
+    <w:r w:rsidRPr="00203306">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+      </w:rPr>
+      <w:t>.202</w:t>
+    </w:r>
+    <w:r w:rsidR="004016C8">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00203306">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>.</w:t>
     </w:r>
-    <w:r w:rsidR="00515964">
-[...44 lines deleted...]
-    <w:r w:rsidRPr="00203306">
+    <w:r w:rsidRPr="00FD4DFC">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
-      <w:t>.</w:t>
+      <w:tab/>
     </w:r>
-    <w:r w:rsidRPr="00FD4DFC">
+    <w:r w:rsidR="00685943">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00685943">
+    <w:r w:rsidR="00B459C0" w:rsidRPr="00FD4DFC">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
-      <w:tab/>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00B459C0" w:rsidRPr="00FD4DFC">
+    <w:r w:rsidRPr="00FD4DFC">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
-      <w:fldChar w:fldCharType="begin"/>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00FD4DFC">
+    <w:r w:rsidR="00B459C0" w:rsidRPr="00FD4DFC">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
-      <w:instrText xml:space="preserve"> PAGE </w:instrText>
-[...7 lines deleted...]
-      </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="002277D3">
+    <w:r w:rsidR="00E64CCD">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00B459C0" w:rsidRPr="00FD4DFC">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="27ED0043" w14:textId="77777777" w:rsidR="006E605F" w:rsidRDefault="006E605F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C69C8AD" w14:textId="77777777" w:rsidR="000874BE" w:rsidRDefault="000874BE" w:rsidP="00FD4DFC">
+    <w:p w14:paraId="635EB902" w14:textId="77777777" w:rsidR="00D354A4" w:rsidRDefault="00D354A4" w:rsidP="00FD4DFC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1DEBF2D9" w14:textId="77777777" w:rsidR="000874BE" w:rsidRDefault="000874BE" w:rsidP="00FD4DFC">
+    <w:p w14:paraId="62D9DDC9" w14:textId="77777777" w:rsidR="00D354A4" w:rsidRDefault="00D354A4" w:rsidP="00FD4DFC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="026C20A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65A4B77C"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -10858,50 +10889,51 @@
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006A12B2"/>
     <w:rsid w:val="000117AE"/>
     <w:rsid w:val="00011BC1"/>
     <w:rsid w:val="000346DF"/>
     <w:rsid w:val="000458E4"/>
     <w:rsid w:val="000674D8"/>
     <w:rsid w:val="000874BE"/>
     <w:rsid w:val="000940A6"/>
+    <w:rsid w:val="00096462"/>
     <w:rsid w:val="000B4F57"/>
     <w:rsid w:val="000C0D1C"/>
     <w:rsid w:val="000F659D"/>
     <w:rsid w:val="00102921"/>
     <w:rsid w:val="0011357B"/>
     <w:rsid w:val="00115DC0"/>
     <w:rsid w:val="001411AA"/>
     <w:rsid w:val="00157AEC"/>
     <w:rsid w:val="0016503D"/>
     <w:rsid w:val="00173E69"/>
     <w:rsid w:val="0017554F"/>
     <w:rsid w:val="001817F0"/>
     <w:rsid w:val="00195EF1"/>
     <w:rsid w:val="00197197"/>
     <w:rsid w:val="001A6566"/>
     <w:rsid w:val="001C0EAD"/>
     <w:rsid w:val="001C7F6D"/>
     <w:rsid w:val="001D6468"/>
     <w:rsid w:val="001F12F1"/>
     <w:rsid w:val="00203306"/>
     <w:rsid w:val="00203608"/>
     <w:rsid w:val="00204A01"/>
     <w:rsid w:val="002142AC"/>
     <w:rsid w:val="0022234F"/>
     <w:rsid w:val="00227528"/>
@@ -10920,50 +10952,51 @@
     <w:rsid w:val="002D18CF"/>
     <w:rsid w:val="002D47A0"/>
     <w:rsid w:val="002D523B"/>
     <w:rsid w:val="002E045E"/>
     <w:rsid w:val="002E4859"/>
     <w:rsid w:val="00307BCA"/>
     <w:rsid w:val="00312382"/>
     <w:rsid w:val="00313BE1"/>
     <w:rsid w:val="00321553"/>
     <w:rsid w:val="00324057"/>
     <w:rsid w:val="003348D0"/>
     <w:rsid w:val="00341036"/>
     <w:rsid w:val="003532F6"/>
     <w:rsid w:val="003574FC"/>
     <w:rsid w:val="00357C80"/>
     <w:rsid w:val="003608E1"/>
     <w:rsid w:val="00362C9D"/>
     <w:rsid w:val="00375949"/>
     <w:rsid w:val="00397EAC"/>
     <w:rsid w:val="003B3E22"/>
     <w:rsid w:val="003C250C"/>
     <w:rsid w:val="003C6DE7"/>
     <w:rsid w:val="003E4B97"/>
     <w:rsid w:val="003E7843"/>
     <w:rsid w:val="003F0CB8"/>
+    <w:rsid w:val="004016C8"/>
     <w:rsid w:val="00404C30"/>
     <w:rsid w:val="00405A4E"/>
     <w:rsid w:val="00430C19"/>
     <w:rsid w:val="00471E0E"/>
     <w:rsid w:val="00487B0D"/>
     <w:rsid w:val="00496C7B"/>
     <w:rsid w:val="004A200F"/>
     <w:rsid w:val="004B3A7C"/>
     <w:rsid w:val="004B4E66"/>
     <w:rsid w:val="004B694D"/>
     <w:rsid w:val="004C058D"/>
     <w:rsid w:val="004C6425"/>
     <w:rsid w:val="004E578D"/>
     <w:rsid w:val="004E77BA"/>
     <w:rsid w:val="004F7CDA"/>
     <w:rsid w:val="00506448"/>
     <w:rsid w:val="00515964"/>
     <w:rsid w:val="005320E0"/>
     <w:rsid w:val="00550246"/>
     <w:rsid w:val="00551A46"/>
     <w:rsid w:val="00553E0B"/>
     <w:rsid w:val="00562573"/>
     <w:rsid w:val="0056291D"/>
     <w:rsid w:val="00574A05"/>
     <w:rsid w:val="0059780E"/>
@@ -11053,73 +11086,77 @@
     <w:rsid w:val="00AE42F2"/>
     <w:rsid w:val="00AF3C75"/>
     <w:rsid w:val="00B26DB1"/>
     <w:rsid w:val="00B35BE9"/>
     <w:rsid w:val="00B459C0"/>
     <w:rsid w:val="00B4762E"/>
     <w:rsid w:val="00B626C1"/>
     <w:rsid w:val="00B645B0"/>
     <w:rsid w:val="00B84BB1"/>
     <w:rsid w:val="00B85FE5"/>
     <w:rsid w:val="00B93A3B"/>
     <w:rsid w:val="00B958E8"/>
     <w:rsid w:val="00BA01F9"/>
     <w:rsid w:val="00BA0CA3"/>
     <w:rsid w:val="00BB1836"/>
     <w:rsid w:val="00BC5BC1"/>
     <w:rsid w:val="00BD3496"/>
     <w:rsid w:val="00C11836"/>
     <w:rsid w:val="00C21B4D"/>
     <w:rsid w:val="00C50DED"/>
     <w:rsid w:val="00CB2AEA"/>
     <w:rsid w:val="00CB3126"/>
     <w:rsid w:val="00CB3C09"/>
     <w:rsid w:val="00CB7F06"/>
     <w:rsid w:val="00CC7C7E"/>
+    <w:rsid w:val="00CD61FC"/>
     <w:rsid w:val="00D038F1"/>
     <w:rsid w:val="00D056F6"/>
     <w:rsid w:val="00D116E5"/>
     <w:rsid w:val="00D1762D"/>
     <w:rsid w:val="00D225D7"/>
+    <w:rsid w:val="00D354A4"/>
     <w:rsid w:val="00D5644F"/>
     <w:rsid w:val="00D614A6"/>
     <w:rsid w:val="00D84C3B"/>
     <w:rsid w:val="00DB0BEC"/>
     <w:rsid w:val="00DC285A"/>
     <w:rsid w:val="00DD3D74"/>
     <w:rsid w:val="00DD3E3D"/>
     <w:rsid w:val="00DD4C9E"/>
     <w:rsid w:val="00DD7694"/>
     <w:rsid w:val="00DF29D3"/>
     <w:rsid w:val="00E10326"/>
     <w:rsid w:val="00E17115"/>
     <w:rsid w:val="00E26164"/>
     <w:rsid w:val="00E3584C"/>
+    <w:rsid w:val="00E64CCD"/>
     <w:rsid w:val="00E654F0"/>
     <w:rsid w:val="00EA2B10"/>
     <w:rsid w:val="00EB4ED6"/>
     <w:rsid w:val="00ED74F6"/>
+    <w:rsid w:val="00EE2CE4"/>
     <w:rsid w:val="00EF600E"/>
     <w:rsid w:val="00EF7F7C"/>
     <w:rsid w:val="00F0333B"/>
     <w:rsid w:val="00F071DF"/>
     <w:rsid w:val="00F1341A"/>
     <w:rsid w:val="00F2322C"/>
     <w:rsid w:val="00F277C3"/>
     <w:rsid w:val="00F442F3"/>
     <w:rsid w:val="00F47D1D"/>
     <w:rsid w:val="00F50DA1"/>
     <w:rsid w:val="00F63200"/>
     <w:rsid w:val="00F67886"/>
     <w:rsid w:val="00F8112F"/>
     <w:rsid w:val="00F8361B"/>
     <w:rsid w:val="00FA04F7"/>
     <w:rsid w:val="00FA1359"/>
     <w:rsid w:val="00FB6926"/>
     <w:rsid w:val="00FC2F73"/>
     <w:rsid w:val="00FC365E"/>
     <w:rsid w:val="00FC67D5"/>
     <w:rsid w:val="00FD1F6D"/>
     <w:rsid w:val="00FD4DFC"/>
     <w:rsid w:val="00FE3583"/>
     <w:rsid w:val="00FE68FC"/>
   </w:rsids>
@@ -12147,87 +12184,87 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9355CC4-6731-4BC0-A57C-FFD685A86920}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A270162-50C6-416F-BA0E-67B412D02F29}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1914</Words>
-  <Characters>10913</Characters>
+  <Words>1918</Words>
+  <Characters>10934</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>90</Lines>
+  <Lines>91</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12802</CharactersWithSpaces>
+  <CharactersWithSpaces>12827</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="48" baseType="variant">
       <vt:variant>
         <vt:i4>2162725</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>21</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:hm_lm@marad.bg</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4128827</vt:i4>
       </vt:variant>
       <vt:variant>