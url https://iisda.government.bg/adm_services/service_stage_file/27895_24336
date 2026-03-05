--- v1 (2026-01-09)
+++ v2 (2026-03-05)
@@ -1587,51 +1587,51 @@
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Електронен адрес за предложения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25D7742E" w14:textId="77777777" w:rsidR="00173E69" w:rsidRPr="002277D3" w:rsidRDefault="00D354A4" w:rsidP="00EF600E">
+    <w:p w14:paraId="25D7742E" w14:textId="77777777" w:rsidR="00173E69" w:rsidRPr="002277D3" w:rsidRDefault="00913E1F" w:rsidP="00EF600E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00597EEE" w:rsidRPr="002277D3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
           </w:rPr>
@@ -5924,93 +5924,93 @@
       <w:r w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> от Тарифа №</w:t>
       </w:r>
       <w:r w:rsidR="00430C19" w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D3E2028" w14:textId="57243BB5" w:rsidR="006A12B2" w:rsidRPr="002277D3" w:rsidRDefault="006A12B2" w:rsidP="00EF600E">
+    <w:p w14:paraId="7D3E2028" w14:textId="56391B31" w:rsidR="006A12B2" w:rsidRPr="002277D3" w:rsidRDefault="006A12B2" w:rsidP="00EF600E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2. за пристанище по чл. 107 - 109 от ЗМПВВППРБ </w:t>
       </w:r>
       <w:r w:rsidR="00DD7694" w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E64CCD">
-[...5 lines deleted...]
-        <w:t>306,77</w:t>
+      <w:r w:rsidR="00880283">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>306,78</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00EE2CE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> евро/</w:t>
       </w:r>
       <w:r w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>600</w:t>
       </w:r>
       <w:r w:rsidR="00DD7694" w:rsidRPr="002277D3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -6169,61 +6169,61 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006A12B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> кодекс.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006A12B2" w:rsidSect="00DD4C9E">
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="851" w:right="1417" w:bottom="1417" w:left="1417" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37BC6DF3" w14:textId="77777777" w:rsidR="00D354A4" w:rsidRDefault="00D354A4" w:rsidP="00FD4DFC">
+    <w:p w14:paraId="728051BF" w14:textId="77777777" w:rsidR="00913E1F" w:rsidRDefault="00913E1F" w:rsidP="00FD4DFC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7E1D9DB5" w14:textId="77777777" w:rsidR="00D354A4" w:rsidRDefault="00D354A4" w:rsidP="00FD4DFC">
+    <w:p w14:paraId="385D4F1F" w14:textId="77777777" w:rsidR="00913E1F" w:rsidRDefault="00913E1F" w:rsidP="00FD4DFC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -6254,51 +6254,51 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="4405A739" w14:textId="0B383542" w:rsidR="006E605F" w:rsidRPr="00FD4DFC" w:rsidRDefault="006E605F" w:rsidP="00FD4DFC">
+  <w:p w14:paraId="4405A739" w14:textId="526731C3" w:rsidR="006E605F" w:rsidRPr="00FD4DFC" w:rsidRDefault="006E605F" w:rsidP="00FD4DFC">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00203306">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve">Ревизия </w:t>
     </w:r>
     <w:r w:rsidR="00EE2CE4">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -6394,92 +6394,92 @@
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00FD4DFC">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidR="00B459C0" w:rsidRPr="00FD4DFC">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00E64CCD">
+    <w:r w:rsidR="00880283">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00B459C0" w:rsidRPr="00FD4DFC">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="27ED0043" w14:textId="77777777" w:rsidR="006E605F" w:rsidRDefault="006E605F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="635EB902" w14:textId="77777777" w:rsidR="00D354A4" w:rsidRDefault="00D354A4" w:rsidP="00FD4DFC">
+    <w:p w14:paraId="5C02D13A" w14:textId="77777777" w:rsidR="00913E1F" w:rsidRDefault="00913E1F" w:rsidP="00FD4DFC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62D9DDC9" w14:textId="77777777" w:rsidR="00D354A4" w:rsidRDefault="00D354A4" w:rsidP="00FD4DFC">
+    <w:p w14:paraId="6826FE9D" w14:textId="77777777" w:rsidR="00913E1F" w:rsidRDefault="00913E1F" w:rsidP="00FD4DFC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="026C20A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="65A4B77C"/>
     <w:lvl w:ilvl="0" w:tplc="0409000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -11021,59 +11021,61 @@
     <w:rsid w:val="006D7971"/>
     <w:rsid w:val="006E605F"/>
     <w:rsid w:val="006E72FD"/>
     <w:rsid w:val="006F6263"/>
     <w:rsid w:val="007004CE"/>
     <w:rsid w:val="00704F61"/>
     <w:rsid w:val="00721107"/>
     <w:rsid w:val="007308A1"/>
     <w:rsid w:val="007638D6"/>
     <w:rsid w:val="0077175C"/>
     <w:rsid w:val="007B6802"/>
     <w:rsid w:val="007E686E"/>
     <w:rsid w:val="007F266A"/>
     <w:rsid w:val="007F2BE0"/>
     <w:rsid w:val="007F561E"/>
     <w:rsid w:val="00810050"/>
     <w:rsid w:val="00814C8F"/>
     <w:rsid w:val="00833501"/>
     <w:rsid w:val="00835D6C"/>
     <w:rsid w:val="00837AC1"/>
     <w:rsid w:val="00841382"/>
     <w:rsid w:val="00844263"/>
     <w:rsid w:val="00847FAC"/>
     <w:rsid w:val="00852501"/>
     <w:rsid w:val="00867B0C"/>
+    <w:rsid w:val="00880283"/>
     <w:rsid w:val="00883EC9"/>
     <w:rsid w:val="008C15C9"/>
     <w:rsid w:val="008C31C3"/>
     <w:rsid w:val="008D0D3D"/>
     <w:rsid w:val="008D1380"/>
     <w:rsid w:val="008D493A"/>
     <w:rsid w:val="008E2C32"/>
     <w:rsid w:val="008E7A32"/>
     <w:rsid w:val="00910A25"/>
+    <w:rsid w:val="00913E1F"/>
     <w:rsid w:val="00945A4B"/>
     <w:rsid w:val="009651F1"/>
     <w:rsid w:val="00981ADF"/>
     <w:rsid w:val="00984FAC"/>
     <w:rsid w:val="00986693"/>
     <w:rsid w:val="00993187"/>
     <w:rsid w:val="009A5122"/>
     <w:rsid w:val="009B6DF7"/>
     <w:rsid w:val="009B6F24"/>
     <w:rsid w:val="009C36E9"/>
     <w:rsid w:val="009E5A7C"/>
     <w:rsid w:val="009F5471"/>
     <w:rsid w:val="009F7519"/>
     <w:rsid w:val="00A2177C"/>
     <w:rsid w:val="00A3473A"/>
     <w:rsid w:val="00A35531"/>
     <w:rsid w:val="00A52157"/>
     <w:rsid w:val="00A6008C"/>
     <w:rsid w:val="00A60622"/>
     <w:rsid w:val="00A71D6F"/>
     <w:rsid w:val="00A7788F"/>
     <w:rsid w:val="00A83DF9"/>
     <w:rsid w:val="00A851E6"/>
     <w:rsid w:val="00A85BEC"/>
     <w:rsid w:val="00A91360"/>
@@ -12184,51 +12186,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A270162-50C6-416F-BA0E-67B412D02F29}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{75F67DF0-7512-4808-BAEC-225F6DF4FEC7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>1918</Words>
   <Characters>10934</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>91</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>