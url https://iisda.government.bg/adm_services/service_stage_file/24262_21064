--- v0 (2025-11-08)
+++ v1 (2026-02-05)
@@ -4,108 +4,126 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="7FF98AD1" w14:textId="77777777" w:rsidR="001B53DE" w:rsidRPr="001B53DE" w:rsidRDefault="00D5260E" w:rsidP="00CF3F5D">
+    <w:p w14:paraId="7FF98AD1" w14:textId="77777777" w:rsidR="001B53DE" w:rsidRPr="001B53DE" w:rsidRDefault="00DE76C1" w:rsidP="00CF3F5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId7" w:history="1">
-[...44 lines deleted...]
-      </w:hyperlink>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://iisda.government.bg/no_frame/ras/adm_structures/organigram/728" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="001B53DE" w:rsidRPr="001B53DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>Изпълнителна агенция "</w:t>
+      </w:r>
+      <w:r w:rsidR="00312A73" w:rsidRPr="00BA65DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Морска </w:t>
+      </w:r>
+      <w:r w:rsidR="009B3B42" w:rsidRPr="00BA65DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>администрация</w:t>
+      </w:r>
+      <w:r w:rsidR="001B53DE" w:rsidRPr="001B53DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="234F745B" w14:textId="77777777" w:rsidR="007F2528" w:rsidRDefault="007F2528" w:rsidP="00CF3F5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A2F876C" w14:textId="7F1317DA" w:rsidR="001B53DE" w:rsidRDefault="007F2528" w:rsidP="00CF3F5D">
@@ -635,115 +653,227 @@
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA65DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Електронен адрес за предложения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24E6C6B9" w14:textId="420BF1A3" w:rsidR="001B53DE" w:rsidRPr="00DB646C" w:rsidRDefault="0008729C" w:rsidP="00AA73BC">
+    <w:p w14:paraId="24E6C6B9" w14:textId="420BF1A3" w:rsidR="001B53DE" w:rsidRPr="00DB646C" w:rsidRDefault="000B4247" w:rsidP="00AA73BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidR="004B77BD" w:rsidRPr="00C33B24">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
           </w:rPr>
           <w:t>bma@marad.bg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004E46C7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="446276DB" w14:textId="77777777" w:rsidR="0017181C" w:rsidRPr="00BF3BF1" w:rsidRDefault="001B53DE" w:rsidP="00AA73BC">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0017181C">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t>Административни звена, в които се подават документите</w:t>
-      </w:r>
+        <w:t>Административни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0017181C">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0017181C">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>звена</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0017181C">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0017181C">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>които</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0017181C">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0017181C">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>се</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0017181C">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0017181C">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>подават</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0017181C">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0017181C">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>документите</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0017181C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> за в</w:t>
       </w:r>
       <w:r w:rsidR="0017181C" w:rsidRPr="00BF3BF1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">писване на плавателен стаж в </w:t>
       </w:r>
       <w:r w:rsidR="0017181C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
@@ -798,51 +928,71 @@
     </w:p>
     <w:p w14:paraId="2EFD7A2B" w14:textId="75A52073" w:rsidR="003E7C53" w:rsidRPr="00DB26AA" w:rsidRDefault="003E7C53" w:rsidP="00AA73BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7C53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>гр. София, п.к. 1000, ул. „Дякон</w:t>
+        <w:t xml:space="preserve">гр. София, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>п.к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. 1000, ул. „Дякон</w:t>
       </w:r>
       <w:r w:rsidR="004B77BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Игнатий“ № 9, тел. 0700 10 145. Стандартно</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7C53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB26AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -864,98 +1014,118 @@
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: пон</w:t>
       </w:r>
       <w:r w:rsidR="00E93B5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>еделник-петък от 09:00 до 17:30,</w:t>
       </w:r>
       <w:r w:rsidR="00E93B5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="00E93B5C" w:rsidRPr="002D7CE5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>bma@marad.bg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E93B5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D448542" w14:textId="5ADACB32" w:rsidR="003E7C53" w:rsidRPr="00DB26AA" w:rsidRDefault="003E7C53" w:rsidP="00AA73BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7C53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">гр. Варна, п.к. 9000, бул. </w:t>
+        <w:t xml:space="preserve">гр. Варна, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>п.к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 9000, бул. </w:t>
       </w:r>
       <w:r w:rsidR="00E93B5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7C53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Приморски</w:t>
       </w:r>
       <w:r w:rsidR="00E93B5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
@@ -1060,101 +1230,121 @@
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> пон</w:t>
       </w:r>
       <w:r w:rsidR="00E93B5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>еделник-петък от 09:00 до 17:30,</w:t>
       </w:r>
       <w:r w:rsidR="00E93B5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="00E93B5C" w:rsidRPr="002D7CE5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>hm_vn@marad.bg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E93B5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58B9134F" w14:textId="16B21AE7" w:rsidR="003E7C53" w:rsidRPr="003E7C53" w:rsidRDefault="003E7C53" w:rsidP="00AA73BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7C53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">гр. Бургас, п.к. 8000, </w:t>
-      </w:r>
+        <w:t xml:space="preserve">гр. Бургас, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E7C53">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>п.к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 8000, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E7C53">
+        <w:rPr>
           <w:rStyle w:val="value-label"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ул. </w:t>
       </w:r>
       <w:r w:rsidR="00E93B5C">
         <w:rPr>
           <w:rStyle w:val="value-label"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7C53">
         <w:rPr>
           <w:rStyle w:val="value-label"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
@@ -1270,101 +1460,121 @@
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>понеделник-петък от 09:00 до 17:30</w:t>
       </w:r>
       <w:r w:rsidR="00E93B5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00E93B5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00E93B5C" w:rsidRPr="002D7CE5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>hm_bs@marad.bg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E93B5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F26B1D6" w14:textId="49BECC4F" w:rsidR="003E7C53" w:rsidRPr="003E7C53" w:rsidRDefault="003E7C53" w:rsidP="00AA73BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7C53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">гр. Русе, п.к. 7000, </w:t>
-      </w:r>
+        <w:t xml:space="preserve">гр. Русе, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E7C53">
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>п.к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 7000, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E7C53">
+        <w:rPr>
           <w:rStyle w:val="value-label"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ул. </w:t>
       </w:r>
       <w:r w:rsidR="00E93B5C">
         <w:rPr>
           <w:rStyle w:val="value-label"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="003E7C53">
         <w:rPr>
           <w:rStyle w:val="value-label"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
@@ -1480,98 +1690,118 @@
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>понеделник-петък от 09:00 до 17:30</w:t>
       </w:r>
       <w:r w:rsidR="00E93B5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00E93B5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> email: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00E93B5C" w:rsidRPr="002D7CE5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>hm_rs@marad.bg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E93B5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A814D6A" w14:textId="08ABC18B" w:rsidR="003E7C53" w:rsidRPr="00E93B5C" w:rsidRDefault="003E7C53" w:rsidP="00AA73BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7C53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>гр. Лом, п.к. 3600, Дунавски парк № 3, тел. 0700 10 145</w:t>
+        <w:t xml:space="preserve">гр. Лом, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003E7C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>п.к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003E7C53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. 3600, Дунавски парк № 3, тел. 0700 10 145</w:t>
       </w:r>
       <w:r w:rsidR="004B77BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="004B77BD" w:rsidRPr="004B77BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004B77BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1617,63 +1847,74 @@
       <w:r w:rsidR="004B77BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB26AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>пон</w:t>
       </w:r>
       <w:r w:rsidR="00E93B5C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>еделник-петък от 09:00 до 17:30, email</w:t>
-      </w:r>
+        <w:t xml:space="preserve">еделник-петък от 09:00 до 17:30, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E93B5C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>email</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004B77BD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00E93B5C" w:rsidRPr="002D7CE5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>hm_lm@marad.bg</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="1CCE4198" w14:textId="65076AB4" w:rsidR="00E93B5C" w:rsidRPr="00E93B5C" w:rsidRDefault="00E93B5C" w:rsidP="00AA73BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -1817,119 +2058,227 @@
         </w:rPr>
         <w:t>с моряшки паспорт</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0295D6F5" w14:textId="77777777" w:rsidR="0017181C" w:rsidRPr="0017181C" w:rsidRDefault="0017181C" w:rsidP="00AA73BC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017181C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Записка от лицензирана менингова фирма, или писмо, издадено от капитана на кораба, корабопритежателя на корабаили друго упълномощено от корабособственика лице, </w:t>
+        <w:t xml:space="preserve">Записка от лицензирана </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0017181C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>менингова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0017181C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> фирма, или писмо, издадено от капитана на кораба, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0017181C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>корабопритежателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0017181C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0017181C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>корабаили</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0017181C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> друго упълномощено от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0017181C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>корабособственика</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0017181C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лице, </w:t>
       </w:r>
       <w:r w:rsidRPr="0017181C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>агенция за набиране на корабни екипажи от чужбина</w:t>
       </w:r>
       <w:r w:rsidRPr="0017181C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> за командироване и откомандироване и</w:t>
+        <w:t xml:space="preserve"> за командироване и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0017181C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>откомандироване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0017181C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
       </w:r>
       <w:r w:rsidRPr="0017181C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="0017181C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>или договор за наемане на работа</w:t>
       </w:r>
       <w:r w:rsidRPr="0017181C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="496433DE" w14:textId="77777777" w:rsidR="0017181C" w:rsidRPr="0017181C" w:rsidRDefault="0017181C" w:rsidP="00AA73BC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017181C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Свидетелство за медицинска годност от одобрено лечебно заведение* или такова, одобрено от менинг агента/държавата на знамето, когато лицето работи на кораб под чуждо знаме.</w:t>
+        <w:t xml:space="preserve">Свидетелство за медицинска годност от одобрено лечебно заведение* или такова, одобрено от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0017181C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>менинг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0017181C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> агента/държавата на знамето, когато лицето работи на кораб под чуждо знаме.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2426B4B4" w14:textId="77777777" w:rsidR="0017181C" w:rsidRPr="00CF160A" w:rsidRDefault="0017181C" w:rsidP="00AA73BC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF160A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Признаване  и регистриране на проведен плавателен стаж</w:t>
       </w:r>
@@ -1997,51 +2346,105 @@
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF160A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Трудов договор и </w:t>
       </w:r>
       <w:r w:rsidR="0017181C" w:rsidRPr="00CF160A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>оригинал и фотокопие на моряшка книжка, издадена от ИАМА или фотокопия на документи, които неоспоримо доказват данните от проведения плавателен стаж („DischargeLetter”; моряшка книжка, издадена от друга администрация); издадени/попълнени и подписани от капитана на кораба, корабособственика или негов законен представител; лицензирана посредническа фирма в Република България; агенция за набиране на корабни екипажи от чужбина /корабособственик.</w:t>
+        <w:t>оригинал и фотокопие на моряшка книжка, издадена от ИАМА или фотокопия на документи, които неоспоримо доказват данните от проведения плавателен стаж („</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0017181C" w:rsidRPr="00CF160A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DischargeLetter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0017181C" w:rsidRPr="00CF160A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”; моряшка книжка, издадена от друга администрация); издадени/попълнени и подписани от капитана на кораба, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0017181C" w:rsidRPr="00CF160A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>корабособственика</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0017181C" w:rsidRPr="00CF160A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или негов законен представител; лицензирана посредническа фирма в Република България; агенция за набиране на корабни екипажи от чужбина /</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0017181C" w:rsidRPr="00CF160A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>корабособственик</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0017181C" w:rsidRPr="00CF160A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A33B4B6" w14:textId="20DB200C" w:rsidR="0017181C" w:rsidRPr="0017181C" w:rsidRDefault="0017181C" w:rsidP="00AA73BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF160A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ако морското лице притежава свидетелство за специална или допълнителна подготовка, които не са издадени от ИАМА, предварително трябва да се премине през процедура за признаването</w:t>
       </w:r>
       <w:r w:rsidRPr="0017181C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -2107,51 +2510,87 @@
       </w:r>
       <w:r w:rsidRPr="0017181C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
       <w:r w:rsidRPr="0017181C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">., </w:t>
       </w:r>
       <w:r w:rsidRPr="0017181C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">БТ, кВ, заеманата длъжност, дата на командироване и откомандироване. </w:t>
+        <w:t xml:space="preserve">БТ, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0017181C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кВ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0017181C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, заеманата длъжност, дата на командироване и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0017181C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>откомандироване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0017181C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="619919A6" w14:textId="77777777" w:rsidR="004B77BD" w:rsidRDefault="004B77BD" w:rsidP="00AA73BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79784FFE" w14:textId="77777777" w:rsidR="004B77BD" w:rsidRPr="004B77BD" w:rsidRDefault="004E5869" w:rsidP="00AA73BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
@@ -2275,62 +2714,60 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F162E3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Признатият плавателен стаж се вписва в електронното досие на морското лице.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76989874" w14:textId="77777777" w:rsidR="00AA73BC" w:rsidRPr="00977BA8" w:rsidRDefault="00AA73BC" w:rsidP="00AA73BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="4A8E1381" w14:textId="0055190D" w:rsidR="00907F15" w:rsidRPr="00022D2C" w:rsidRDefault="0017181C" w:rsidP="00AA73BC">
+    <w:p w14:paraId="4A8E1381" w14:textId="7719D6C7" w:rsidR="00907F15" w:rsidRPr="00022D2C" w:rsidRDefault="0017181C" w:rsidP="00326B49">
       <w:pPr>
         <w:pStyle w:val="List1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="0" w:right="0" w:firstLine="709"/>
+        <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD4BE0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Такси</w:t>
       </w:r>
       <w:r w:rsidR="003E7C53" w:rsidRPr="00CD4BE0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2360,97 +2797,191 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Заплащането на таксите е по банков път или на ПОС терминал на центъра за административно обслужване</w:t>
       </w:r>
       <w:r w:rsidR="00022D2C" w:rsidRPr="00022D2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> съгласно Тарифа № 5</w:t>
       </w:r>
       <w:r w:rsidR="00077E26">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> на </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00077E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00077E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00077E26">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>МТС</w:t>
       </w:r>
       <w:r w:rsidR="00022D2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00022D2C" w:rsidRPr="00022D2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>С</w:t>
       </w:r>
       <w:r w:rsidRPr="00022D2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ъгласно чл.79 (2) За извършване на записи в моряшки паспорти при командироване и откомандироване от кораб се събира такса в размер </w:t>
-      </w:r>
+        <w:t xml:space="preserve">ъгласно чл.79 (2) За извършване на записи в моряшки паспорти при командироване и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00022D2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>откомандироване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00022D2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от кораб се събира такса в размер </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022D2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00326B49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006374AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2,5</w:t>
+      </w:r>
+      <w:r w:rsidR="006374AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00326B49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> евро/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00022D2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00907F15" w:rsidRPr="00022D2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5 лв</w:t>
       </w:r>
       <w:r w:rsidR="003E7C53" w:rsidRPr="00022D2C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="478F291C" w14:textId="77777777" w:rsidR="003E7C53" w:rsidRPr="00C13031" w:rsidRDefault="003E7C53" w:rsidP="00AA73BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
@@ -2521,76 +3052,76 @@
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC70ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> *Списъкът на одобрените лечебни заведения е публикуван на официалната страница на ИАМА: www.marad.bg</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26B56DB7" w14:textId="77777777" w:rsidR="002A4C29" w:rsidRPr="00FC70ED" w:rsidRDefault="002A4C29" w:rsidP="00AA73BC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002A4C29" w:rsidRPr="00FC70ED" w:rsidSect="002A4C29">
-      <w:footerReference w:type="even" r:id="rId14"/>
-      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="993" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B9DE42D" w14:textId="77777777" w:rsidR="0008729C" w:rsidRDefault="0008729C" w:rsidP="0017181C">
+    <w:p w14:paraId="12C548FF" w14:textId="77777777" w:rsidR="000B4247" w:rsidRDefault="000B4247" w:rsidP="0017181C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="75FCFFE2" w14:textId="77777777" w:rsidR="0008729C" w:rsidRDefault="0008729C" w:rsidP="0017181C">
+    <w:p w14:paraId="252901EB" w14:textId="77777777" w:rsidR="000B4247" w:rsidRDefault="000B4247" w:rsidP="0017181C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2621,117 +3152,144 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="01AA6BC4" w14:textId="0D694781" w:rsidR="00A07D3C" w:rsidRPr="00B10EFB" w:rsidRDefault="00A07D3C" w:rsidP="00A07D3C">
+  <w:p w14:paraId="01AA6BC4" w14:textId="77625F67" w:rsidR="00A07D3C" w:rsidRPr="00B10EFB" w:rsidRDefault="00A07D3C" w:rsidP="00A07D3C">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B10EFB">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>Ревизия</w:t>
     </w:r>
     <w:r w:rsidR="004E46C7">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 10</w:t>
+      <w:t xml:space="preserve"> 1</w:t>
+    </w:r>
+    <w:r w:rsidR="00326B49">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="bg-BG"/>
+      </w:rPr>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00B10EFB">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
+    <w:r w:rsidR="001F2070">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+      </w:rPr>
+      <w:t>05</w:t>
+    </w:r>
     <w:r w:rsidR="004E46C7">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+      </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidR="001F2070">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>01</w:t>
     </w:r>
     <w:r w:rsidR="004E46C7">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
-[...1 lines deleted...]
-      <w:t>.</w:t>
+        <w:lang w:eastAsia="bg-BG"/>
+      </w:rPr>
+      <w:t>.202</w:t>
     </w:r>
-    <w:r w:rsidR="004E46C7">
+    <w:r w:rsidR="001F2070">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
-      <w:t>04.2022</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00B10EFB">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3CE18C1F" w14:textId="77777777" w:rsidR="00A07D3C" w:rsidRDefault="00A07D3C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="118BBA03" w14:textId="77777777" w:rsidR="00B10EFB" w:rsidRPr="00B10EFB" w:rsidRDefault="00B10EFB" w:rsidP="00B10EFB">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
@@ -2773,132 +3331,150 @@
     </w:pPr>
   </w:p>
   <w:p w14:paraId="0B7A7246" w14:textId="77777777" w:rsidR="00B10EFB" w:rsidRPr="00B10EFB" w:rsidRDefault="00B10EFB" w:rsidP="00B10EFB">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2205"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-GB" w:eastAsia="bg-BG"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-GB" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="737E8D6A" w14:textId="5CFDCB3C" w:rsidR="00B10EFB" w:rsidRPr="00B10EFB" w:rsidRDefault="00B10EFB" w:rsidP="00B10EFB">
+  <w:p w14:paraId="46C7D2CE" w14:textId="77777777" w:rsidR="00640F69" w:rsidRPr="00B10EFB" w:rsidRDefault="00640F69" w:rsidP="00640F69">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4703"/>
         <w:tab w:val="right" w:pos="9406"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B10EFB">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>Ревизия</w:t>
     </w:r>
-    <w:r w:rsidR="004E46C7">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 10</w:t>
+      <w:t xml:space="preserve"> 1</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="bg-BG"/>
+      </w:rPr>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00B10EFB">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
-    <w:r w:rsidR="004E46C7">
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+      </w:rPr>
+      <w:t>05.</w:t>
+    </w:r>
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
-      <w:t>01.04.2022</w:t>
+      <w:t>01.2026</w:t>
     </w:r>
     <w:r w:rsidRPr="00B10EFB">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:t>.</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="59041F3B" w14:textId="77777777" w:rsidR="00B10EFB" w:rsidRDefault="00B10EFB">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="08E2C451" w14:textId="77777777" w:rsidR="0008729C" w:rsidRDefault="0008729C" w:rsidP="0017181C">
+    <w:p w14:paraId="5C5AA661" w14:textId="77777777" w:rsidR="000B4247" w:rsidRDefault="000B4247" w:rsidP="0017181C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="43689536" w14:textId="77777777" w:rsidR="0008729C" w:rsidRDefault="0008729C" w:rsidP="0017181C">
+    <w:p w14:paraId="534EA5CF" w14:textId="77777777" w:rsidR="000B4247" w:rsidRDefault="000B4247" w:rsidP="0017181C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04863E40"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9BCC75DE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
@@ -5149,147 +5725,156 @@
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="284"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001B53DE"/>
     <w:rsid w:val="00022D2C"/>
     <w:rsid w:val="00053C2A"/>
     <w:rsid w:val="00077E26"/>
     <w:rsid w:val="0008729C"/>
     <w:rsid w:val="00095EE9"/>
+    <w:rsid w:val="000B4247"/>
     <w:rsid w:val="00103BEF"/>
     <w:rsid w:val="001126C9"/>
     <w:rsid w:val="00165D6B"/>
     <w:rsid w:val="0017181C"/>
     <w:rsid w:val="001B53DE"/>
     <w:rsid w:val="001B7167"/>
     <w:rsid w:val="001E1D7D"/>
+    <w:rsid w:val="001F2070"/>
     <w:rsid w:val="00206A86"/>
     <w:rsid w:val="00220798"/>
     <w:rsid w:val="002348C8"/>
     <w:rsid w:val="00282645"/>
     <w:rsid w:val="00283A0B"/>
     <w:rsid w:val="002A4C29"/>
     <w:rsid w:val="002F4E35"/>
     <w:rsid w:val="00312A73"/>
+    <w:rsid w:val="00326B49"/>
     <w:rsid w:val="00334138"/>
     <w:rsid w:val="003C4BAE"/>
     <w:rsid w:val="003E7C53"/>
     <w:rsid w:val="004702DC"/>
     <w:rsid w:val="004A048E"/>
     <w:rsid w:val="004B27B7"/>
     <w:rsid w:val="004B77BD"/>
     <w:rsid w:val="004C793A"/>
     <w:rsid w:val="004E46C7"/>
     <w:rsid w:val="004E5869"/>
     <w:rsid w:val="004F25B3"/>
     <w:rsid w:val="005271B1"/>
     <w:rsid w:val="00583670"/>
     <w:rsid w:val="005A7A1E"/>
     <w:rsid w:val="005D3D24"/>
     <w:rsid w:val="005E52FA"/>
     <w:rsid w:val="00633EE8"/>
+    <w:rsid w:val="006374AD"/>
+    <w:rsid w:val="00640F69"/>
     <w:rsid w:val="00657506"/>
     <w:rsid w:val="00667EC9"/>
     <w:rsid w:val="00695020"/>
     <w:rsid w:val="006A2BA9"/>
     <w:rsid w:val="006B23F9"/>
     <w:rsid w:val="006B3B7A"/>
     <w:rsid w:val="00713E87"/>
     <w:rsid w:val="007F2528"/>
     <w:rsid w:val="00813638"/>
+    <w:rsid w:val="008A08D7"/>
     <w:rsid w:val="008D6F40"/>
     <w:rsid w:val="008F206D"/>
     <w:rsid w:val="00906715"/>
     <w:rsid w:val="00907F15"/>
     <w:rsid w:val="00927B75"/>
     <w:rsid w:val="00977BA8"/>
     <w:rsid w:val="00983BEA"/>
     <w:rsid w:val="009B3B42"/>
     <w:rsid w:val="00A07D3C"/>
     <w:rsid w:val="00A54175"/>
     <w:rsid w:val="00A72651"/>
     <w:rsid w:val="00AA73BC"/>
     <w:rsid w:val="00B0317A"/>
     <w:rsid w:val="00B10EFB"/>
     <w:rsid w:val="00B17736"/>
     <w:rsid w:val="00B259E7"/>
     <w:rsid w:val="00BA65DA"/>
     <w:rsid w:val="00BE04E1"/>
     <w:rsid w:val="00C13031"/>
     <w:rsid w:val="00C2783D"/>
     <w:rsid w:val="00C30CFE"/>
     <w:rsid w:val="00C53E15"/>
     <w:rsid w:val="00C60401"/>
     <w:rsid w:val="00C726F8"/>
     <w:rsid w:val="00CD4BE0"/>
     <w:rsid w:val="00CF160A"/>
     <w:rsid w:val="00CF3F5D"/>
     <w:rsid w:val="00D5260E"/>
+    <w:rsid w:val="00D533B6"/>
     <w:rsid w:val="00D76042"/>
     <w:rsid w:val="00DB646C"/>
+    <w:rsid w:val="00DE76C1"/>
     <w:rsid w:val="00E93B5C"/>
     <w:rsid w:val="00EA339F"/>
     <w:rsid w:val="00EA4642"/>
     <w:rsid w:val="00F162E3"/>
     <w:rsid w:val="00F56F9B"/>
     <w:rsid w:val="00F6642E"/>
     <w:rsid w:val="00FA75E4"/>
     <w:rsid w:val="00FB5A16"/>
     <w:rsid w:val="00FC70ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -6928,51 +7513,51 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1476489116">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bma@marad.bg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_lm@marad.bg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iisda.government.bg/no_frame/ras/adm_structures/organigram/728" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_rs@marad.bg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_bs@marad.bg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_vn@marad.bg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bma@marad.bg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bma@marad.bg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:bma@marad.bg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_lm@marad.bg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_rs@marad.bg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_bs@marad.bg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hm_vn@marad.bg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7221,82 +7806,82 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>707</Words>
-  <Characters>4030</Characters>
+  <Words>708</Words>
+  <Characters>4040</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>33</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Bulgarian Maritime Administration</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4728</CharactersWithSpaces>
+  <CharactersWithSpaces>4739</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>5308503</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>javascript://</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3997807</vt:i4>
       </vt:variant>
       <vt:variant>