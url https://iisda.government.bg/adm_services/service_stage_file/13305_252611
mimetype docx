--- v0 (2025-12-22)
+++ v1 (2026-02-06)
@@ -6,11995 +6,749 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="3E73A4F6" w14:textId="77777777" w:rsidR="007370FD" w:rsidRDefault="007370FD" w:rsidP="007370FD">
+    <w:p w14:paraId="5165527C" w14:textId="77777777" w:rsidR="007370FD" w:rsidRDefault="007370FD">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E46C780" w14:textId="77777777" w:rsidR="00F105E0" w:rsidRPr="00D719ED" w:rsidRDefault="00F105E0" w:rsidP="00F105E0">
       <w:pPr>
         <w:pStyle w:val="a5"/>
-        <w:tabs>
-[...8 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:b/>
           <w:noProof/>
-          <w:sz w:val="24"/>
-[...10562 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Tahoma"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC787D">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="66C03E65" wp14:editId="1E0ECD19">
+            <wp:extent cx="647065" cy="494936"/>
+            <wp:effectExtent l="0" t="0" r="635" b="635"/>
+            <wp:docPr id="1" name="Картина 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Картина 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="653217" cy="499642"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719ED">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ИЗДАВАНЕ НА УДОСТОВЕРЕНИЕ ЗА </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719ED">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>СЕМЕЙНО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C605597" w14:textId="77777777" w:rsidR="00F105E0" w:rsidRPr="00D719ED" w:rsidRDefault="00F105E0" w:rsidP="00F105E0">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719ED">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719ED">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ПОЛОЖЕНИЕ, СЪПРУГ/А И ДЕЦА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719ED">
+        <w:rPr>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...593 lines deleted...]
-    <w:p w14:paraId="10885643" w14:textId="51A52408" w:rsidR="004C208B" w:rsidRDefault="004C208B" w:rsidP="004C208B">
+    </w:p>
+    <w:p w14:paraId="163A379D" w14:textId="56717D24" w:rsidR="00732203" w:rsidRPr="00D719ED" w:rsidRDefault="00732203" w:rsidP="00732203">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="9923"/>
         </w:tabs>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719ED">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD6995">
-[...48 lines deleted...]
-    <w:p w14:paraId="163A379D" w14:textId="4F8A7172" w:rsidR="00732203" w:rsidRPr="00D719ED" w:rsidRDefault="004C208B" w:rsidP="00732203">
+      <w:r w:rsidR="00F105E0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED" w:rsidRPr="00D719ED">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED" w:rsidRPr="00D719ED">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719ED">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">никален идентификатор на административната услуга </w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED" w:rsidRPr="00D719ED">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D719ED">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 207</w:t>
+      </w:r>
+      <w:r w:rsidR="00303EA6" w:rsidRPr="00D719ED">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00D719ED" w:rsidRPr="00D719ED">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52744B3D" w14:textId="77777777" w:rsidR="00732203" w:rsidRPr="00732203" w:rsidRDefault="00732203" w:rsidP="00732203">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52774EC2" w14:textId="77777777" w:rsidR="00732203" w:rsidRPr="00D719ED" w:rsidRDefault="00732203" w:rsidP="00732203">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D719ED">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>НОРМАТИВНА УРЕДБА:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59621165" w14:textId="33370AB6" w:rsidR="004C208B" w:rsidRDefault="00732203" w:rsidP="004C208B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="9923"/>
         </w:tabs>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...12 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00732203" w:rsidRPr="00D719ED">
-[...24 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="004C208B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0A7"/>
+      </w:r>
+      <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C208B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>чл. 110, ал. 1, т. 12 от Закона за местните данъци и такси</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC60EE">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22422D5B" w14:textId="77777777" w:rsidR="004C208B" w:rsidRDefault="004C208B" w:rsidP="004C208B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="9923"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidR="00D719ED" w:rsidRPr="00D719ED">
-[...49 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0A7"/>
+      </w:r>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>чл. 14 от Наредба №РД-02-20-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>/2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2012 г. за издаване на удостоверения въз основа на регистъра на </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D17D89D" w14:textId="0ACB15CF" w:rsidR="004E0928" w:rsidRDefault="00BC60EE" w:rsidP="005F1BDC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="9923"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidR="004C208B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>аселението</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="004C208B">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FD2B17B" w14:textId="2C105721" w:rsidR="004C208B" w:rsidRPr="00BC60EE" w:rsidRDefault="004C208B" w:rsidP="004C208B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="9923"/>
+        </w:tabs>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E0928" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="004E0928">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="004E0928" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0A7"/>
+      </w:r>
+      <w:r w:rsidR="004E0928" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004E0928">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Регламент </w:t>
+      </w:r>
+      <w:r w:rsidR="004E0928">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>((</w:t>
+      </w:r>
+      <w:r w:rsidR="004E0928">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>ЕС</w:t>
+      </w:r>
+      <w:r w:rsidR="004E0928">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-    </w:p>
-[...32 lines deleted...]
-    <w:p w14:paraId="59621165" w14:textId="33370AB6" w:rsidR="004C208B" w:rsidRDefault="00732203" w:rsidP="004C208B">
+      <w:r w:rsidR="004E0928">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №2016/1191</w:t>
+      </w:r>
+      <w:r w:rsidR="004E0928">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC60EE">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30EFA915" w14:textId="28A92592" w:rsidR="004C208B" w:rsidRPr="00BC60EE" w:rsidRDefault="004C208B" w:rsidP="004C208B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="9923"/>
         </w:tabs>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004C208B">
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0A7"/>
+      </w:r>
+      <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
-[...7 lines deleted...]
-      <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Наредба</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за определянето и администрирането на местните</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004C208B">
-[...5 lines deleted...]
-        <w:t>чл. 110, ал. 1, т. 12 от Закона за местните данъци и такси</w:t>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> такси и цени </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услуги </w:t>
       </w:r>
       <w:r w:rsidR="00BC60EE">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>;</w:t>
-[...9 lines deleted...]
-        <w:ind w:left="426" w:hanging="426"/>
+        <w:t xml:space="preserve">на територията на </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75364598" w14:textId="3D0837AA" w:rsidR="004C208B" w:rsidRPr="00DD6995" w:rsidRDefault="004C208B" w:rsidP="00260DA8">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="bg-BG"/>
-[...462 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">община </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Луковит.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59EB9C4A" w14:textId="1585114D" w:rsidR="009B76F0" w:rsidRPr="00D719ED" w:rsidRDefault="006C18ED" w:rsidP="009B76F0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
@@ -12018,493 +772,215 @@
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>л</w:t>
       </w:r>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>ично</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">ично или чрез </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">изрично </w:t>
+      </w:r>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">упълномощено лице в </w:t>
+      </w:r>
+      <w:r w:rsidR="00554F34">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Ц</w:t>
+      </w:r>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>или</w:t>
-[...120 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>ентър за административно обслужване</w:t>
+      </w:r>
       <w:r w:rsidR="00BC60EE">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70DAD46B" w14:textId="1F4C6811" w:rsidR="009B76F0" w:rsidRPr="00BC60EE" w:rsidRDefault="009B76F0" w:rsidP="009B76F0">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>у</w:t>
       </w:r>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>стно</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">стно в </w:t>
+      </w:r>
+      <w:r w:rsidR="00437ECA">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Ц</w:t>
+      </w:r>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> в </w:t>
-[...57 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>ентър за административно обслужване</w:t>
+      </w:r>
       <w:r w:rsidR="00BC60EE">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32435191" w14:textId="7EED462D" w:rsidR="00DF6055" w:rsidRDefault="009B76F0" w:rsidP="009B76F0">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r w:rsidR="005F1BDC">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...109 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">чрез единен портал за електронни адм. услуги на </w:t>
       </w:r>
       <w:r w:rsidR="00D719ED">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Министерство на е</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>лектронно</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D719ED">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>то</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> управлени</w:t>
+      </w:r>
       <w:r w:rsidR="00D719ED">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">е </w:t>
       </w:r>
       <w:r w:rsidR="006B6D3C">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">с </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16140B0E" w14:textId="7FE80EFC" w:rsidR="004C208B" w:rsidRDefault="006B6D3C" w:rsidP="00DF6055">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -12534,89 +1010,67 @@
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>ли</w:t>
       </w:r>
       <w:r w:rsidR="00DF6055">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">КЕП, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B76F0">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>на</w:t>
-[...23 lines deleted...]
-    <w:p w14:paraId="19F8C712" w14:textId="6B091FB3" w:rsidR="009B76F0" w:rsidRDefault="00080CFB" w:rsidP="005F1BDC">
+        <w:t>на адрес:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19F8C712" w14:textId="6B091FB3" w:rsidR="009B76F0" w:rsidRDefault="005016F4" w:rsidP="005F1BDC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ab"/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="005F1BDC" w:rsidRPr="00894D43">
           <w:rPr>
             <w:rStyle w:val="ab"/>
             <w:bCs/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
           <w:t>https://egov.bg/wps/portal/egov/dostavchitsi%20na%20uslugi/obshtinski%20administratsii/unificirani%20uslugi/2075?mId=351&amp;cP=1&amp;q=2075</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="09B159C4" w14:textId="28666646" w:rsidR="005F1BDC" w:rsidRDefault="00393859" w:rsidP="009B76F0">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="002D7971">
@@ -12638,59 +1092,59 @@
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">чрез портала за електронни административни услуги в интернет страницата на община Луковит </w:t>
       </w:r>
       <w:r w:rsidR="006B6D3C">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">с КЕП, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>на адрес</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BB01E4D" w14:textId="59CED208" w:rsidR="00393859" w:rsidRPr="00393859" w:rsidRDefault="00080CFB" w:rsidP="005F1BDC">
+    <w:p w14:paraId="0BB01E4D" w14:textId="59CED208" w:rsidR="00393859" w:rsidRPr="00393859" w:rsidRDefault="005016F4" w:rsidP="005F1BDC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ab"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00260DA8" w:rsidRPr="00894D43">
           <w:rPr>
             <w:rStyle w:val="ab"/>
             <w:bCs/>
           </w:rPr>
           <w:t>https://auslugi.com/public/home/lukovit/index</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00393859">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4064DF7F" w14:textId="77777777" w:rsidR="004C208B" w:rsidRPr="00F63EBD" w:rsidRDefault="004C208B" w:rsidP="004C208B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D719ED">
@@ -12728,92 +1182,65 @@
       </w:r>
       <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B76F0">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>д</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>окумент</w:t>
-[...25 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>окумент за с</w:t>
+      </w:r>
       <w:r w:rsidR="004C208B">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>амоличност</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002F3978">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004C208B">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> /лична карта</w:t>
       </w:r>
       <w:r w:rsidR="00BC60EE">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> за справка</w:t>
       </w:r>
       <w:r w:rsidR="004C208B">
@@ -12982,1722 +1409,395 @@
       <w:r w:rsidR="002A5454">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">епублика </w:t>
       </w:r>
       <w:r w:rsidR="00932B04" w:rsidRPr="004E0928">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">България:                                                           </w:t>
       </w:r>
       <w:r w:rsidR="00D556BF" w:rsidRPr="004E0928">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Многоезично стандартно удостоверение:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0616D257" w14:textId="33E24B74" w:rsidR="00932B04" w:rsidRPr="00DD6995" w:rsidRDefault="00932B04" w:rsidP="00D556BF">
-[...29 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="5D6EA7DB" w14:textId="3D4C91F6" w:rsidR="00207D92" w:rsidRDefault="00207D92" w:rsidP="00207D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
-      <w:r w:rsidR="004C208B" w:rsidRPr="00DD6995">
-[...146 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обикновена услуга-3 работни дни </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055650">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00055650">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">.79 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">евро/3.50 лв.                  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
-      <w:r w:rsidRPr="00DD6995">
-[...72 lines deleted...]
-      <w:r w:rsidR="00D719ED">
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обикновена услуга - </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">1.79 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>евро/3.50 лв.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="792A51F9" w14:textId="15057477" w:rsidR="00207D92" w:rsidRDefault="00207D92" w:rsidP="00207D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD6995">
-[...75 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
-      <w:r w:rsidR="00932B04">
-[...122 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бърза услуга-1 работен ден - </w:t>
+      </w:r>
+      <w:r>
+        <w:t>2.68</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> евро/5.25 лв.                             </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
-      <w:r w:rsidR="00932B04">
-[...125 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бърза услуга - </w:t>
+      </w:r>
+      <w:r>
+        <w:t>2.68</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> евро/5.25 лв.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6797C05B" w14:textId="28BEE99F" w:rsidR="00207D92" w:rsidRDefault="00207D92" w:rsidP="00207D92">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
-      <w:r w:rsidR="00932B04">
-[...131 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> експресна услуга-до 2 часа - </w:t>
+      </w:r>
+      <w:r>
+        <w:t>3.58</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> евро/7.00 лв.                              </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
-      <w:r w:rsidR="004E0928">
-[...110 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> експресна услуга - </w:t>
+      </w:r>
+      <w:r>
+        <w:t>3.58</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> евро/7.00 лв.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="159BB2C6" w14:textId="77777777" w:rsidR="00F90881" w:rsidRPr="00207A2C" w:rsidRDefault="00F90881" w:rsidP="00F90881">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Заплаща</w:t>
-[...299 lines deleted...]
-    <w:p w14:paraId="11262296" w14:textId="7311E211" w:rsidR="00F90881" w:rsidRPr="00D719ED" w:rsidRDefault="00F90881" w:rsidP="00F90881">
+        <w:t>Заплаща се фиксирана такса в зависимост от начина на предоставяне на резултат от електронната административна услуга, както следва:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11262296" w14:textId="0DA47AC3" w:rsidR="00F90881" w:rsidRPr="00D719ED" w:rsidRDefault="00F90881" w:rsidP="00F90881">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>експресна</w:t>
       </w:r>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...82 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> услуга по електронен път – </w:t>
       </w:r>
       <w:r w:rsidR="00D719ED">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>/3.23 евро</w:t>
+        <w:t>3.23 евро</w:t>
+      </w:r>
+      <w:r w:rsidR="00207D92">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>/6.30 лв.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51696671" w14:textId="5EF6AEB2" w:rsidR="007370FD" w:rsidRPr="00D719ED" w:rsidRDefault="007370FD" w:rsidP="007370FD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>НАЧИН НА ПЛАЩАНЕ:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44FD03F9" w14:textId="77777777" w:rsidR="00F90881" w:rsidRPr="00207A2C" w:rsidRDefault="00F90881" w:rsidP="00F90881">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>на</w:t>
-[...90 lines deleted...]
-        <w:t xml:space="preserve"> (ЦАО)</w:t>
+        <w:t>на гише "Каса" в Център за административно обслужване (ЦАО)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="398E50BB" w14:textId="77777777" w:rsidR="00F90881" w:rsidRPr="00207A2C" w:rsidRDefault="00F90881" w:rsidP="00F90881">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>чрез</w:t>
-[...76 lines deleted...]
-        <w:t xml:space="preserve"> (ЦАО)</w:t>
+        <w:t>чрез ПОС терминал в Център за административно обслужване (ЦАО)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23BBF7A4" w14:textId="77777777" w:rsidR="00F90881" w:rsidRPr="00207A2C" w:rsidRDefault="00F90881" w:rsidP="00F90881">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>по</w:t>
-[...76 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>по банкова сметка на община Луковит:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D182305" w14:textId="77777777" w:rsidR="00F90881" w:rsidRPr="00207A2C" w:rsidRDefault="00F90881" w:rsidP="00F90881">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk200977511"/>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>         „</w:t>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">         „Банка </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Банка</w:t>
-[...26 lines deleted...]
-        <w:t>"  АД</w:t>
+        <w:t>ДСК"  АД</w:t>
       </w:r>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
@@ -14751,299 +1851,142 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Код</w:t>
-[...65 lines deleted...]
-    <w:p w14:paraId="0DF9CED6" w14:textId="77777777" w:rsidR="00F90881" w:rsidRPr="00207A2C" w:rsidRDefault="00F90881" w:rsidP="00F90881">
+        <w:t>Код за вид плащане:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DF9CED6" w14:textId="4CB1F6E6" w:rsidR="00F90881" w:rsidRPr="00207A2C" w:rsidRDefault="00F90881" w:rsidP="00F90881">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">          </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>          Административни услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Административни</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00207A2C">
         <w:rPr>
-          <w:color w:val="000000"/>
-[...25 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>44 80 07</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43809C44" w14:textId="6842B66F" w:rsidR="00F90881" w:rsidRPr="00C26777" w:rsidRDefault="00D719ED" w:rsidP="00F90881">
+    <w:p w14:paraId="43809C44" w14:textId="79870AB0" w:rsidR="00F90881" w:rsidRPr="00C26777" w:rsidRDefault="0042687D" w:rsidP="00F90881">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t>▪</w:t>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F90881" w:rsidRPr="00207A2C">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>чрез</w:t>
-[...76 lines deleted...]
-        <w:t xml:space="preserve"> - https://pay.egov.bg/)</w:t>
+        <w:t>чрез системата за електронно плащане (е-плащане - https://pay.egov.bg/)</w:t>
       </w:r>
       <w:r w:rsidR="00F90881" w:rsidRPr="00C26777">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>           </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0697CA9A" w14:textId="77777777" w:rsidR="007370FD" w:rsidRPr="00D719ED" w:rsidRDefault="007370FD" w:rsidP="007370FD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D719ED">
         <w:rPr>
@@ -15088,1512 +2031,503 @@
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...69 lines deleted...]
-        <w:t>;</w:t>
+        <w:t xml:space="preserve"> работни дни – за обикновена услуга;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F44ABB6" w14:textId="77777777" w:rsidR="007370FD" w:rsidRPr="00DD6995" w:rsidRDefault="007370FD" w:rsidP="007370FD">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        <w:t>работ</w:t>
+        <w:t xml:space="preserve"> работ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>ен</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> д</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ен </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> – </w:t>
-[...41 lines deleted...]
-        <w:t>;</w:t>
+        <w:t xml:space="preserve"> – за бърза услуга;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="287C354B" w14:textId="77777777" w:rsidR="007370FD" w:rsidRDefault="007370FD" w:rsidP="007370FD">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A7"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">часа              </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">– </w:t>
-[...44 lines deleted...]
-    <w:p w14:paraId="6844743A" w14:textId="2A0210CC" w:rsidR="007370FD" w:rsidRPr="00D719ED" w:rsidRDefault="007370FD" w:rsidP="007370FD">
+        <w:t>– за експресна услуга.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6844743A" w14:textId="4865A888" w:rsidR="007370FD" w:rsidRPr="00D719ED" w:rsidRDefault="007370FD" w:rsidP="007370FD">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">ВИЕ МОЖЕ ДА ЗАЯВИТЕ ЖЕЛАНИЕТО СИ ИЗДАДЕНИЯТ ИНДИВИДУАЛЕН </w:t>
       </w:r>
       <w:r w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>А</w:t>
       </w:r>
       <w:r w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>ДМИНИСТРТИВЕН АКТ ДА ПОЛУЧИТЕ:</w:t>
+        <w:t>ДМИНИСТР</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF0BFE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00D719ED">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ТИВЕН АКТ ДА ПОЛУЧИТЕ:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="252BC11E" w14:textId="532F5718" w:rsidR="007370FD" w:rsidRPr="00BC60EE" w:rsidRDefault="006C77CF" w:rsidP="007370FD">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk90307314"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk90307314"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC60EE" w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A8"/>
       </w:r>
       <w:r w:rsidR="00BC60EE">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B76F0">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>л</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>ично</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">ично или  чрез упълномощено лице в </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA3243">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Ц</w:t>
+      </w:r>
       <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>ентър</w:t>
+      </w:r>
+      <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за административно обслужване</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC60EE">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A9C72E5" w14:textId="45C534C8" w:rsidR="006C77CF" w:rsidRDefault="006C77CF" w:rsidP="007370FD">
+      <w:pPr>
+        <w:ind w:firstLine="284"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BC60EE" w:rsidRPr="002D7971">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F0A8"/>
+      </w:r>
+      <w:r w:rsidR="009B76F0">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>ч</w:t>
+      </w:r>
       <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>или</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>рез лицензиран пощенски оператор, на посочен от Вас точен адрес, като декларирате, че</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="007370FD" w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...11 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> пощенските</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EF06A3E" w14:textId="18BBBC8E" w:rsidR="006C77CF" w:rsidRDefault="007370FD" w:rsidP="00260DA8">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD6995">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>разходи са за Ваша сметка, платими при получаването му за вътрешни пощенски</w:t>
+      </w:r>
+      <w:r w:rsidR="006C77CF">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...324 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>разходи</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> пратки и сте съгласни </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6828CF6C" w14:textId="77777777" w:rsidR="007370FD" w:rsidRPr="00DD6995" w:rsidRDefault="007370FD" w:rsidP="00260DA8">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00DD6995">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...310 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>документите да бъдат пренасяни за служебни цели.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FB260DA" w14:textId="77777777" w:rsidR="00C03744" w:rsidRPr="00C03744" w:rsidRDefault="00C03744" w:rsidP="00C03744">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C03744">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Индивидуалният</w:t>
-[...119 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Индивидуалният административен акт може да Ви бъде изпратен:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A2CED89" w14:textId="7F45011E" w:rsidR="00C03744" w:rsidRPr="00BC60EE" w:rsidRDefault="00BC60EE" w:rsidP="00C03744">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C03744">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>к</w:t>
       </w:r>
       <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>ато</w:t>
-[...57 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>ато вътрешна препоръчана пощенска пратка</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58A19159" w14:textId="2598758F" w:rsidR="00C03744" w:rsidRPr="00BC60EE" w:rsidRDefault="00BC60EE" w:rsidP="00C03744">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C03744">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>к</w:t>
       </w:r>
       <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>ато</w:t>
-[...43 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>ато вътрешна куриерска пратка</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4951ED21" w14:textId="67EDC534" w:rsidR="00C03744" w:rsidRDefault="00BC60EE" w:rsidP="00C03744">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C03744">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>к</w:t>
       </w:r>
       <w:r w:rsidR="00C03744" w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>ато</w:t>
-[...62 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>ато международна препоръчана пощенска пратка.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0557AEBB" w14:textId="1A092DCE" w:rsidR="007175A4" w:rsidRDefault="007175A4" w:rsidP="00C03744">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D7971">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F0A8"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> по електронен път на електронен адрес:……………………………………………………………………….</w:t>
       </w:r>
     </w:p>
@@ -16612,52 +2546,50 @@
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Идентифицирането на заявителя на електронна услуга става чрез ПИК на НОИ или КЕП.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53460083" w14:textId="77777777" w:rsidR="00035E54" w:rsidRDefault="00035E54" w:rsidP="00D719ED">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="521B197C" w14:textId="78258AAD" w:rsidR="005E46B1" w:rsidRPr="00D719ED" w:rsidRDefault="007370FD" w:rsidP="00D719ED">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>АКО В ПОСОЧЕНИЯ СРОК НЕ ПОЛУЧИТЕ</w:t>
       </w:r>
       <w:r w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005E46B1" w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>УДОСТОВЕРЕНИ</w:t>
@@ -16709,75 +2641,75 @@
       <w:r w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>СИГНАЛ ДО КМЕТА НА ОБЩИНА</w:t>
       </w:r>
       <w:r w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> ЛУКОВИТ</w:t>
       </w:r>
       <w:r w:rsidRPr="00D719ED">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
-[...3 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:sectPr w:rsidR="00C74E15" w:rsidRPr="00D719ED" w:rsidSect="00F105E0">
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="288" w:right="566" w:bottom="0" w:left="1134" w:header="0" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="288" w:right="1133" w:bottom="0" w:left="1134" w:header="0" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1FFF698F" w14:textId="77777777" w:rsidR="00080CFB" w:rsidRDefault="00080CFB" w:rsidP="00FF711E">
+    <w:p w14:paraId="3B64AB16" w14:textId="77777777" w:rsidR="005016F4" w:rsidRDefault="005016F4" w:rsidP="00FF711E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0F240D83" w14:textId="77777777" w:rsidR="00080CFB" w:rsidRDefault="00080CFB" w:rsidP="00FF711E">
+    <w:p w14:paraId="5E13C50C" w14:textId="77777777" w:rsidR="005016F4" w:rsidRDefault="005016F4" w:rsidP="00FF711E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -16793,428 +2725,171 @@
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Time Roman">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial Narrow">
-[...12 lines deleted...]
-  </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="305E5798" w14:textId="77777777" w:rsidR="00080CFB" w:rsidRDefault="00080CFB" w:rsidP="00FF711E">
+    <w:p w14:paraId="54D73FC9" w14:textId="77777777" w:rsidR="005016F4" w:rsidRDefault="005016F4" w:rsidP="00FF711E">
       <w:bookmarkStart w:id="0" w:name="_Hlk90305074"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A8F7D02" w14:textId="77777777" w:rsidR="00080CFB" w:rsidRDefault="00080CFB" w:rsidP="00FF711E">
+    <w:p w14:paraId="63103DA0" w14:textId="77777777" w:rsidR="005016F4" w:rsidRDefault="005016F4" w:rsidP="00FF711E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="0AACD4EC" w14:textId="77777777" w:rsidR="006C77CF" w:rsidRDefault="006C77CF" w:rsidP="004F66A4">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:u w:val="single"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="237105ED" w14:textId="77777777" w:rsidR="0028637C" w:rsidRDefault="0028637C" w:rsidP="004F66A4">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:rPr>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
-  </w:p>
-[...192 lines deleted...]
-    </w:r>
+    <w:bookmarkStart w:id="4" w:name="_Hlk218678642"/>
+    <w:bookmarkStart w:id="5" w:name="_Hlk218678643"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="18C3BA83" w14:textId="77777777" w:rsidR="00282A03" w:rsidRDefault="00282A03" w:rsidP="007370FD">
     <w:pPr>
       <w:pStyle w:val="a5"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="708"/>
       </w:tabs>
       <w:ind w:firstLine="6946"/>
-      <w:rPr>
-[...51 lines deleted...]
-      <w:pStyle w:val="a5"/>
       <w:rPr>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="1844C886" w14:textId="77777777" w:rsidR="00FF711E" w:rsidRDefault="00FF711E">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1051" type="#_x0000_t75" style="width:9.75pt;height:9.75pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+      <v:shape id="_x0000_i1033" type="#_x0000_t75" style="width:9.75pt;height:9.75pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
         <v:imagedata r:id="rId1" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="076B5029"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EBBAC446"/>
     <w:lvl w:ilvl="0" w:tplc="04020001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -19074,51 +4749,50 @@
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00086909"/>
@@ -19128,91 +4802,94 @@
     <w:rsid w:val="00035E54"/>
     <w:rsid w:val="0003649F"/>
     <w:rsid w:val="0004729C"/>
     <w:rsid w:val="000526E3"/>
     <w:rsid w:val="00054D0A"/>
     <w:rsid w:val="00072925"/>
     <w:rsid w:val="00077863"/>
     <w:rsid w:val="00077D06"/>
     <w:rsid w:val="00080CFB"/>
     <w:rsid w:val="00086909"/>
     <w:rsid w:val="0008738F"/>
     <w:rsid w:val="00093C03"/>
     <w:rsid w:val="000D21D2"/>
     <w:rsid w:val="00102F1F"/>
     <w:rsid w:val="00107FEA"/>
     <w:rsid w:val="0012630D"/>
     <w:rsid w:val="00130B89"/>
     <w:rsid w:val="0016604D"/>
     <w:rsid w:val="00176829"/>
     <w:rsid w:val="001A727C"/>
     <w:rsid w:val="001B1D70"/>
     <w:rsid w:val="001B4299"/>
     <w:rsid w:val="001E1F97"/>
     <w:rsid w:val="001E2BA4"/>
     <w:rsid w:val="00203E47"/>
+    <w:rsid w:val="00207D92"/>
     <w:rsid w:val="00211C74"/>
     <w:rsid w:val="00212CCA"/>
     <w:rsid w:val="00260DA8"/>
     <w:rsid w:val="00282A03"/>
     <w:rsid w:val="0028637C"/>
     <w:rsid w:val="00294965"/>
     <w:rsid w:val="00295F0D"/>
     <w:rsid w:val="002A28D8"/>
     <w:rsid w:val="002A5454"/>
     <w:rsid w:val="002B4A37"/>
     <w:rsid w:val="002C3E0B"/>
     <w:rsid w:val="002F3978"/>
     <w:rsid w:val="003017C6"/>
     <w:rsid w:val="00303EA6"/>
     <w:rsid w:val="00307408"/>
     <w:rsid w:val="00324259"/>
     <w:rsid w:val="00325C22"/>
     <w:rsid w:val="00343F8F"/>
     <w:rsid w:val="00354985"/>
     <w:rsid w:val="003764BA"/>
     <w:rsid w:val="00387FEC"/>
     <w:rsid w:val="0039347C"/>
     <w:rsid w:val="00393859"/>
     <w:rsid w:val="003A3024"/>
     <w:rsid w:val="003C06BA"/>
     <w:rsid w:val="003C7E0A"/>
     <w:rsid w:val="003D36DA"/>
     <w:rsid w:val="003D4033"/>
     <w:rsid w:val="003D7886"/>
     <w:rsid w:val="003E565E"/>
     <w:rsid w:val="00425A4D"/>
+    <w:rsid w:val="0042687D"/>
     <w:rsid w:val="00431681"/>
     <w:rsid w:val="00437B22"/>
     <w:rsid w:val="00437ECA"/>
     <w:rsid w:val="0044180F"/>
     <w:rsid w:val="00496035"/>
     <w:rsid w:val="004C208B"/>
     <w:rsid w:val="004E0928"/>
     <w:rsid w:val="004E3550"/>
     <w:rsid w:val="004F4670"/>
     <w:rsid w:val="004F66A4"/>
+    <w:rsid w:val="005016F4"/>
     <w:rsid w:val="00541183"/>
     <w:rsid w:val="0054233C"/>
     <w:rsid w:val="00550A61"/>
     <w:rsid w:val="00554F34"/>
     <w:rsid w:val="005832C3"/>
     <w:rsid w:val="005A19BF"/>
     <w:rsid w:val="005B59CD"/>
     <w:rsid w:val="005C1A81"/>
     <w:rsid w:val="005D4581"/>
     <w:rsid w:val="005E46B1"/>
     <w:rsid w:val="005F1BDC"/>
     <w:rsid w:val="006029D3"/>
     <w:rsid w:val="006301E1"/>
     <w:rsid w:val="00630A79"/>
     <w:rsid w:val="00634D8F"/>
     <w:rsid w:val="0064384B"/>
     <w:rsid w:val="00674C52"/>
     <w:rsid w:val="006844EB"/>
     <w:rsid w:val="0068772A"/>
     <w:rsid w:val="00696492"/>
     <w:rsid w:val="006B3FD5"/>
     <w:rsid w:val="006B4A9F"/>
     <w:rsid w:val="006B6D3C"/>
     <w:rsid w:val="006C18ED"/>
     <w:rsid w:val="006C4E3F"/>
@@ -19268,78 +4945,80 @@
     <w:rsid w:val="00AE2498"/>
     <w:rsid w:val="00AE63C8"/>
     <w:rsid w:val="00B0334D"/>
     <w:rsid w:val="00B045F6"/>
     <w:rsid w:val="00B554DE"/>
     <w:rsid w:val="00B63526"/>
     <w:rsid w:val="00B8312C"/>
     <w:rsid w:val="00B838AA"/>
     <w:rsid w:val="00B92088"/>
     <w:rsid w:val="00BA6C93"/>
     <w:rsid w:val="00BB0FCD"/>
     <w:rsid w:val="00BC60EE"/>
     <w:rsid w:val="00BC7ED6"/>
     <w:rsid w:val="00BD7E4F"/>
     <w:rsid w:val="00BE5F86"/>
     <w:rsid w:val="00C03744"/>
     <w:rsid w:val="00C172F1"/>
     <w:rsid w:val="00C2408C"/>
     <w:rsid w:val="00C3044B"/>
     <w:rsid w:val="00C341E1"/>
     <w:rsid w:val="00C74E15"/>
     <w:rsid w:val="00C926D3"/>
     <w:rsid w:val="00CD086C"/>
     <w:rsid w:val="00CD6B78"/>
     <w:rsid w:val="00CE4D50"/>
+    <w:rsid w:val="00CF0BFE"/>
     <w:rsid w:val="00D00263"/>
     <w:rsid w:val="00D027B9"/>
     <w:rsid w:val="00D06597"/>
     <w:rsid w:val="00D13704"/>
     <w:rsid w:val="00D23B77"/>
     <w:rsid w:val="00D54557"/>
     <w:rsid w:val="00D556BF"/>
     <w:rsid w:val="00D719ED"/>
     <w:rsid w:val="00D73D04"/>
     <w:rsid w:val="00DA6B24"/>
     <w:rsid w:val="00DB5E82"/>
     <w:rsid w:val="00DB6CE6"/>
     <w:rsid w:val="00DD6995"/>
     <w:rsid w:val="00DD76AF"/>
     <w:rsid w:val="00DE470D"/>
     <w:rsid w:val="00DF6055"/>
     <w:rsid w:val="00E034E5"/>
     <w:rsid w:val="00E104E7"/>
     <w:rsid w:val="00E84BF6"/>
     <w:rsid w:val="00EB0F71"/>
     <w:rsid w:val="00EB1018"/>
     <w:rsid w:val="00EE29C5"/>
     <w:rsid w:val="00EE76BC"/>
     <w:rsid w:val="00EF20CF"/>
     <w:rsid w:val="00EF5B95"/>
     <w:rsid w:val="00EF5D43"/>
     <w:rsid w:val="00F036E9"/>
     <w:rsid w:val="00F06A40"/>
+    <w:rsid w:val="00F105E0"/>
     <w:rsid w:val="00F17F6C"/>
     <w:rsid w:val="00F365E4"/>
     <w:rsid w:val="00F526D2"/>
     <w:rsid w:val="00F571B0"/>
     <w:rsid w:val="00F643B5"/>
     <w:rsid w:val="00F762DC"/>
     <w:rsid w:val="00F90881"/>
     <w:rsid w:val="00FA4FDF"/>
     <w:rsid w:val="00FC1A74"/>
     <w:rsid w:val="00FC33B2"/>
     <w:rsid w:val="00FC787D"/>
     <w:rsid w:val="00FD2A04"/>
     <w:rsid w:val="00FE0D83"/>
     <w:rsid w:val="00FF3C3D"/>
     <w:rsid w:val="00FF711E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -19463,98 +5142,101 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -20036,55 +5718,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1987663376">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.bg/wps/portal/egov/dostavchitsi%20na%20uslugi/obshtinski%20administratsii/unificirani%20uslugi/2075?mId=351&amp;cP=1&amp;q=2075" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auslugi.com/public/home/lukovit/index" TargetMode="External"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://auslugi.com/public/home/lukovit/index" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.bg/wps/portal/egov/dostavchitsi%20na%20uslugi/obshtinski%20administratsii/unificirani%20uslugi/2075?mId=351&amp;cP=1&amp;q=2075" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office тема">
   <a:themeElements>
     <a:clrScheme name="Оffice">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -20317,82 +5995,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C787A8C7-1DB2-4379-A101-62A6634802E6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21C721A6-CF20-4704-A7C2-2B30D4F8DF6C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3693</Characters>
+  <Pages>1</Pages>
+  <Words>615</Words>
+  <Characters>3512</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
+  <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4332</CharactersWithSpaces>
+  <CharactersWithSpaces>4119</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Ozeleniavane1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>