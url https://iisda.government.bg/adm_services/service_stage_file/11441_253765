--- v0 (2025-11-19)
+++ v1 (2026-01-13)
@@ -1,200 +1,251 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="6E7C40BB" w14:textId="77777777" w:rsidR="007022A7" w:rsidRDefault="007022A7" w:rsidP="007022A7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C136FC6" w14:textId="6FF23F3D" w:rsidR="007022A7" w:rsidRPr="009F7C41" w:rsidRDefault="007022A7" w:rsidP="007022A7">
+    <w:p w14:paraId="1C136FC6" w14:textId="2ED20F73" w:rsidR="007022A7" w:rsidRPr="009F7C41" w:rsidRDefault="007022A7" w:rsidP="007022A7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F7C41">
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2FA52B56" wp14:editId="28C99C7A">
             <wp:extent cx="819150" cy="704850"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1096272228" name="Картина 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Картина 6"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5">
+                    <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="819150" cy="704850"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="009F7C41">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">   </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009F7C41">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">Издаване </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>на превозен билет за транспортиране на добита дървесина извън горските територии</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="30B3BE05" w14:textId="54CA9D7E" w:rsidR="007022A7" w:rsidRPr="009F7C41" w:rsidRDefault="007022A7" w:rsidP="007022A7">
+        <w:t xml:space="preserve">на превозен билет за транспортиране на </w:t>
+      </w:r>
+      <w:r w:rsidR="00E464CB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="004207D4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>добита дървесина извън горските територии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30B3BE05" w14:textId="241BA28D" w:rsidR="007022A7" w:rsidRPr="009F7C41" w:rsidRDefault="007022A7" w:rsidP="007022A7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F7C41">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">                     </w:t>
+        <w:t xml:space="preserve">                </w:t>
       </w:r>
       <w:r w:rsidRPr="009F7C41">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="009F7C41">
+      <w:r w:rsidR="001C45D0">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>уникален идентификатор на административната услуга</w:t>
+        <w:t>У</w:t>
       </w:r>
       <w:r w:rsidRPr="009F7C41">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>никален идентификатор на административната услуга</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F7C41">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C45D0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>2068</w:t>
       </w:r>
       <w:r w:rsidRPr="009F7C41">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A8D9D68" w14:textId="77777777" w:rsidR="007022A7" w:rsidRPr="009F7C41" w:rsidRDefault="007022A7" w:rsidP="007022A7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -418,95 +469,95 @@
     </w:p>
     <w:p w14:paraId="74743B17" w14:textId="77777777" w:rsidR="007022A7" w:rsidRPr="00604726" w:rsidRDefault="007022A7" w:rsidP="007022A7">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">▪ </w:t>
       </w:r>
       <w:r w:rsidRPr="00604726">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Устно в Център за административно обслужване.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BC0710F" w14:textId="5A50B241" w:rsidR="007022A7" w:rsidRPr="007022A7" w:rsidRDefault="007022A7" w:rsidP="007022A7">
+    <w:p w14:paraId="3BC0710F" w14:textId="5120C062" w:rsidR="007022A7" w:rsidRPr="007022A7" w:rsidRDefault="007022A7" w:rsidP="007022A7">
       <w:pPr>
         <w:pStyle w:val="af"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">     ▪ </w:t>
       </w:r>
       <w:r w:rsidRPr="001D7EC8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">Чрез единен портал за електронни административни услуги на Министерство на електронното </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D64D7D">
+        <w:t>Чрез единен портал за електронни административни услуги на М</w:t>
+      </w:r>
+      <w:r w:rsidR="001C45D0">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>ЕУ</w:t>
       </w:r>
       <w:r w:rsidRPr="001D7EC8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">управление, </w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="001D7EC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>с КЕП</w:t>
       </w:r>
       <w:r w:rsidRPr="001D7EC8">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>, на адрес:</w:t>
       </w:r>
       <w:r w:rsidRPr="00604726">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
@@ -584,51 +635,67 @@
         </w:rPr>
         <w:t>Чрез лицензиран пощенски оператор.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FC55A43" w14:textId="77777777" w:rsidR="007022A7" w:rsidRPr="00604726" w:rsidRDefault="007022A7" w:rsidP="007022A7">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">▪ </w:t>
       </w:r>
       <w:r w:rsidRPr="00604726">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">На e-mail: </w:t>
+        <w:t>На e-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00604726">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00604726">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="00F20871">
           <w:rPr>
             <w:rStyle w:val="ae"/>
             <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
             <w:bCs/>
           </w:rPr>
           <w:t>lukovit@lukovit.bg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="112487A5" w14:textId="77777777" w:rsidR="007022A7" w:rsidRPr="00604726" w:rsidRDefault="007022A7" w:rsidP="007022A7">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
@@ -782,873 +849,882 @@
           <w:color w:val="333333"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">      ▪ </w:t>
       </w:r>
       <w:r w:rsidRPr="007022A7">
         <w:rPr>
           <w:color w:val="333333"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">Ние ще Ви издадем превозния билет, след като придобитата дървесина бъде измерена, </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>кубирана</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="007022A7">
         <w:rPr>
           <w:color w:val="333333"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> и маркирана.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C594EAB" w14:textId="28C93FDB" w:rsidR="007022A7" w:rsidRPr="007022A7" w:rsidRDefault="007022A7" w:rsidP="007022A7">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:ind w:left="0" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00347E86">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>▪</w:t>
       </w:r>
       <w:r w:rsidRPr="00347E86">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> срок 14 работни дни</w:t>
       </w:r>
       <w:r w:rsidRPr="007022A7">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B0B22B4" w14:textId="77777777" w:rsidR="007022A7" w:rsidRDefault="007022A7" w:rsidP="007022A7">
+    <w:p w14:paraId="3D809D30" w14:textId="2B1F0365" w:rsidR="004A31D0" w:rsidRPr="008B418C" w:rsidRDefault="001D7EC8" w:rsidP="001C45D0">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="bg-BG"/>
-[...9 lines deleted...]
-          <w:bCs/>
+          <w:i/>
+          <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007022A7" w:rsidRPr="00604726">
-[...82 lines deleted...]
-    <w:p w14:paraId="71C2960B" w14:textId="43493B84" w:rsidR="004A31D0" w:rsidRPr="004A31D0" w:rsidRDefault="004A31D0" w:rsidP="004A31D0">
+    </w:p>
+    <w:p w14:paraId="42793990" w14:textId="332274DA" w:rsidR="007022A7" w:rsidRPr="00604726" w:rsidRDefault="004A31D0" w:rsidP="001C45D0">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="001D7EC8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007022A7" w:rsidRPr="00604726">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>НАЧИН НА ПЛАЩАНЕ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FA217B0" w14:textId="77777777" w:rsidR="007022A7" w:rsidRPr="009F7C41" w:rsidRDefault="007022A7" w:rsidP="007022A7">
+      <w:pPr>
+        <w:ind w:left="720" w:right="227"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">▪ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F7C41">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>на гише "Каса" в Център за административно обслужване (ЦАО)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="487394A0" w14:textId="77777777" w:rsidR="007022A7" w:rsidRPr="009F7C41" w:rsidRDefault="007022A7" w:rsidP="007022A7">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:ind w:left="360" w:right="227"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ▪ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F7C41">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>чрез ПОС терминал в Център за административно обслужване (ЦАО)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1519A83A" w14:textId="77777777" w:rsidR="007022A7" w:rsidRPr="009F7C41" w:rsidRDefault="007022A7" w:rsidP="007022A7">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1"/>
+        <w:ind w:left="360" w:right="227"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ▪ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F7C41">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>по банкова сметка на община Луковит:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14577457" w14:textId="77777777" w:rsidR="007022A7" w:rsidRPr="009F7C41" w:rsidRDefault="007022A7" w:rsidP="007022A7">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk200977511"/>
+      <w:r w:rsidRPr="009F7C41">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="009F7C41">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F7C41">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>„Банка ДСК"  АД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F7C41">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009F7C41">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F7C41">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IBAN:  BG58STSA93008450103800</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A16FB14" w14:textId="77777777" w:rsidR="007022A7" w:rsidRPr="009F7C41" w:rsidRDefault="007022A7" w:rsidP="007022A7">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F7C41">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>                 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F7C41">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> BIC:    STSABGSF</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EAB276C" w14:textId="77777777" w:rsidR="007022A7" w:rsidRPr="009F7C41" w:rsidRDefault="007022A7" w:rsidP="007022A7">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F7C41">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F7C41">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F7C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>Код за вид плащане:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67144F7F" w14:textId="38EEB466" w:rsidR="007022A7" w:rsidRPr="009F7C41" w:rsidRDefault="007022A7" w:rsidP="007022A7">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F7C41">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         Административни услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F7C41">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F7C41">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>44 80 0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E14EF4B" w14:textId="2905E374" w:rsidR="001C45D0" w:rsidRDefault="001D7EC8" w:rsidP="007022A7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="001C45D0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="001C45D0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">▪ </w:t>
+      </w:r>
+      <w:r w:rsidR="007022A7" w:rsidRPr="009F7C41">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>чрез системата за електронно плащане (е-плащане - https://pay.egov.bg/)</w:t>
+      </w:r>
+      <w:r w:rsidR="007022A7" w:rsidRPr="009F7C41">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37348A10" w14:textId="77777777" w:rsidR="001C45D0" w:rsidRDefault="007022A7" w:rsidP="001C45D0">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F7C41">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="642CFB64" w14:textId="0CFC65B0" w:rsidR="001C45D0" w:rsidRPr="001C45D0" w:rsidRDefault="001C45D0" w:rsidP="001C45D0">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C45D0">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-      </w:r>
+        <w:t>Плащането ще се извърши при получаване на превозния билет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10FBDAC7" w14:textId="49D5BB6C" w:rsidR="007022A7" w:rsidRDefault="007022A7" w:rsidP="001C45D0">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F7C41">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50A546A2" w14:textId="77777777" w:rsidR="007022A7" w:rsidRPr="004A31D0" w:rsidRDefault="007022A7" w:rsidP="004A31D0">
+      <w:pPr>
+        <w:ind w:left="284"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="004A31D0">
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="5ABDE7FA" w14:textId="77777777" w:rsidR="007022A7" w:rsidRPr="00604726" w:rsidRDefault="007022A7" w:rsidP="007022A7">
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>ВИЕ МОЖЕ ДА ЗАЯВИТЕ ЖЕЛАНИЕТО СИ ИЗДАДЕНИЯТ ИНДИВИДУАЛЕН АДМИНИСТРАТИВЕН АКТ   ДА ПОЛУЧИТЕ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CC26339" w14:textId="77777777" w:rsidR="001C45D0" w:rsidRDefault="001C45D0" w:rsidP="007022A7">
+      <w:pPr>
+        <w:ind w:left="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F9389D1" w14:textId="2783F7B3" w:rsidR="007022A7" w:rsidRPr="004A31D0" w:rsidRDefault="007022A7" w:rsidP="007022A7">
+      <w:pPr>
+        <w:ind w:left="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">▪ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00604726">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Лично или чрез упълномощено лице в Център за административно обслужване</w:t>
+      </w:r>
+      <w:r w:rsidR="004A31D0">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /на терен/.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70444109" w14:textId="24E3A309" w:rsidR="007022A7" w:rsidRDefault="007022A7" w:rsidP="007022A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="057FDB34" w14:textId="5055EB2B" w:rsidR="007022A7" w:rsidRPr="00D64D7D" w:rsidRDefault="007022A7" w:rsidP="00D64D7D">
+      <w:pPr>
+        <w:ind w:left="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D64D7D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Идентифицирането на заявителя на електронна услуга става чрез ПИК на НОИ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64D7D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64D7D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПИК </w:t>
+      </w:r>
+      <w:r w:rsidR="00D64D7D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64D7D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на НАП </w:t>
+      </w:r>
+      <w:r w:rsidR="001D7EC8" w:rsidRPr="00D64D7D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D64D7D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>или КЕП.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="150900C8" w14:textId="77777777" w:rsidR="007022A7" w:rsidRPr="00D64D7D" w:rsidRDefault="007022A7" w:rsidP="007022A7">
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...351 lines deleted...]
-    <w:p w14:paraId="50A546A2" w14:textId="77777777" w:rsidR="007022A7" w:rsidRPr="004A31D0" w:rsidRDefault="007022A7" w:rsidP="004A31D0">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79BAF40B" w14:textId="67735418" w:rsidR="007022A7" w:rsidRPr="004207D4" w:rsidRDefault="007022A7" w:rsidP="004207D4">
       <w:pPr>
         <w:ind w:left="284"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004A31D0">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004207D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="bg-BG"/>
-[...138 lines deleted...]
-          <w:b/>
+        </w:rPr>
+        <w:t>АКО В ПОСОЧЕНИЯ СРОК НЕ ПОЛУЧИТЕ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004207D4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4067" w:rsidRPr="004207D4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004A31D0">
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>РЕЗУЛТАТ ОТ</w:t>
+      </w:r>
+      <w:r w:rsidR="001C45D0" w:rsidRPr="004207D4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00CB4067" w:rsidRPr="004A31D0">
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ИЗПЪЛНЕНИЕТО </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001C45D0" w:rsidRPr="004207D4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>РЕЗУЛТАТ ОТ АДМИНИСТРАТИВНАТА</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008F6983" w:rsidRPr="004A31D0">
+        <w:t xml:space="preserve">НА </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="00CB4067" w:rsidRPr="004207D4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D64D7D" w:rsidRPr="004A31D0">
+        <w:t xml:space="preserve"> АДМИНИСТРАТИВНАТА</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008F6983" w:rsidRPr="004207D4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CB4067" w:rsidRPr="004A31D0">
+      <w:r w:rsidR="00D64D7D" w:rsidRPr="004207D4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>УСЛУГА</w:t>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4067" w:rsidRPr="004207D4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="009F1690" w:rsidRPr="004A31D0">
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>УСЛУГА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004207D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="bg-BG"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004A31D0">
+        </w:rPr>
+        <w:t>, ВИЕ МОЖЕТЕ Д</w:t>
+      </w:r>
+      <w:r w:rsidR="009F1690" w:rsidRPr="004207D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">А </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004207D4">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:sectPr w:rsidR="00EF2B98" w:rsidRPr="004A31D0" w:rsidSect="001D7EC8">
+        <w:t>ПОДАДЕТЕ СИГНАЛ ДО КМЕТА НА ОБЩИНАТА.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="293C7141" w14:textId="77777777" w:rsidR="00EF2B98" w:rsidRPr="004207D4" w:rsidRDefault="00EF2B98" w:rsidP="004207D4">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00EF2B98" w:rsidRPr="004207D4" w:rsidSect="001D7EC8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="1417" w:bottom="142" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -1665,51 +1741,51 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44897373"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A57CEEF8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -1815,139 +1891,143 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="300616103">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007022A7"/>
+    <w:rsid w:val="001C45D0"/>
     <w:rsid w:val="001D7EC8"/>
     <w:rsid w:val="003237EC"/>
     <w:rsid w:val="00347E86"/>
+    <w:rsid w:val="004207D4"/>
     <w:rsid w:val="004A31D0"/>
     <w:rsid w:val="00594CF5"/>
     <w:rsid w:val="006E6D81"/>
     <w:rsid w:val="007022A7"/>
     <w:rsid w:val="007F4C9F"/>
     <w:rsid w:val="008F6983"/>
     <w:rsid w:val="00953554"/>
     <w:rsid w:val="009F1690"/>
     <w:rsid w:val="00B0233B"/>
     <w:rsid w:val="00CB4067"/>
     <w:rsid w:val="00CF110F"/>
     <w:rsid w:val="00D64D7D"/>
     <w:rsid w:val="00E24585"/>
+    <w:rsid w:val="00E464CB"/>
     <w:rsid w:val="00EF2B98"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1A667FBD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{EBA81FEC-5D46-4368-BC64-ACCA64079458}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="377">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2280,50 +2360,51 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link Error" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="007022A7"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="0"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="007022A7"/>
@@ -2862,51 +2943,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007022A7"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af0">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007022A7"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="114327457">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="809984565">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3213,70 +3294,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>365</Words>
-  <Characters>2085</Characters>
+  <Words>356</Words>
+  <Characters>2034</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2446</CharactersWithSpaces>
+  <CharactersWithSpaces>2386</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Анка Антонова</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>