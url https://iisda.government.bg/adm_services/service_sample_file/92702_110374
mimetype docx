--- v0 (2025-10-31)
+++ v1 (2026-01-11)
@@ -1,1305 +1,2190 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00C80E7C" w:rsidRPr="008531CF" w:rsidRDefault="00C80E7C" w:rsidP="00C80E7C">
-[...22 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="6480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008531CF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ф-П-НЯСС-08.03-01</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80E7C" w:rsidRPr="008531CF" w:rsidRDefault="00C80E7C" w:rsidP="00C80E7C">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="008531CF">
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ДО</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80E7C" w:rsidRPr="008531CF" w:rsidRDefault="00C80E7C" w:rsidP="00C80E7C">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="008531CF">
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ПРЕДСЕДАТЕЛЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80E7C" w:rsidRPr="008531CF" w:rsidRDefault="00C80E7C" w:rsidP="00C80E7C">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="008531CF">
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">НА ДЪРЖАВНАТА АГЕНЦИЯ ЗА </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80E7C" w:rsidRPr="008531CF" w:rsidRDefault="00C80E7C" w:rsidP="00C80E7C">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="008531CF">
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>МЕТРОЛОГИЧЕН И ТЕХНИЧЕСКИ НАДЗОР</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80E7C" w:rsidRPr="008531CF" w:rsidRDefault="00C80E7C" w:rsidP="00C80E7C">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="008531CF">
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>БУЛ. „Г. М. ДИМИТРОВ“ № 52 А</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80E7C" w:rsidRPr="008531CF" w:rsidRDefault="00C80E7C" w:rsidP="00C80E7C">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="008531CF">
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1797, ГР. СОФИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80E7C" w:rsidRPr="008531CF" w:rsidRDefault="00C80E7C" w:rsidP="00C80E7C">
-[...56 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008531CF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>З А Я В Л Е Н И Е</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80E7C" w:rsidRPr="008531CF" w:rsidRDefault="00C80E7C" w:rsidP="00C80E7C">
-[...10 lines deleted...]
-    <w:p w:rsidR="00C80E7C" w:rsidRPr="008531CF" w:rsidRDefault="00C80E7C" w:rsidP="00C80E7C">
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008531CF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">за издаване на разрешение за </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80E7C" w:rsidRPr="008531CF" w:rsidRDefault="00C80E7C" w:rsidP="00C80E7C">
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="3686"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008531CF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
-      <w:r w:rsidRPr="008531CF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">извеждане от експлоатация </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80E7C" w:rsidRPr="008531CF" w:rsidRDefault="00C80E7C" w:rsidP="00C80E7C">
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="3686"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008531CF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
-      <w:r w:rsidRPr="008531CF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ликвидация </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80E7C" w:rsidRPr="008531CF" w:rsidRDefault="00C80E7C" w:rsidP="00C80E7C">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008531CF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>на язовир и съоръженията към него</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80E7C" w:rsidRPr="008531CF" w:rsidRDefault="00C80E7C" w:rsidP="00C80E7C">
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008531CF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/посочва се вида на административната услуга/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80E7C" w:rsidRPr="008531CF" w:rsidRDefault="00C80E7C" w:rsidP="00C80E7C">
-[...32 lines deleted...]
-    <w:p w:rsidR="00C80E7C" w:rsidRPr="008531CF" w:rsidRDefault="00C80E7C" w:rsidP="00C80E7C">
+    <w:p w:rsidR="00432905" w:rsidRPr="007533A1" w:rsidRDefault="00432905" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007533A1" w:rsidRDefault="007533A1" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00C80E7C" w:rsidRPr="008531CF" w:rsidRDefault="00C80E7C" w:rsidP="00C80E7C">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidR="00432905">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>………………………………………………………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>………</w:t>
+      </w:r>
+      <w:r w:rsidR="00432905">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>…....</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...12 lines deleted...]
-        <w:t>/наименование на собственика на язовира/</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(трите имена на физическото лице или наименованието на юридическото лице)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ЕГН/ЕИК/БУЛСТАТ ………………………………., постоянен</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адрес за физическите лица или адрес на управление на юридическото лице: гр./с.</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ................</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>…………………</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">община </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>………………………………….........,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> област …………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, ул. (ж.к.) …</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>….</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…………</w:t>
+      </w:r>
+      <w:r w:rsidR="00C437D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…………………</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>…………</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., тел.: …………………………………, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Адрес за кореспонденция: гр./с.</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000B7F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>................</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>………………</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> община </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>………..</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>……………</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> област </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>……</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>……………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>……</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ул. (ж.к.) </w:t>
+      </w:r>
+      <w:r w:rsidR="000B7F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>….</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…………</w:t>
+      </w:r>
+      <w:r w:rsidR="00853B49">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…………………</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>………</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, електронна</w:t>
+      </w:r>
+      <w:r w:rsidR="000B7F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поща: …………………………………........</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRPr="00D7034C" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Физическото/Юридическото лице се представлява от …</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7EF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…………………………</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...60 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidR="00EA7EF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….......</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B2EA0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(трите имена на представителя/пълномощника и ЕГН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRPr="00D7034C" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7EF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRPr="001A6C83" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№/дата на пълномощното </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="006B2EA0">
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ако е приложимо – изрично, нотариално заверено</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…………………………………....................</w:t>
+      </w:r>
+      <w:r w:rsidR="001A6C83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>....................................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7EF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>...........</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRPr="00EA7EF2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Телефон и факс за връзка с лицето, което управлява язовира и представлява собственика: ………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7EF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…………………………………………………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7EF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>УВАЖАЕМИ ГОСПОДИН ПРЕДСЕДАТЕЛ,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Моля, да ми бъде издадено разрешение за ...........................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>събира</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006B2EA0">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> се служебно)</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C80E7C" w:rsidRPr="008531CF" w:rsidRDefault="00C80E7C" w:rsidP="00C80E7C">
+        <w:t>/описва се искането – извеждане от експлоатация или ликвидация/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008531CF">
-[...8 lines deleted...]
-    <w:p w:rsidR="00C80E7C" w:rsidRPr="008531CF" w:rsidRDefault="00C80E7C" w:rsidP="00C80E7C">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на..........................................................................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/изписва се наименованието на язовира и съоръженията към него/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008531CF">
-[...235 lines deleted...]
-      <w:r w:rsidRPr="008531CF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">съобразно изискванията на </w:t>
       </w:r>
-      <w:r w:rsidRPr="008531CF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Наредба за условията и реда за осъществяване на техническата и безопасната експлоатация на язовирните стени и на съоръженията към тях и </w:t>
       </w:r>
-      <w:r w:rsidRPr="008531CF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">за осъществяване </w:t>
       </w:r>
-      <w:r w:rsidRPr="008531CF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">на контрол за техническото им състояние </w:t>
       </w:r>
-      <w:r w:rsidRPr="008531CF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(Наредбата)</w:t>
       </w:r>
-      <w:r w:rsidRPr="008531CF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80E7C" w:rsidRPr="008531CF" w:rsidRDefault="00C80E7C" w:rsidP="00C80E7C">
-[...69 lines deleted...]
-    <w:p w:rsidR="00C80E7C" w:rsidRPr="008531CF" w:rsidRDefault="00C80E7C" w:rsidP="00C80E7C">
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRPr="00D7034C" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00C80E7C" w:rsidRPr="008531CF" w:rsidRDefault="00C80E7C" w:rsidP="00C80E7C">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заявявам желанието си издаденият индивидуален административен акт </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Разрешение за извеждане от експлоатация или ликвидация на язовир и съоръженията към него/ Отказ за извеждане от експлоатация или ликвидация на язовир и съоръженията към него/ Решение за прекратяване на административното производство)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да бъде получен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRPr="00D7034C" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(отбелязва се избрания начин на получаване)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRPr="00D7034C" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Times New Roman" w:char="F06F"/>
+      </w:r>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На място в звеното за административно обслужване на ДАМТН.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRPr="00D7034C" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...15 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Times New Roman" w:char="F06F"/>
+      </w:r>
+      <w:r w:rsidR="00EA7EF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Чрез лицензиран пощенски оператор, като вътрешна куриерска пратка, на адрес: </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7EF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>..……</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>………………………………………………………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="001B6210">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>……</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001B6210">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тел………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7EF2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и декларирам, че пощенските разходи са за моя сметка, като давам съгласие документите да бъдат пренасяни за служебни цели.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRPr="00D7034C" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...15 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sym w:font="Times New Roman" w:char="F06F"/>
+      </w:r>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> По електронен път, чрез системата за сигурно електронно връчване, като модул на Портала на електронното управление по смисъла на Закона за електронното управление.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...15 lines deleted...]
-        <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В този случай задължително се предоставя информация за наличие на персонален профил, регистриран в информационна система за сигурно електронно връчване</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Приложения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1. Акт за собственост на язовира;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2. Актуална скица;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="001B6210" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA7EF2">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F6FE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Индивидуална оценка, извършена от собственика /оператора/, изготвена съгласно изискванията на чл. 33 ал. 3 на Наредбата, приета от експертен технически съвет, определен със заповед на собственика; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4. Комплексна оценка за работата и ефективността на язовира и съоръженията към него, изготвена съгласно изискванията на чл. 33 ал. 4 на Наредбата, приета от експертен технически съвет, определен със заповед на собственика;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Решение на собственика за провеждане на процедурата; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="009C6148">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008531CF">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6. Заповед на собственика за провеждане на експертен технически съвет и протокол на експертния технически съвет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="009C6148">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7. Заверено копие на документ за заплатена държавна такса за издаване на разрешение;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80E7C" w:rsidRPr="008531CF" w:rsidRDefault="00C80E7C" w:rsidP="00C80E7C">
-[...2 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="007F6FE2" w:rsidRPr="001B6210" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008531CF">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8. ..................................................................................................................................</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00C80E7C" w:rsidRPr="008531CF" w:rsidRDefault="00C80E7C" w:rsidP="00C80E7C">
+      <w:r w:rsidR="00040A29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.....................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/описват се и другите документи, когато са представят такива/</w:t>
       </w:r>
-      <w:r w:rsidRPr="008531CF">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80E7C" w:rsidRPr="008531CF" w:rsidRDefault="00C80E7C" w:rsidP="00C80E7C">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="008531CF">
+    <w:p w:rsidR="007F6FE2" w:rsidRPr="00D7034C" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Забележка: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRPr="00D7034C" w:rsidRDefault="007F6FE2" w:rsidP="009C6148">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заявлението се подава от физическо лице </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лично или чрез пълномощник</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или от юридическо лице</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>от законния му представител</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRPr="00D7034C" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRPr="00D7034C" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявител:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/име, подпис</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D7034C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00040A29" w:rsidRPr="00D7034C" w:rsidRDefault="00040A29" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007F6FE2" w:rsidRDefault="007F6FE2" w:rsidP="00853B49">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Дата:...............................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C80E7C" w:rsidRPr="008531CF" w:rsidRDefault="00C80E7C" w:rsidP="00C80E7C">
-[...53 lines deleted...]
-    <w:sectPr w:rsidR="00632A79">
+    <w:sectPr w:rsidR="007F6FE2" w:rsidSect="000B7F9B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C80E7C"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00F45BB7"/>
+    <w:rsidRoot w:val="007F6FE2"/>
+    <w:rsid w:val="00040A29"/>
+    <w:rsid w:val="000B7F9B"/>
+    <w:rsid w:val="001A6C83"/>
+    <w:rsid w:val="001B6210"/>
+    <w:rsid w:val="00220F8C"/>
+    <w:rsid w:val="00432905"/>
+    <w:rsid w:val="004E4C7F"/>
+    <w:rsid w:val="00676F36"/>
+    <w:rsid w:val="007533A1"/>
+    <w:rsid w:val="007F6FE2"/>
+    <w:rsid w:val="00853B49"/>
+    <w:rsid w:val="009C6148"/>
+    <w:rsid w:val="00C437D0"/>
+    <w:rsid w:val="00D7034C"/>
+    <w:rsid w:val="00EA7EF2"/>
+    <w:rsid w:val="00F24632"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="592E5E85"/>
+  <w14:docId w14:val="4187A470"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{70260F89-C75C-488A-BBD2-2B68A3012661}"/>
+  <w15:docId w15:val="{FA216C46-DB1C-4AC2-BA8B-DD061BCBBBB9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1649,136 +2534,115 @@
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C80E7C"/>
+    <w:rsid w:val="007F6FE2"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
-[...21 lines deleted...]
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...12 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:divs>
+    <w:div w:id="306396756">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема на Office">
   <a:themeElements>
     <a:clrScheme name="Оffice">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1998,90 +2862,75 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2049</Characters>
+  <Pages>3</Pages>
+  <Words>619</Words>
+  <Characters>3534</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>29</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2404</CharactersWithSpaces>
+  <CharactersWithSpaces>4145</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Angelina Dimitrova</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>