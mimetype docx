--- v0 (2025-12-03)
+++ v1 (2026-03-21)
@@ -1286,74 +1286,58 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>(длъжност, дирекция)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EC59A6" w:rsidRPr="00F14677" w:rsidRDefault="00EC59A6" w:rsidP="00C92983">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9639"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F14677">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">На основание чл. 29, ал. 5 от </w:t>
-[...7 lines deleted...]
-        <w:t>А</w:t>
+        <w:t>На основание чл. 29, ал. 5 от А</w:t>
       </w:r>
       <w:r w:rsidR="00AB29AF" w:rsidRPr="00F14677">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>дминистративнопроцесуалния</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> кодекс</w:t>
+        <w:t>дминистративнопроцесуалния кодекс</w:t>
       </w:r>
       <w:r w:rsidRPr="00F14677">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> състави този протокол, в уверение на това, че заявителят:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004F15E6" w:rsidRPr="00F14677" w:rsidRDefault="008B6587" w:rsidP="00A35A70">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F14677">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
@@ -5668,73 +5652,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00957FBE" w:rsidRPr="008E00B7" w:rsidRDefault="00957FBE" w:rsidP="00E60EE0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Hlk210207448"/>
-      <w:bookmarkStart w:id="9" w:name="_GoBack"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Издадени от МОН и НАЦИД </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Apostilles </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>на образователни и удостоверителни документи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkEnd w:id="9"/>
     <w:p w:rsidR="00E60EE0" w:rsidRPr="00CD7DEF" w:rsidRDefault="00E60EE0" w:rsidP="00E60EE0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD7DEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Удостоверение за професионална квалификация по </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7DEF">
@@ -7816,58 +7798,81 @@
               </w:rPr>
               <w:t>Общо</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkEnd w:id="3"/>
     <w:p w:rsidR="00F926F4" w:rsidRPr="00F14677" w:rsidRDefault="00F926F4" w:rsidP="00F926F4">
       <w:pPr>
         <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F14677">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Платена цена на стойност </w:t>
       </w:r>
+      <w:bookmarkStart w:id="9" w:name="_GoBack"/>
       <w:r w:rsidRPr="00F14677">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>……………………… лв.</w:t>
+        <w:t>…………</w:t>
+      </w:r>
+      <w:r w:rsidR="00653D0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>€/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F14677">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>…………</w:t>
+      </w:r>
+      <w:r w:rsidR="00653D0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>лв.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p w:rsidR="00F926F4" w:rsidRPr="00F14677" w:rsidRDefault="00C00B27" w:rsidP="00F14677">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F14677">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
           <w:b/>
           <w:color w:val="00508C"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F063"/>
       </w:r>
       <w:r w:rsidR="00F14677">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
@@ -8056,73 +8061,51 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AA6580">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>удостоверените</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AA6580">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...21 lines deleted...]
-              <w:t>:</w:t>
+              <w:t xml:space="preserve"> документи:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B206EE" w:rsidRPr="00AA6580" w:rsidRDefault="00B206EE" w:rsidP="009504BC">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="142"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA6580">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
@@ -8962,63 +8945,52 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AA6580">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>пощенски</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AA6580">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> оператор, </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> оператор, като</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B206EE" w:rsidRPr="00AA6580" w:rsidTr="009504BC">
         <w:trPr>
           <w:trHeight w:val="1200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00B206EE" w:rsidRPr="00AA6580" w:rsidRDefault="00B206EE" w:rsidP="009504BC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="459"/>
               </w:tabs>
               <w:spacing w:before="200" w:after="120"/>
@@ -9239,191 +9211,151 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>разходи</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> са за моя сметка, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>са</w:t>
+              <w:t>платими</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> за моя сметка, </w:t>
+              <w:t xml:space="preserve"> при </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>платими</w:t>
+              <w:t>получаване</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> при </w:t>
+              <w:t xml:space="preserve"> на </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>получаване</w:t>
+              <w:t>пратката</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> на </w:t>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>пратката</w:t>
+              <w:t>Давам</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Давам</w:t>
+              <w:t>съгласие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> ми да </w:t>
+              <w:t xml:space="preserve"> документите ми да </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>бъдат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -9792,191 +9724,151 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>разходи</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> са за моя сметка, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>са</w:t>
+              <w:t>платими</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> за моя сметка, </w:t>
+              <w:t xml:space="preserve"> при </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>платими</w:t>
+              <w:t>получаване</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> при </w:t>
+              <w:t xml:space="preserve"> на </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>получаване</w:t>
+              <w:t>пратката</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> на </w:t>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>пратката</w:t>
+              <w:t>Давам</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Давам</w:t>
+              <w:t>съгласие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> ми да </w:t>
+              <w:t xml:space="preserve"> документите ми да </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>бъдат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -10434,71 +10326,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>съгласие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> ми да </w:t>
+              <w:t xml:space="preserve"> документите ми да </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>бъдат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -12584,51 +12456,51 @@
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00B760B8" w:rsidRDefault="00B760B8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sylfaen">
     <w:panose1 w:val="010A0502050306030303"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="04000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
@@ -12639,51 +12511,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Bold">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="02020803070505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HebarU">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
@@ -14829,51 +14701,51 @@
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3704" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="9217" fillcolor="white">
+    <o:shapedefaults v:ext="edit" spidmax="13313" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005F3C31"/>
     <w:rsid w:val="000006B2"/>
     <w:rsid w:val="0000085E"/>
     <w:rsid w:val="00002CFD"/>
     <w:rsid w:val="00003393"/>
@@ -15019,50 +14891,51 @@
     <w:rsid w:val="0032551A"/>
     <w:rsid w:val="0032562D"/>
     <w:rsid w:val="00327078"/>
     <w:rsid w:val="00327E53"/>
     <w:rsid w:val="0033107B"/>
     <w:rsid w:val="003357F8"/>
     <w:rsid w:val="003370FF"/>
     <w:rsid w:val="00337C05"/>
     <w:rsid w:val="0034035E"/>
     <w:rsid w:val="0034607E"/>
     <w:rsid w:val="00350F16"/>
     <w:rsid w:val="003529AD"/>
     <w:rsid w:val="00354B9C"/>
     <w:rsid w:val="00354DCB"/>
     <w:rsid w:val="00361E06"/>
     <w:rsid w:val="003631D7"/>
     <w:rsid w:val="00373303"/>
     <w:rsid w:val="00375198"/>
     <w:rsid w:val="0037620D"/>
     <w:rsid w:val="0037746E"/>
     <w:rsid w:val="00384393"/>
     <w:rsid w:val="003855A8"/>
     <w:rsid w:val="00393175"/>
     <w:rsid w:val="003934B3"/>
     <w:rsid w:val="00396B1D"/>
+    <w:rsid w:val="003A6263"/>
     <w:rsid w:val="003A6BC5"/>
     <w:rsid w:val="003B20E2"/>
     <w:rsid w:val="003B2617"/>
     <w:rsid w:val="003B2974"/>
     <w:rsid w:val="003B4488"/>
     <w:rsid w:val="003C2F6C"/>
     <w:rsid w:val="003C56EB"/>
     <w:rsid w:val="003D6A02"/>
     <w:rsid w:val="003D71EC"/>
     <w:rsid w:val="003E0C03"/>
     <w:rsid w:val="003E24FE"/>
     <w:rsid w:val="003E6B46"/>
     <w:rsid w:val="003F06F7"/>
     <w:rsid w:val="003F14BD"/>
     <w:rsid w:val="003F44D6"/>
     <w:rsid w:val="003F5840"/>
     <w:rsid w:val="003F5B28"/>
     <w:rsid w:val="003F6553"/>
     <w:rsid w:val="003F69FD"/>
     <w:rsid w:val="003F7F42"/>
     <w:rsid w:val="00402D75"/>
     <w:rsid w:val="00402FD3"/>
     <w:rsid w:val="0040643B"/>
     <w:rsid w:val="00406A85"/>
     <w:rsid w:val="00411497"/>
@@ -15136,50 +15009,51 @@
     <w:rsid w:val="005B0BDB"/>
     <w:rsid w:val="005B301A"/>
     <w:rsid w:val="005B42F7"/>
     <w:rsid w:val="005B650F"/>
     <w:rsid w:val="005D19F4"/>
     <w:rsid w:val="005D364C"/>
     <w:rsid w:val="005E34E9"/>
     <w:rsid w:val="005E44B7"/>
     <w:rsid w:val="005E7BFE"/>
     <w:rsid w:val="005F1199"/>
     <w:rsid w:val="005F2783"/>
     <w:rsid w:val="005F3C31"/>
     <w:rsid w:val="005F4204"/>
     <w:rsid w:val="005F6BAB"/>
     <w:rsid w:val="00601DEA"/>
     <w:rsid w:val="00602A7B"/>
     <w:rsid w:val="00615693"/>
     <w:rsid w:val="00615C36"/>
     <w:rsid w:val="00621303"/>
     <w:rsid w:val="00622AE8"/>
     <w:rsid w:val="00632EE5"/>
     <w:rsid w:val="0064292A"/>
     <w:rsid w:val="00647F6A"/>
     <w:rsid w:val="00651E6A"/>
     <w:rsid w:val="00652064"/>
+    <w:rsid w:val="00653D0B"/>
     <w:rsid w:val="0066347A"/>
     <w:rsid w:val="00663795"/>
     <w:rsid w:val="00665651"/>
     <w:rsid w:val="006674D9"/>
     <w:rsid w:val="00672FE4"/>
     <w:rsid w:val="00673847"/>
     <w:rsid w:val="0067434C"/>
     <w:rsid w:val="006747EC"/>
     <w:rsid w:val="006753DD"/>
     <w:rsid w:val="00680086"/>
     <w:rsid w:val="006834AA"/>
     <w:rsid w:val="00691ECB"/>
     <w:rsid w:val="0069776C"/>
     <w:rsid w:val="006A0B88"/>
     <w:rsid w:val="006A1A91"/>
     <w:rsid w:val="006A4B78"/>
     <w:rsid w:val="006A6A2C"/>
     <w:rsid w:val="006A7B20"/>
     <w:rsid w:val="006B0DD5"/>
     <w:rsid w:val="006B21E5"/>
     <w:rsid w:val="006B6FAE"/>
     <w:rsid w:val="006C133A"/>
     <w:rsid w:val="006C2A7C"/>
     <w:rsid w:val="006C30F5"/>
     <w:rsid w:val="006C3705"/>
@@ -15629,60 +15503,60 @@
     <w:rsid w:val="00FD68EE"/>
     <w:rsid w:val="00FD7B35"/>
     <w:rsid w:val="00FE116E"/>
     <w:rsid w:val="00FE649B"/>
     <w:rsid w:val="00FE6D26"/>
     <w:rsid w:val="00FE6E23"/>
     <w:rsid w:val="00FF4974"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="9217" fillcolor="white">
+    <o:shapedefaults v:ext="edit" spidmax="13313" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
-  <w14:docId w14:val="732649CD"/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="7E38F952"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F7FA68C1-0EAB-427B-A506-7C20D71EE541}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
@@ -20028,52 +19902,52 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>840</Words>
-  <Characters>5220</Characters>
+  <Words>839</Words>
+  <Characters>5221</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>43</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>APOSTILLE - Протокол Обр. 2a</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Verjinia Tsankova</Manager>
   <Company>NACID</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>6048</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>