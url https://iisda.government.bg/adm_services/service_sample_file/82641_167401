--- v0 (2025-12-03)
+++ v1 (2026-03-21)
@@ -6350,52 +6350,50 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>на образователни и удостоверителни документи.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00136D57" w:rsidRPr="00CD7DEF" w:rsidRDefault="00136D57" w:rsidP="00136D57">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:hanging="436"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="00CD7DEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Удостоверение за професионална квалификация по </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CD7DEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>нерегулирана</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CD7DEF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> професия, издадено от НАЦИД.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="18" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
@@ -8892,51 +8890,81 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00257AE2" w:rsidRPr="008E00B7" w:rsidRDefault="00257AE2" w:rsidP="002F1D31">
       <w:pPr>
         <w:spacing w:before="360" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E00B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Платена цена на стойност </w:t>
       </w:r>
       <w:r w:rsidRPr="008E00B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>……………………… лв.</w:t>
+        <w:t>…………</w:t>
+      </w:r>
+      <w:r w:rsidR="008F5571">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>€/</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="008E00B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>…………</w:t>
+      </w:r>
+      <w:r w:rsidR="008F5571">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E24529">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>лв.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008E00B7" w:rsidRPr="008E00B7" w:rsidRDefault="008E00B7" w:rsidP="008E00B7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E00B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
           <w:b/>
           <w:color w:val="00508C"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F063"/>
       </w:r>
       <w:r w:rsidRPr="008E00B7">
         <w:rPr>
@@ -9115,73 +9143,51 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AA6580">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>удостоверените</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AA6580">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...21 lines deleted...]
-              <w:t>:</w:t>
+              <w:t xml:space="preserve"> документи:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007639D2" w:rsidRPr="00AA6580" w:rsidRDefault="007639D2" w:rsidP="00B21D6B">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="142"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA6580">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
@@ -10022,63 +10028,52 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AA6580">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>пощенски</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AA6580">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> оператор, </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> оператор, като</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007639D2" w:rsidRPr="00AA6580" w:rsidTr="00B21D6B">
         <w:trPr>
           <w:trHeight w:val="1200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="560" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
@@ -10308,191 +10303,151 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>разходи</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> са за моя сметка, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>са</w:t>
+              <w:t>платими</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> за моя сметка, </w:t>
+              <w:t xml:space="preserve"> при </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>платими</w:t>
+              <w:t>получаване</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> при </w:t>
+              <w:t xml:space="preserve"> на </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>получаване</w:t>
+              <w:t>пратката</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> на </w:t>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>пратката</w:t>
+              <w:t>Давам</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Давам</w:t>
+              <w:t>съгласие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> ми да </w:t>
+              <w:t xml:space="preserve"> документите ми да </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>бъдат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -10861,191 +10816,151 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>разходи</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> са за моя сметка, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>са</w:t>
+              <w:t>платими</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> за моя сметка, </w:t>
+              <w:t xml:space="preserve"> при </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>платими</w:t>
+              <w:t>получаване</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> при </w:t>
+              <w:t xml:space="preserve"> на </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>получаване</w:t>
+              <w:t>пратката</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> на </w:t>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>пратката</w:t>
+              <w:t>Давам</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Давам</w:t>
+              <w:t>съгласие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> ми да </w:t>
+              <w:t xml:space="preserve"> документите ми да </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>бъдат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -11503,71 +11418,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>съгласие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> ми да </w:t>
+              <w:t xml:space="preserve"> документите ми да </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>бъдат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -12614,301 +12509,265 @@
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006C3909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>изпратен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006C3909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>и</w:t>
             </w:r>
             <w:r w:rsidRPr="006C3909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C3909">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+              <w:t>ЧЕТЛИВО изписания</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C3909">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006C3909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>на</w:t>
+              <w:t>заявлението</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006C3909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="006C3909">
-[...15 lines deleted...]
-            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006C3909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>заявлението</w:t>
+              <w:t>електронен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006C3909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006C3909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>електронен</w:t>
+              <w:t>адрес</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006C3909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+              <w:t>/профил, регистриран в Информационната система за сигурно електронно връчване, посочен от заявителя.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007639D2" w:rsidRPr="006C3909" w:rsidRDefault="007639D2" w:rsidP="00B21D6B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006C3909">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+              <w:t xml:space="preserve">За </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C3909">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>з</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006C3909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="22"/>
-[...2 lines deleted...]
-              <w:t>адрес</w:t>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+              <w:t>аявление</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006C3909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
-              <w:t>/профил, регистриран в Информационната система за сигурно електронно връчване, посочен от заявителя.</w:t>
-[...11 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">, което е подадено чрез ПРЕДСТАВИТЕЛ: </w:t>
+            </w:r>
             <w:r w:rsidRPr="006C3909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
-              <w:t xml:space="preserve">За </w:t>
+              <w:t xml:space="preserve">Документите, удостоверени с </w:t>
             </w:r>
             <w:r w:rsidRPr="006C3909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>з</w:t>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006C3909">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">е-APOSTILLE, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C3909">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ще </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006C3909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
-[...4 lines deleted...]
-              <w:t>аявление</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>бъд</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006C3909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
-              <w:t xml:space="preserve">, което е подадено чрез ПРЕДСТАВИТЕЛ: </w:t>
+              <w:t>ат</w:t>
             </w:r>
             <w:r w:rsidRPr="006C3909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="bg-BG"/>
-[...27 lines deleted...]
-              <w:t xml:space="preserve">ще </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006C3909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>бъд</w:t>
+              <w:t>изпратен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="006C3909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
-              <w:t>ат</w:t>
+              <w:t>и</w:t>
             </w:r>
             <w:r w:rsidRPr="006C3909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...44 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> на </w:t>
             </w:r>
             <w:r w:rsidRPr="006C3909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>ЧЕТЛИВО изписания</w:t>
             </w:r>
             <w:r w:rsidRPr="006C3909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> в </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006C3909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -14385,51 +14244,51 @@
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00C27D67" w:rsidRDefault="00C27D67">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sylfaen">
     <w:panose1 w:val="010A0502050306030303"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="04000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
@@ -14440,51 +14299,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Bold">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="02020803070505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -16621,51 +16480,51 @@
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3704" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="9217" fillcolor="white">
+    <o:shapedefaults v:ext="edit" spidmax="15361" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005F3C31"/>
     <w:rsid w:val="000006B2"/>
     <w:rsid w:val="0000085E"/>
     <w:rsid w:val="00001754"/>
     <w:rsid w:val="00002CFD"/>
@@ -16769,50 +16628,51 @@
     <w:rsid w:val="001E5325"/>
     <w:rsid w:val="001E7B37"/>
     <w:rsid w:val="001F0098"/>
     <w:rsid w:val="001F0E44"/>
     <w:rsid w:val="001F42E2"/>
     <w:rsid w:val="001F7A50"/>
     <w:rsid w:val="0020034C"/>
     <w:rsid w:val="00200678"/>
     <w:rsid w:val="00220C3C"/>
     <w:rsid w:val="00220E2A"/>
     <w:rsid w:val="002212B9"/>
     <w:rsid w:val="00221A36"/>
     <w:rsid w:val="00225022"/>
     <w:rsid w:val="00226559"/>
     <w:rsid w:val="0022737F"/>
     <w:rsid w:val="002322B6"/>
     <w:rsid w:val="00232DD7"/>
     <w:rsid w:val="00240A3A"/>
     <w:rsid w:val="0024131B"/>
     <w:rsid w:val="00242063"/>
     <w:rsid w:val="0025209F"/>
     <w:rsid w:val="002561DC"/>
     <w:rsid w:val="00257AE2"/>
     <w:rsid w:val="00261921"/>
     <w:rsid w:val="00266A35"/>
+    <w:rsid w:val="002715E4"/>
     <w:rsid w:val="00274113"/>
     <w:rsid w:val="00274748"/>
     <w:rsid w:val="00277A0C"/>
     <w:rsid w:val="00280359"/>
     <w:rsid w:val="00281503"/>
     <w:rsid w:val="00281862"/>
     <w:rsid w:val="00283D6E"/>
     <w:rsid w:val="00291BA1"/>
     <w:rsid w:val="00292876"/>
     <w:rsid w:val="00292D14"/>
     <w:rsid w:val="002931EC"/>
     <w:rsid w:val="00293475"/>
     <w:rsid w:val="0029551A"/>
     <w:rsid w:val="00296195"/>
     <w:rsid w:val="002A21CA"/>
     <w:rsid w:val="002A2BA8"/>
     <w:rsid w:val="002B2C7E"/>
     <w:rsid w:val="002B72B0"/>
     <w:rsid w:val="002C211B"/>
     <w:rsid w:val="002C2740"/>
     <w:rsid w:val="002C531C"/>
     <w:rsid w:val="002C6EFA"/>
     <w:rsid w:val="002D1EF9"/>
     <w:rsid w:val="002D4EDD"/>
     <w:rsid w:val="002D6C43"/>
@@ -17113,50 +16973,51 @@
     <w:rsid w:val="0088752A"/>
     <w:rsid w:val="00893158"/>
     <w:rsid w:val="008A42AA"/>
     <w:rsid w:val="008A4803"/>
     <w:rsid w:val="008A7548"/>
     <w:rsid w:val="008A797C"/>
     <w:rsid w:val="008A7ACE"/>
     <w:rsid w:val="008B1887"/>
     <w:rsid w:val="008B6587"/>
     <w:rsid w:val="008C43F3"/>
     <w:rsid w:val="008C71B4"/>
     <w:rsid w:val="008D082B"/>
     <w:rsid w:val="008D3384"/>
     <w:rsid w:val="008D5062"/>
     <w:rsid w:val="008D6975"/>
     <w:rsid w:val="008D7E64"/>
     <w:rsid w:val="008E00B7"/>
     <w:rsid w:val="008E1695"/>
     <w:rsid w:val="008E22FB"/>
     <w:rsid w:val="008E60F3"/>
     <w:rsid w:val="008E6C5D"/>
     <w:rsid w:val="008F0B22"/>
     <w:rsid w:val="008F2485"/>
     <w:rsid w:val="008F25A7"/>
     <w:rsid w:val="008F489F"/>
+    <w:rsid w:val="008F5571"/>
     <w:rsid w:val="008F76D2"/>
     <w:rsid w:val="00902847"/>
     <w:rsid w:val="00903956"/>
     <w:rsid w:val="00905C81"/>
     <w:rsid w:val="00905DB1"/>
     <w:rsid w:val="009132A5"/>
     <w:rsid w:val="00917045"/>
     <w:rsid w:val="0092030E"/>
     <w:rsid w:val="00920D6D"/>
     <w:rsid w:val="00921796"/>
     <w:rsid w:val="00921EB6"/>
     <w:rsid w:val="0092604C"/>
     <w:rsid w:val="00930E65"/>
     <w:rsid w:val="00931551"/>
     <w:rsid w:val="0093571C"/>
     <w:rsid w:val="00937318"/>
     <w:rsid w:val="00937DC9"/>
     <w:rsid w:val="00943739"/>
     <w:rsid w:val="0094608E"/>
     <w:rsid w:val="00953001"/>
     <w:rsid w:val="0097084D"/>
     <w:rsid w:val="0097236A"/>
     <w:rsid w:val="00976DB9"/>
     <w:rsid w:val="00986CEB"/>
     <w:rsid w:val="00992BC7"/>
@@ -17245,50 +17106,51 @@
     <w:rsid w:val="00AE0ECA"/>
     <w:rsid w:val="00AF304D"/>
     <w:rsid w:val="00AF63B9"/>
     <w:rsid w:val="00B00CDE"/>
     <w:rsid w:val="00B058DA"/>
     <w:rsid w:val="00B15C13"/>
     <w:rsid w:val="00B2010E"/>
     <w:rsid w:val="00B217AF"/>
     <w:rsid w:val="00B2188F"/>
     <w:rsid w:val="00B21D6B"/>
     <w:rsid w:val="00B25D0E"/>
     <w:rsid w:val="00B308AA"/>
     <w:rsid w:val="00B310AC"/>
     <w:rsid w:val="00B47CD5"/>
     <w:rsid w:val="00B47F5F"/>
     <w:rsid w:val="00B530BB"/>
     <w:rsid w:val="00B621CF"/>
     <w:rsid w:val="00B64136"/>
     <w:rsid w:val="00B71338"/>
     <w:rsid w:val="00B727ED"/>
     <w:rsid w:val="00B73DE9"/>
     <w:rsid w:val="00B82A3A"/>
     <w:rsid w:val="00B874C5"/>
     <w:rsid w:val="00B90AED"/>
     <w:rsid w:val="00B91353"/>
+    <w:rsid w:val="00B944B9"/>
     <w:rsid w:val="00BA0AEA"/>
     <w:rsid w:val="00BA0E47"/>
     <w:rsid w:val="00BA5FCB"/>
     <w:rsid w:val="00BA6E39"/>
     <w:rsid w:val="00BB08BC"/>
     <w:rsid w:val="00BB38E0"/>
     <w:rsid w:val="00BB43D4"/>
     <w:rsid w:val="00BB63C6"/>
     <w:rsid w:val="00BC0C54"/>
     <w:rsid w:val="00BC126A"/>
     <w:rsid w:val="00BC19A5"/>
     <w:rsid w:val="00BC7854"/>
     <w:rsid w:val="00BD46D8"/>
     <w:rsid w:val="00BE1D3C"/>
     <w:rsid w:val="00BE2084"/>
     <w:rsid w:val="00BE4200"/>
     <w:rsid w:val="00BE5326"/>
     <w:rsid w:val="00BE5361"/>
     <w:rsid w:val="00BE6678"/>
     <w:rsid w:val="00BF4EFF"/>
     <w:rsid w:val="00C01886"/>
     <w:rsid w:val="00C1170A"/>
     <w:rsid w:val="00C12FAB"/>
     <w:rsid w:val="00C145DF"/>
     <w:rsid w:val="00C20D84"/>
@@ -17369,50 +17231,51 @@
     <w:rsid w:val="00DA76F8"/>
     <w:rsid w:val="00DB054F"/>
     <w:rsid w:val="00DC0D39"/>
     <w:rsid w:val="00DC1631"/>
     <w:rsid w:val="00DC27F1"/>
     <w:rsid w:val="00DC31ED"/>
     <w:rsid w:val="00DC3990"/>
     <w:rsid w:val="00DC4D70"/>
     <w:rsid w:val="00DC5A21"/>
     <w:rsid w:val="00DD4939"/>
     <w:rsid w:val="00DD52E1"/>
     <w:rsid w:val="00DD5431"/>
     <w:rsid w:val="00DD5B9A"/>
     <w:rsid w:val="00DD612F"/>
     <w:rsid w:val="00DE3C46"/>
     <w:rsid w:val="00DE4598"/>
     <w:rsid w:val="00DF473B"/>
     <w:rsid w:val="00DF4CCB"/>
     <w:rsid w:val="00DF5D7F"/>
     <w:rsid w:val="00DF7B7A"/>
     <w:rsid w:val="00E036DA"/>
     <w:rsid w:val="00E12698"/>
     <w:rsid w:val="00E158FE"/>
     <w:rsid w:val="00E20278"/>
     <w:rsid w:val="00E20BAF"/>
+    <w:rsid w:val="00E24529"/>
     <w:rsid w:val="00E2795E"/>
     <w:rsid w:val="00E27E50"/>
     <w:rsid w:val="00E30732"/>
     <w:rsid w:val="00E313C2"/>
     <w:rsid w:val="00E3526D"/>
     <w:rsid w:val="00E3558E"/>
     <w:rsid w:val="00E35CE2"/>
     <w:rsid w:val="00E36664"/>
     <w:rsid w:val="00E414C7"/>
     <w:rsid w:val="00E45352"/>
     <w:rsid w:val="00E4600A"/>
     <w:rsid w:val="00E46AB0"/>
     <w:rsid w:val="00E46DDF"/>
     <w:rsid w:val="00E5022B"/>
     <w:rsid w:val="00E5348A"/>
     <w:rsid w:val="00E560C8"/>
     <w:rsid w:val="00E57142"/>
     <w:rsid w:val="00E60188"/>
     <w:rsid w:val="00E6358C"/>
     <w:rsid w:val="00E6363E"/>
     <w:rsid w:val="00E70951"/>
     <w:rsid w:val="00E72105"/>
     <w:rsid w:val="00E7254F"/>
     <w:rsid w:val="00E73A3E"/>
     <w:rsid w:val="00E81236"/>
@@ -17502,59 +17365,60 @@
     <w:rsid w:val="00FD7068"/>
     <w:rsid w:val="00FD7B35"/>
     <w:rsid w:val="00FE116E"/>
     <w:rsid w:val="00FE649B"/>
     <w:rsid w:val="00FE6D26"/>
     <w:rsid w:val="00FE6E23"/>
     <w:rsid w:val="00FF4974"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="9217" fillcolor="white">
+    <o:shapedefaults v:ext="edit" spidmax="15361" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="6BE00802"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{9D3909E9-7B94-4D83-954D-9E3BE80F29FB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
@@ -21916,75 +21780,75 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>910</Words>
-  <Characters>5662</Characters>
+  <Characters>5663</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>47</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>APOSTILLE - Заявление Обр. 2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Verjinia Tsankova</Manager>
   <Company>NACID</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6559</CharactersWithSpaces>
+  <CharactersWithSpaces>6560</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>4849670</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://nacid.bg/bg/services/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>131082</vt:i4>
       </vt:variant>
       <vt:variant>