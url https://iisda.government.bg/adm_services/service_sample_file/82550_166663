--- v0 (2025-12-03)
+++ v1 (2026-03-21)
@@ -1279,80 +1279,60 @@
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>(длъжност, дирекция)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E04175" w:rsidRPr="00CA01D8" w:rsidRDefault="00E04175" w:rsidP="00C17443">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9639"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA01D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">На основание чл. 29, ал. 5 от </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CA01D8">
+        <w:t>На основание чл. 29, ал. 5 от А</w:t>
+      </w:r>
+      <w:r w:rsidR="00763821" w:rsidRPr="00CA01D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>А</w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> кодекс</w:t>
+        <w:t>дминистративнопроцесуалния кодекс</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA01D8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> състави този протокол, в уверение на това, че заявителят:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkEnd w:id="10"/>
     <w:p w:rsidR="004F15E6" w:rsidRPr="00CA01D8" w:rsidRDefault="008B6587" w:rsidP="0051402D">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
@@ -3597,102 +3577,70 @@
         </w:rPr>
         <w:t>заяви</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E04175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E04175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>искане</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E04175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> за </w:t>
       </w:r>
       <w:bookmarkStart w:id="19" w:name="OLE_LINK16"/>
       <w:bookmarkStart w:id="20" w:name="OLE_LINK17"/>
       <w:bookmarkStart w:id="21" w:name="OLE_LINK18"/>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E04175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>издаване</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E04175">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> на </w:t>
       </w:r>
       <w:r w:rsidR="004F4467" w:rsidRPr="000B6C48">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>удостоверение А</w:t>
       </w:r>
       <w:r w:rsidR="004F4467" w:rsidRPr="000B6C48">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>POSTILLE</w:t>
       </w:r>
       <w:r w:rsidR="004F4467" w:rsidRPr="000B6C48">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008A1024" w:rsidRPr="00D543C8">
@@ -10641,106 +10589,107 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C5FCC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Общо</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00637EF2" w:rsidRDefault="00637EF2" w:rsidP="00965957">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00637EF2" w:rsidRPr="006C5FCC" w:rsidRDefault="00637EF2" w:rsidP="00637EF2">
+    <w:p w:rsidR="00BF222E" w:rsidRDefault="00637EF2" w:rsidP="00BF222E">
       <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C5FCC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Платена цена на стойност </w:t>
       </w:r>
-      <w:r w:rsidRPr="006C5FCC">
+      <w:r w:rsidR="00BF222E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-        <w:t>……………………… лв.</w:t>
+          <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>…………€/…………лв.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C5520C" w:rsidRPr="008E00B7" w:rsidRDefault="00C5520C" w:rsidP="00C5520C">
+    <w:p w:rsidR="00C5520C" w:rsidRPr="008E00B7" w:rsidRDefault="00C5520C" w:rsidP="00BF222E">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E00B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
           <w:b/>
           <w:color w:val="00508C"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F063"/>
       </w:r>
+      <w:r w:rsidR="00821CBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="24" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidRPr="008E00B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:tab/>
         <w:t>Прилагам платежен документ.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00637EF2" w:rsidRDefault="00C5520C" w:rsidP="00C5520C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="539" w:hanging="539"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E00B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
           <w:b/>
           <w:color w:val="00508C"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F063"/>
@@ -10860,52 +10809,50 @@
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>пр</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>едставителят</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="24"/>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00AC0CC6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>изяви</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00AC0CC6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> желание</w:t>
             </w:r>
             <w:r w:rsidRPr="00BD5039">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -11893,63 +11840,52 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>пощенски</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> оператор, </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> оператор, като</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D866A1" w:rsidTr="00657F8E">
         <w:trPr>
           <w:trHeight w:val="1200"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00D866A1" w:rsidRDefault="00D866A1">
@@ -12170,191 +12106,151 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>разходи</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> са за моя сметка, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>са</w:t>
+              <w:t>платими</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> за моя сметка, </w:t>
+              <w:t xml:space="preserve"> при </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>платими</w:t>
+              <w:t>получаване</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> при </w:t>
+              <w:t xml:space="preserve"> на </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>получаване</w:t>
+              <w:t>пратката</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> на </w:t>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>пратката</w:t>
+              <w:t>Давам</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Давам</w:t>
+              <w:t>съгласие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> ми да </w:t>
+              <w:t xml:space="preserve"> документите ми да </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>бъдат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -12719,191 +12615,151 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>разходи</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> са за моя сметка, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>са</w:t>
+              <w:t>платими</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> за моя сметка, </w:t>
+              <w:t xml:space="preserve"> при </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>платими</w:t>
+              <w:t>получаване</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> при </w:t>
+              <w:t xml:space="preserve"> на </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>получаване</w:t>
+              <w:t>пратката</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> на </w:t>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>пратката</w:t>
+              <w:t>Давам</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Давам</w:t>
+              <w:t>съгласие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> ми да </w:t>
+              <w:t xml:space="preserve"> документите ми да </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>бъдат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -13368,71 +13224,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>съгласие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> ми да </w:t>
+              <w:t xml:space="preserve"> документите ми да </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>бъдат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -13641,60 +13477,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> че </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00540166">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>желае</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00540166">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="009175DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>документите</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00540166">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> да</w:t>
             </w:r>
             <w:r w:rsidR="009175DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="009175DD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>бъд</w:t>
             </w:r>
@@ -15800,67 +15634,51 @@
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> В случай</w:t>
       </w:r>
       <w:r w:rsidR="00F10061" w:rsidRPr="000A0D77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> че </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="000A0D77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>удостоверението</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="000A0D77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> се </w:t>
+        <w:t xml:space="preserve"> ще се </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="000A0D77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>изпраща</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="000A0D77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> с </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="000A0D77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>международна</w:t>
@@ -16037,69 +15855,51 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="000A0D77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="000A0D77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>арабски</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="000A0D77">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> цифри. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C1553" w:rsidRPr="000A0D77" w:rsidRDefault="009C1553" w:rsidP="009C1553">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009C1553" w:rsidRPr="000A0D77" w:rsidSect="008979D0">
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1361" w:right="748" w:bottom="1060" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
@@ -16108,99 +15908,99 @@
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00D8253E" w:rsidRDefault="00D8253E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sylfaen">
     <w:panose1 w:val="010A0502050306030303"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="04000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Bold">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="02020803070505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HebarU">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
@@ -18353,51 +18153,51 @@
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3704" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="9217" fillcolor="white">
+    <o:shapedefaults v:ext="edit" spidmax="13313" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005F3C31"/>
     <w:rsid w:val="000006B2"/>
     <w:rsid w:val="0000085E"/>
     <w:rsid w:val="00002CFD"/>
     <w:rsid w:val="00003393"/>
@@ -18606,50 +18406,51 @@
     <w:rsid w:val="004654FC"/>
     <w:rsid w:val="00466F82"/>
     <w:rsid w:val="00470B59"/>
     <w:rsid w:val="00473B72"/>
     <w:rsid w:val="0048722E"/>
     <w:rsid w:val="00491092"/>
     <w:rsid w:val="00491C75"/>
     <w:rsid w:val="004921A0"/>
     <w:rsid w:val="00493B07"/>
     <w:rsid w:val="00494EF2"/>
     <w:rsid w:val="004969D0"/>
     <w:rsid w:val="00497EA7"/>
     <w:rsid w:val="004B0D62"/>
     <w:rsid w:val="004B1FA7"/>
     <w:rsid w:val="004C2661"/>
     <w:rsid w:val="004C3CC3"/>
     <w:rsid w:val="004C608B"/>
     <w:rsid w:val="004C6DC4"/>
     <w:rsid w:val="004D1B0A"/>
     <w:rsid w:val="004E2467"/>
     <w:rsid w:val="004E6433"/>
     <w:rsid w:val="004E7DFF"/>
     <w:rsid w:val="004F15E6"/>
     <w:rsid w:val="004F34A1"/>
     <w:rsid w:val="004F4467"/>
+    <w:rsid w:val="004F5FC0"/>
     <w:rsid w:val="00500193"/>
     <w:rsid w:val="00513D42"/>
     <w:rsid w:val="00513E25"/>
     <w:rsid w:val="0051402D"/>
     <w:rsid w:val="00514D7D"/>
     <w:rsid w:val="00516284"/>
     <w:rsid w:val="00523EAA"/>
     <w:rsid w:val="00526D5E"/>
     <w:rsid w:val="00534EB3"/>
     <w:rsid w:val="00534ED8"/>
     <w:rsid w:val="00535F15"/>
     <w:rsid w:val="00540166"/>
     <w:rsid w:val="005428C9"/>
     <w:rsid w:val="00543745"/>
     <w:rsid w:val="00544809"/>
     <w:rsid w:val="00545CCE"/>
     <w:rsid w:val="005501F6"/>
     <w:rsid w:val="00551B59"/>
     <w:rsid w:val="00553D8D"/>
     <w:rsid w:val="00554290"/>
     <w:rsid w:val="00556AA8"/>
     <w:rsid w:val="0055714D"/>
     <w:rsid w:val="00565C9D"/>
     <w:rsid w:val="005755F4"/>
     <w:rsid w:val="00575AA7"/>
@@ -18758,50 +18559,51 @@
     <w:rsid w:val="007B22D2"/>
     <w:rsid w:val="007B2681"/>
     <w:rsid w:val="007B5438"/>
     <w:rsid w:val="007B7CBA"/>
     <w:rsid w:val="007C144D"/>
     <w:rsid w:val="007C2B96"/>
     <w:rsid w:val="007D5E6D"/>
     <w:rsid w:val="007D75D1"/>
     <w:rsid w:val="007E0AB9"/>
     <w:rsid w:val="007E583A"/>
     <w:rsid w:val="007E5919"/>
     <w:rsid w:val="007E7B11"/>
     <w:rsid w:val="007E7D96"/>
     <w:rsid w:val="007F186F"/>
     <w:rsid w:val="007F1ADB"/>
     <w:rsid w:val="007F1FFA"/>
     <w:rsid w:val="007F2480"/>
     <w:rsid w:val="007F35DA"/>
     <w:rsid w:val="007F42DB"/>
     <w:rsid w:val="007F4792"/>
     <w:rsid w:val="00800336"/>
     <w:rsid w:val="00805565"/>
     <w:rsid w:val="00810DB1"/>
     <w:rsid w:val="00811AD6"/>
     <w:rsid w:val="00817E69"/>
+    <w:rsid w:val="00821CBF"/>
     <w:rsid w:val="00834D9D"/>
     <w:rsid w:val="00835D17"/>
     <w:rsid w:val="008442F0"/>
     <w:rsid w:val="008534F0"/>
     <w:rsid w:val="00855B8A"/>
     <w:rsid w:val="00862CD8"/>
     <w:rsid w:val="008630DD"/>
     <w:rsid w:val="00863C6F"/>
     <w:rsid w:val="00863C7E"/>
     <w:rsid w:val="00865204"/>
     <w:rsid w:val="00866571"/>
     <w:rsid w:val="00872FCC"/>
     <w:rsid w:val="00874942"/>
     <w:rsid w:val="008749DE"/>
     <w:rsid w:val="00877240"/>
     <w:rsid w:val="00881B6C"/>
     <w:rsid w:val="00883833"/>
     <w:rsid w:val="0088487E"/>
     <w:rsid w:val="008874EA"/>
     <w:rsid w:val="0088752A"/>
     <w:rsid w:val="008929FF"/>
     <w:rsid w:val="00893158"/>
     <w:rsid w:val="008979D0"/>
     <w:rsid w:val="008A1024"/>
     <w:rsid w:val="008A42AA"/>
@@ -18943,50 +18745,51 @@
     <w:rsid w:val="00B47F5F"/>
     <w:rsid w:val="00B51C5E"/>
     <w:rsid w:val="00B554D6"/>
     <w:rsid w:val="00B6060F"/>
     <w:rsid w:val="00B71338"/>
     <w:rsid w:val="00B727ED"/>
     <w:rsid w:val="00B73DE9"/>
     <w:rsid w:val="00B874C5"/>
     <w:rsid w:val="00B90AED"/>
     <w:rsid w:val="00B91353"/>
     <w:rsid w:val="00BA0AEA"/>
     <w:rsid w:val="00BA6E39"/>
     <w:rsid w:val="00BB08BC"/>
     <w:rsid w:val="00BB38E0"/>
     <w:rsid w:val="00BB43D4"/>
     <w:rsid w:val="00BC7854"/>
     <w:rsid w:val="00BD46D8"/>
     <w:rsid w:val="00BD5039"/>
     <w:rsid w:val="00BE1D3C"/>
     <w:rsid w:val="00BE3A64"/>
     <w:rsid w:val="00BE3EE0"/>
     <w:rsid w:val="00BE4200"/>
     <w:rsid w:val="00BE5326"/>
     <w:rsid w:val="00BE5361"/>
     <w:rsid w:val="00BE6678"/>
+    <w:rsid w:val="00BF222E"/>
     <w:rsid w:val="00BF6055"/>
     <w:rsid w:val="00C01886"/>
     <w:rsid w:val="00C1170A"/>
     <w:rsid w:val="00C1213D"/>
     <w:rsid w:val="00C12FAB"/>
     <w:rsid w:val="00C145DF"/>
     <w:rsid w:val="00C17443"/>
     <w:rsid w:val="00C20D84"/>
     <w:rsid w:val="00C22292"/>
     <w:rsid w:val="00C30FB2"/>
     <w:rsid w:val="00C35BC8"/>
     <w:rsid w:val="00C42CC7"/>
     <w:rsid w:val="00C4331B"/>
     <w:rsid w:val="00C5520C"/>
     <w:rsid w:val="00C55730"/>
     <w:rsid w:val="00C57B96"/>
     <w:rsid w:val="00C60F07"/>
     <w:rsid w:val="00C62521"/>
     <w:rsid w:val="00C62D3C"/>
     <w:rsid w:val="00C70392"/>
     <w:rsid w:val="00C84098"/>
     <w:rsid w:val="00C865A7"/>
     <w:rsid w:val="00C86E45"/>
     <w:rsid w:val="00C94E6D"/>
     <w:rsid w:val="00CA01D8"/>
@@ -19170,59 +18973,60 @@
     <w:rsid w:val="00FD68EE"/>
     <w:rsid w:val="00FD7B35"/>
     <w:rsid w:val="00FE116E"/>
     <w:rsid w:val="00FE649B"/>
     <w:rsid w:val="00FE6D26"/>
     <w:rsid w:val="00FE6E23"/>
     <w:rsid w:val="00FF4974"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="9217" fillcolor="white">
+    <o:shapedefaults v:ext="edit" spidmax="13313" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="0F546181"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{735AD31B-F9F9-4EB3-9A40-EB71DA6499D7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
@@ -23243,50 +23047,63 @@
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00AF63B9"/>
     <w:pPr>
       <w:spacing w:before="240"/>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="bg-BG"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
+    <w:div w:id="417944050">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="547380786">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pay.egov.bg/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://nacid.bg/bg/services/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -23565,76 +23382,76 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1499</Words>
-  <Characters>9317</Characters>
+  <Words>1498</Words>
+  <Characters>9322</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>77</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>APOSTILLE - Протокол Обр. 1а</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Verjinia Tsankova</Manager>
   <Company>NACID</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10795</CharactersWithSpaces>
+  <CharactersWithSpaces>10799</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>4849670</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://nacid.bg/bg/services/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>131082</vt:i4>
       </vt:variant>
       <vt:variant>