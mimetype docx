--- v0 (2026-01-19)
+++ v1 (2026-03-21)
@@ -3445,69 +3445,58 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> на</w:t>
       </w:r>
       <w:r w:rsidR="004F4467" w:rsidRPr="00AA6580">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F4467" w:rsidRPr="00AA6580">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">приложените </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D27A03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>от</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">от </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D27A03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>мен</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D27A03">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004F4467" w:rsidRPr="00AA6580">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
@@ -10256,126 +10245,131 @@
             </w:pPr>
             <w:r w:rsidRPr="002D4288">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Общо</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00497024" w:rsidRPr="002D4288" w:rsidRDefault="00497024" w:rsidP="00497024">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB355E" w:rsidRPr="00301BAB" w:rsidRDefault="00F518A3" w:rsidP="002D4288">
+    <w:p w:rsidR="008E6F4A" w:rsidRDefault="00F518A3" w:rsidP="008E6F4A">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00301BAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>П</w:t>
       </w:r>
       <w:r w:rsidR="00790496" w:rsidRPr="00301BAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">латена </w:t>
       </w:r>
       <w:r w:rsidR="00DB0E6F" w:rsidRPr="00301BAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>цена</w:t>
       </w:r>
       <w:r w:rsidR="00790496" w:rsidRPr="00301BAB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> на стойност </w:t>
       </w:r>
-      <w:r w:rsidR="00790496" w:rsidRPr="00301BAB">
+      <w:r w:rsidR="008E6F4A" w:rsidRPr="008E6F4A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>……………………… лв.</w:t>
+        <w:t>…………€/…………лв.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00301BAB" w:rsidRPr="008E00B7" w:rsidRDefault="00301BAB" w:rsidP="00301BAB">
+    <w:p w:rsidR="00301BAB" w:rsidRPr="008E00B7" w:rsidRDefault="00301BAB" w:rsidP="008E6F4A">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E00B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
           <w:b/>
           <w:color w:val="00508C"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F063"/>
       </w:r>
+      <w:r w:rsidR="00D87E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="008E00B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:tab/>
         <w:t>Прилагам платежен документ.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009B7004" w:rsidRDefault="00301BAB" w:rsidP="00301BAB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:ind w:left="539" w:hanging="539"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008E00B7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold"/>
           <w:b/>
           <w:color w:val="00508C"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:sym w:font="Webdings" w:char="F063"/>
       </w:r>
@@ -10538,64 +10532,52 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>удостоверени</w:t>
             </w:r>
             <w:r w:rsidR="00CB7BEE" w:rsidRPr="00AA6580">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>те</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00CB7BEE" w:rsidRPr="00AA6580">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> документи</w:t>
+            </w:r>
             <w:r w:rsidR="00BB38E0" w:rsidRPr="00AA6580">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00BB38E0" w:rsidRPr="00AA6580" w:rsidRDefault="00BB38E0" w:rsidP="00E12D75">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:firstLine="142"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA6580">
@@ -11453,63 +11435,52 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AA6580">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>пощенски</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AA6580">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> оператор, </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> оператор, като</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F7242" w:rsidRPr="00AA6580" w:rsidTr="003352FE">
         <w:trPr>
           <w:trHeight w:val="1076"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="553" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:left w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="004F7242" w:rsidRPr="00AA6580" w:rsidRDefault="004F7242" w:rsidP="004F7242">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="459"/>
               </w:tabs>
               <w:spacing w:before="200" w:after="120"/>
@@ -11730,191 +11701,151 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>разходи</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> са за моя сметка, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>са</w:t>
+              <w:t>платими</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> за моя сметка, </w:t>
+              <w:t xml:space="preserve"> при </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>платими</w:t>
+              <w:t>получаване</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> при </w:t>
+              <w:t xml:space="preserve"> на </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>получаване</w:t>
+              <w:t>пратката</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> на </w:t>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>пратката</w:t>
+              <w:t>Давам</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Давам</w:t>
+              <w:t>съгласие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> ми да </w:t>
+              <w:t xml:space="preserve"> документите ми да </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>бъдат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -12283,191 +12214,151 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>разходи</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> са за моя сметка, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>са</w:t>
+              <w:t>платими</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> за моя сметка, </w:t>
+              <w:t xml:space="preserve"> при </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>платими</w:t>
+              <w:t>получаване</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> при </w:t>
+              <w:t xml:space="preserve"> на </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>получаване</w:t>
+              <w:t>пратката</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> на </w:t>
+              <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>пратката</w:t>
+              <w:t>Давам</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Давам</w:t>
+              <w:t>съгласие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> ми да </w:t>
+              <w:t xml:space="preserve"> документите ми да </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>бъдат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -12925,71 +12816,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>съгласие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> ми да </w:t>
+              <w:t xml:space="preserve"> документите ми да </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>бъдат</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B5909">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -13175,64 +13046,52 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">В случай че желаете </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FC4E10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>удостоверените</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FC4E10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> документи</w:t>
+            </w:r>
             <w:r w:rsidR="00070A43" w:rsidRPr="00FC4E10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> да Ви </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00070A43" w:rsidRPr="00FC4E10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>бъд</w:t>
             </w:r>
             <w:r w:rsidRPr="00FC4E10">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
@@ -14277,69 +14136,51 @@
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00F43151" w:rsidRPr="00E67AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>изпратен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00F43151" w:rsidRPr="00E67AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>и</w:t>
             </w:r>
             <w:r w:rsidR="00F43151" w:rsidRPr="00E67AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> на </w:t>
             </w:r>
             <w:r w:rsidR="00F43151" w:rsidRPr="00E67AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>ЧЕТЛИВО изписания</w:t>
             </w:r>
             <w:r w:rsidR="00F43151" w:rsidRPr="00E67AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> в </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00F43151" w:rsidRPr="00E67AD7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -14566,69 +14407,51 @@
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00F43151" w:rsidRPr="00E1695B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>изпратен</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00F43151" w:rsidRPr="00E1695B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>и</w:t>
             </w:r>
             <w:r w:rsidR="00F43151" w:rsidRPr="00E1695B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> на </w:t>
             </w:r>
             <w:r w:rsidR="00F43151" w:rsidRPr="00E1695B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>ЧЕТЛИВО изписания</w:t>
             </w:r>
             <w:r w:rsidR="00F43151" w:rsidRPr="00E1695B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> в </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00F43151" w:rsidRPr="00E1695B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -14699,52 +14522,50 @@
               <w:t xml:space="preserve">посочен от </w:t>
             </w:r>
             <w:r w:rsidR="00F43151" w:rsidRPr="00E1695B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>представителя.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00273DA6" w:rsidRDefault="00273DA6" w:rsidP="00FC4E10">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w:rsidR="00300873" w:rsidRPr="00AA6580" w:rsidRDefault="00300873" w:rsidP="00FC4E10">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA6580">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Информация за обработването на личните данни, предоставени с настоящ</w:t>
       </w:r>
       <w:r w:rsidR="006073ED" w:rsidRPr="00AA6580">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -15956,410 +15777,368 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> че </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>удостоверението</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> ще се </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>ще</w:t>
+        <w:t>изпраща</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> се </w:t>
+        <w:t xml:space="preserve"> с </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>изпраща</w:t>
+        <w:t>международна</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> с </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>международна</w:t>
+        <w:t>препоръчана</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>препоръчана</w:t>
+        <w:t>пощенска</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>пощенска</w:t>
+        <w:t>пратка</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> е необходимо </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>пратка</w:t>
+        <w:t>адресът</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> е необходимо </w:t>
+        <w:t xml:space="preserve"> за </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>адресът</w:t>
+        <w:t>получаване</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> за </w:t>
+        <w:t xml:space="preserve"> да </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>получаване</w:t>
+        <w:t>бъде</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> да </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>бъде</w:t>
+        <w:t>изписан</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>изписан</w:t>
+        <w:t>латински</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">с </w:t>
+        <w:t>букви</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>латински</w:t>
+        <w:t>арабски</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F10061" w:rsidRPr="001705A3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...65 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> цифри. </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009C1553" w:rsidRPr="001705A3" w:rsidSect="00C35F1D">
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="993" w:right="746" w:bottom="1060" w:left="1400" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="003063D2" w:rsidRDefault="003063D2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="003063D2" w:rsidRDefault="003063D2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Sylfaen">
     <w:panose1 w:val="010A0502050306030303"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="04000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
@@ -16370,51 +16149,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Garamond">
     <w:panose1 w:val="02020404030301010803"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Bold">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="02020803070505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -18551,51 +18330,51 @@
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="22">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3704" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="11265" fillcolor="white">
+    <o:shapedefaults v:ext="edit" spidmax="15361" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005F3C31"/>
     <w:rsid w:val="000006B2"/>
     <w:rsid w:val="0000085E"/>
     <w:rsid w:val="00001391"/>
     <w:rsid w:val="00002CFD"/>
@@ -19129,50 +18908,51 @@
     <w:rsid w:val="00892D5B"/>
     <w:rsid w:val="00893158"/>
     <w:rsid w:val="008A0863"/>
     <w:rsid w:val="008A42AA"/>
     <w:rsid w:val="008A7548"/>
     <w:rsid w:val="008A797C"/>
     <w:rsid w:val="008A7ACE"/>
     <w:rsid w:val="008B1887"/>
     <w:rsid w:val="008B6587"/>
     <w:rsid w:val="008B7FF8"/>
     <w:rsid w:val="008C14C8"/>
     <w:rsid w:val="008C228A"/>
     <w:rsid w:val="008C43F3"/>
     <w:rsid w:val="008C5FCF"/>
     <w:rsid w:val="008D25D2"/>
     <w:rsid w:val="008D25DA"/>
     <w:rsid w:val="008D300D"/>
     <w:rsid w:val="008D3384"/>
     <w:rsid w:val="008D5062"/>
     <w:rsid w:val="008D6975"/>
     <w:rsid w:val="008D7E64"/>
     <w:rsid w:val="008E0B4F"/>
     <w:rsid w:val="008E1695"/>
     <w:rsid w:val="008E22FB"/>
     <w:rsid w:val="008E6C5D"/>
+    <w:rsid w:val="008E6F4A"/>
     <w:rsid w:val="008F0B22"/>
     <w:rsid w:val="008F2485"/>
     <w:rsid w:val="008F25A7"/>
     <w:rsid w:val="008F489F"/>
     <w:rsid w:val="00905C81"/>
     <w:rsid w:val="00905DB1"/>
     <w:rsid w:val="00905EBC"/>
     <w:rsid w:val="009132A5"/>
     <w:rsid w:val="0092030E"/>
     <w:rsid w:val="00921EB6"/>
     <w:rsid w:val="00925519"/>
     <w:rsid w:val="0092604C"/>
     <w:rsid w:val="0093571C"/>
     <w:rsid w:val="00937318"/>
     <w:rsid w:val="00937DC9"/>
     <w:rsid w:val="00943739"/>
     <w:rsid w:val="0094608E"/>
     <w:rsid w:val="0094628D"/>
     <w:rsid w:val="00952E68"/>
     <w:rsid w:val="00953001"/>
     <w:rsid w:val="00960140"/>
     <w:rsid w:val="009643FB"/>
     <w:rsid w:val="00964D2B"/>
     <w:rsid w:val="00966966"/>
     <w:rsid w:val="00967942"/>
@@ -19394,50 +19174,51 @@
     <w:rsid w:val="00D27A03"/>
     <w:rsid w:val="00D27EB9"/>
     <w:rsid w:val="00D3081C"/>
     <w:rsid w:val="00D317E0"/>
     <w:rsid w:val="00D32DA6"/>
     <w:rsid w:val="00D33808"/>
     <w:rsid w:val="00D34366"/>
     <w:rsid w:val="00D362D7"/>
     <w:rsid w:val="00D375FD"/>
     <w:rsid w:val="00D400AB"/>
     <w:rsid w:val="00D4031E"/>
     <w:rsid w:val="00D440D0"/>
     <w:rsid w:val="00D543C8"/>
     <w:rsid w:val="00D61319"/>
     <w:rsid w:val="00D63F7A"/>
     <w:rsid w:val="00D6457D"/>
     <w:rsid w:val="00D74281"/>
     <w:rsid w:val="00D754AE"/>
     <w:rsid w:val="00D75C6F"/>
     <w:rsid w:val="00D772AE"/>
     <w:rsid w:val="00D77CD4"/>
     <w:rsid w:val="00D815C5"/>
     <w:rsid w:val="00D82842"/>
     <w:rsid w:val="00D83968"/>
     <w:rsid w:val="00D849C5"/>
+    <w:rsid w:val="00D87E50"/>
     <w:rsid w:val="00D87E80"/>
     <w:rsid w:val="00D96CBD"/>
     <w:rsid w:val="00DA1748"/>
     <w:rsid w:val="00DA5D22"/>
     <w:rsid w:val="00DB054F"/>
     <w:rsid w:val="00DB07B6"/>
     <w:rsid w:val="00DB0E6F"/>
     <w:rsid w:val="00DB355E"/>
     <w:rsid w:val="00DB434F"/>
     <w:rsid w:val="00DB4D22"/>
     <w:rsid w:val="00DC0D39"/>
     <w:rsid w:val="00DC0D94"/>
     <w:rsid w:val="00DC1631"/>
     <w:rsid w:val="00DC31ED"/>
     <w:rsid w:val="00DC3990"/>
     <w:rsid w:val="00DC4D70"/>
     <w:rsid w:val="00DD4939"/>
     <w:rsid w:val="00DD52E1"/>
     <w:rsid w:val="00DD5431"/>
     <w:rsid w:val="00DD5B9A"/>
     <w:rsid w:val="00DD612F"/>
     <w:rsid w:val="00DD6378"/>
     <w:rsid w:val="00DE3C46"/>
     <w:rsid w:val="00DE458A"/>
     <w:rsid w:val="00DE4598"/>
@@ -19473,50 +19254,51 @@
     <w:rsid w:val="00E46AB0"/>
     <w:rsid w:val="00E46DDF"/>
     <w:rsid w:val="00E5022B"/>
     <w:rsid w:val="00E5348A"/>
     <w:rsid w:val="00E560C8"/>
     <w:rsid w:val="00E57142"/>
     <w:rsid w:val="00E60188"/>
     <w:rsid w:val="00E6363E"/>
     <w:rsid w:val="00E650F7"/>
     <w:rsid w:val="00E67AD7"/>
     <w:rsid w:val="00E70951"/>
     <w:rsid w:val="00E7254F"/>
     <w:rsid w:val="00E73A3E"/>
     <w:rsid w:val="00E75929"/>
     <w:rsid w:val="00E77A03"/>
     <w:rsid w:val="00E81236"/>
     <w:rsid w:val="00E827F2"/>
     <w:rsid w:val="00E82EC0"/>
     <w:rsid w:val="00E85860"/>
     <w:rsid w:val="00E861AD"/>
     <w:rsid w:val="00E86BDA"/>
     <w:rsid w:val="00E87897"/>
     <w:rsid w:val="00E9156A"/>
     <w:rsid w:val="00E939BD"/>
     <w:rsid w:val="00E95A02"/>
+    <w:rsid w:val="00EA288F"/>
     <w:rsid w:val="00EA2A66"/>
     <w:rsid w:val="00EA3A2B"/>
     <w:rsid w:val="00EA3A67"/>
     <w:rsid w:val="00EA65A7"/>
     <w:rsid w:val="00EB259B"/>
     <w:rsid w:val="00EB346A"/>
     <w:rsid w:val="00EB4996"/>
     <w:rsid w:val="00EB4E28"/>
     <w:rsid w:val="00EC0740"/>
     <w:rsid w:val="00EC189F"/>
     <w:rsid w:val="00EC6509"/>
     <w:rsid w:val="00ED1383"/>
     <w:rsid w:val="00ED3DF4"/>
     <w:rsid w:val="00ED42D0"/>
     <w:rsid w:val="00ED5550"/>
     <w:rsid w:val="00ED6963"/>
     <w:rsid w:val="00EE02C8"/>
     <w:rsid w:val="00EE3810"/>
     <w:rsid w:val="00EE5462"/>
     <w:rsid w:val="00EE590A"/>
     <w:rsid w:val="00EE5CFE"/>
     <w:rsid w:val="00EF1FF2"/>
     <w:rsid w:val="00EF3D05"/>
     <w:rsid w:val="00EF6589"/>
     <w:rsid w:val="00EF6642"/>
@@ -19585,59 +19367,60 @@
     <w:rsid w:val="00FE116E"/>
     <w:rsid w:val="00FE649B"/>
     <w:rsid w:val="00FE6D26"/>
     <w:rsid w:val="00FE6E23"/>
     <w:rsid w:val="00FF14C6"/>
     <w:rsid w:val="00FF3CFC"/>
     <w:rsid w:val="00FF4974"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="11265" fillcolor="white">
+    <o:shapedefaults v:ext="edit" spidmax="15361" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="0DB1B173"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{60CA5C6B-0872-49BD-B243-D0F784081B61}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
@@ -23998,76 +23781,76 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1530</Words>
-  <Characters>9519</Characters>
+  <Words>1529</Words>
+  <Characters>9524</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>79</Lines>
   <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>APOSTILLE - Заявление Обр. 1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Verjinia Tsankova</Manager>
   <Company>NACID</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11027</CharactersWithSpaces>
+  <CharactersWithSpaces>11031</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>4849670</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://nacid.bg/bg/services/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>131082</vt:i4>
       </vt:variant>
       <vt:variant>