--- v0 (2025-10-21)
+++ v1 (2026-02-18)
@@ -1,2246 +1,2986 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00BB6F4E" w:rsidRDefault="00BB6F4E" w:rsidP="003129D1">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="002F3674" w:rsidRDefault="002F3674" w:rsidP="003A13B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D55D7" w:rsidRDefault="002D55D7" w:rsidP="003A13B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A47CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>АБ –</w:t>
+      </w:r>
+      <w:r w:rsidR="00382305" w:rsidRPr="00A47CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0074188F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="004146A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A47CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ……………../……………..20…..г.           </w:t>
+      </w:r>
+      <w:r w:rsidR="00C04195" w:rsidRPr="00A47CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A47CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00A47CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A47CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ОБЩИНА КНЕЖА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A47CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00C04195" w:rsidRPr="00A47CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  вх. №   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A47CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">        дата                                                                </w:t>
+      </w:r>
+      <w:r w:rsidR="00C04195" w:rsidRPr="00A47CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="00A47CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A47CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>гр. КНЕЖА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A47CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                                                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidR="00A47CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A47CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ОБЛАСТ ПЛЕВЕН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A13B3" w:rsidRDefault="003A13B3" w:rsidP="003A13B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A47CC1" w:rsidRPr="00A47CC1" w:rsidRDefault="00A47CC1" w:rsidP="003A13B3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                        </w:t>
+      </w:r>
+      <w:r w:rsidR="00F84BF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        ДО КМЕТА</w:t>
+      </w:r>
+      <w:r w:rsidR="000F6D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> НА</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                             </w:t>
+      </w:r>
+      <w:r w:rsidR="000F6D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="000F6D3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                                                                                                                                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ОБЩИНА КНЕЖА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D5A04" w:rsidRPr="009642BD" w:rsidRDefault="00F84BF9" w:rsidP="00112591">
+      <w:pPr>
+        <w:spacing w:before="360" w:after="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>З А Я В Л Е Н И Е</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0074188F" w:rsidRPr="009642BD" w:rsidRDefault="00F6457A" w:rsidP="0074188F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">за издаване на административен адрес </w:t>
+      </w:r>
+      <w:r w:rsidR="0074188F" w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F344B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- 2018</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="003129D1" w:rsidRPr="003129D1" w:rsidRDefault="003129D1" w:rsidP="003129D1">
-[...9 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00F6457A" w:rsidRPr="009642BD" w:rsidRDefault="00F6457A" w:rsidP="0074188F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...14 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F6457A" w:rsidRPr="009642BD" w:rsidRDefault="00F6457A" w:rsidP="0071323D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>От………………………………………………………………………………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6457A" w:rsidRPr="009642BD" w:rsidRDefault="00F6457A" w:rsidP="00F6457A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...28 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/име: собствено, бащино, фамилно/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6457A" w:rsidRPr="009642BD" w:rsidRDefault="00F6457A" w:rsidP="00F6457A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>адрес…………………………………………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6457A" w:rsidRPr="009642BD" w:rsidRDefault="00F6457A" w:rsidP="00F6457A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/област, община, населено място/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6457A" w:rsidRPr="009642BD" w:rsidRDefault="00F6457A" w:rsidP="00F6457A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…………………………………………………………………………………………………...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F6457A" w:rsidRPr="009642BD" w:rsidRDefault="00F6457A" w:rsidP="004146A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/ ж.к., бул., ул.,</w:t>
+      </w:r>
+      <w:r w:rsidR="004146A0" w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сграда №, вх., ет., ап., /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004146A0" w:rsidRPr="009642BD" w:rsidRDefault="004146A0" w:rsidP="004146A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>телефон за връзка………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004146A0" w:rsidRPr="009642BD" w:rsidRDefault="004146A0" w:rsidP="004146A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004146A0" w:rsidRPr="009642BD" w:rsidRDefault="004146A0" w:rsidP="004146A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0092613A" w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Уважаеми</w:t>
+      </w:r>
+      <w:r w:rsidR="0092613A" w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C90881" w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Г-н </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C90881" w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Лачовски</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07E6A" w:rsidRPr="009642BD" w:rsidRDefault="00F07E6A" w:rsidP="004146A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F07E6A" w:rsidRPr="009642BD" w:rsidRDefault="00F07E6A" w:rsidP="004146A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Моля да ми бъде издадено удостоверение за административен адрес на имот – </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07E6A" w:rsidRPr="009642BD" w:rsidRDefault="00F07E6A" w:rsidP="004146A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>УПИ:……………………., пл. №:………………………., квартал:…………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07E6A" w:rsidRPr="009642BD" w:rsidRDefault="00F07E6A" w:rsidP="004146A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>по плана на гр. /с/ …………………. находящ се на адрес:………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07E6A" w:rsidRPr="009642BD" w:rsidRDefault="00F07E6A" w:rsidP="004146A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>…………………………………………………………………………………………………...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07E6A" w:rsidRPr="009642BD" w:rsidRDefault="00F07E6A" w:rsidP="004146A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F07E6A" w:rsidRPr="009642BD" w:rsidRDefault="00F07E6A" w:rsidP="004146A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F07E6A" w:rsidRPr="009642BD" w:rsidRDefault="00F07E6A" w:rsidP="004146A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Необходими документи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07E6A" w:rsidRPr="009642BD" w:rsidRDefault="00F07E6A" w:rsidP="004146A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F07E6A" w:rsidRPr="009642BD" w:rsidRDefault="00F07E6A" w:rsidP="004146A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1. Документ за собственост / Нотариален акт или договор за покупко-продажба/.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07E6A" w:rsidRPr="009642BD" w:rsidRDefault="00F07E6A" w:rsidP="004146A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07E6A" w:rsidRPr="009642BD" w:rsidRDefault="00F07E6A" w:rsidP="004146A0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009642BD" w:rsidRPr="009642BD" w:rsidRDefault="009642BD" w:rsidP="009642BD">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Документ за платена такса, освен ако плащането е извършено по електронен път.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009642BD" w:rsidRPr="009642BD" w:rsidRDefault="009642BD" w:rsidP="009642BD">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Плащането е извършено по електронен път (отбележете със знак </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, когато плащането е извършено по електронен път).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009642BD" w:rsidRPr="009642BD" w:rsidRDefault="009642BD" w:rsidP="009642BD">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Банкова сметка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Община Кнежа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009642BD" w:rsidRPr="009642BD" w:rsidRDefault="009642BD" w:rsidP="009642BD">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>IBAN : BG24IABG74948401620500</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009642BD" w:rsidRPr="009642BD" w:rsidRDefault="009642BD" w:rsidP="009642BD">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Код за вид плащане : 448001</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009642BD" w:rsidRPr="009642BD" w:rsidRDefault="009642BD" w:rsidP="009642BD">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>BIC  - IABGBGSF</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009642BD" w:rsidRPr="009642BD" w:rsidRDefault="009642BD" w:rsidP="009642BD">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Желая издаденият индивидуален административен акт да бъде получен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009642BD" w:rsidRPr="009642BD" w:rsidRDefault="009642BD" w:rsidP="009642BD">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> Лично от ЦАО.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009642BD" w:rsidRPr="009642BD" w:rsidRDefault="009642BD" w:rsidP="009642BD">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> Чрез лицензиран пощенски оператор на адрес: ..........................................................,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009642BD" w:rsidRPr="009642BD" w:rsidRDefault="009642BD" w:rsidP="009642BD">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>като декларирам, че пощенските разходи са за моя сметка, платими при получаването на акта за вътрешни пощенски пратки, и съм съгласен документите да бъдат пренасяни от оператора за служебни цели. Индивидуалният административен акт да бъде изпратен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009642BD" w:rsidRPr="009642BD" w:rsidRDefault="009642BD" w:rsidP="009642BD">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>• като вътрешна препоръчана пощенска пратка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009642BD" w:rsidRPr="009642BD" w:rsidRDefault="009642BD" w:rsidP="009642BD">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>• като вътрешна куриерска пратка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009642BD" w:rsidRPr="009642BD" w:rsidRDefault="009642BD" w:rsidP="009642BD">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>• като международна препоръчана пощенска пратка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F07E6A" w:rsidRPr="009642BD" w:rsidRDefault="00F07E6A" w:rsidP="009642BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F07E6A" w:rsidRPr="009642BD" w:rsidRDefault="00F07E6A" w:rsidP="00F07E6A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F07E6A" w:rsidRPr="009642BD" w:rsidRDefault="00F07E6A" w:rsidP="00F07E6A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F07E6A" w:rsidRPr="009642BD" w:rsidRDefault="00F07E6A" w:rsidP="00F07E6A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F07E6A" w:rsidRPr="009642BD" w:rsidRDefault="00F07E6A" w:rsidP="00F07E6A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F07E6A" w:rsidRPr="009642BD" w:rsidRDefault="00F07E6A" w:rsidP="00F07E6A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F07E6A" w:rsidRPr="009642BD" w:rsidRDefault="00F07E6A" w:rsidP="00F07E6A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F07E6A" w:rsidRPr="009642BD" w:rsidRDefault="00F07E6A" w:rsidP="00F07E6A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F07E6A" w:rsidRPr="009642BD" w:rsidRDefault="00741BEA" w:rsidP="00741BEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Такси:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00741BEA" w:rsidRPr="009642BD" w:rsidRDefault="00741BEA" w:rsidP="00741BEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>обикн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>усл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. - </w:t>
+      </w:r>
+      <w:r w:rsidR="00114556" w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лв.</w:t>
+      </w:r>
+      <w:r w:rsidR="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/3,07€</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7 дни</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00741BEA" w:rsidRPr="009642BD" w:rsidRDefault="00741BEA" w:rsidP="00741BEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бърза   </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>усл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лв.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/4,09€</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     3 дни</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00741BEA" w:rsidRPr="009642BD" w:rsidRDefault="00741BEA" w:rsidP="00741BEA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F07E6A" w:rsidRPr="009642BD" w:rsidRDefault="003A7E3B" w:rsidP="003A7E3B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00F07E6A" w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>С уважение:………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A2381" w:rsidRPr="009642BD" w:rsidRDefault="009642BD" w:rsidP="009642BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...1049 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                       </w:t>
+      </w:r>
+      <w:r w:rsidR="00F07E6A" w:rsidRPr="009642BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/подпис/</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="007A2381" w:rsidRPr="009642BD" w:rsidSect="00A53339">
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="even" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="284" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="426" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005D1B38" w:rsidRDefault="005D1B38" w:rsidP="009533BF">
+    <w:p w:rsidR="00192F4D" w:rsidRDefault="00192F4D" w:rsidP="002F3674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005D1B38" w:rsidRDefault="005D1B38" w:rsidP="009533BF">
+    <w:p w:rsidR="00192F4D" w:rsidRDefault="00192F4D" w:rsidP="002F3674">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial Unicode MS">
-[...19 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="009533BF" w:rsidRDefault="00F76FA0">
+  <w:p w:rsidR="00A53339" w:rsidRDefault="00A53339">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="a9"/>
     </w:pPr>
-    <w:r w:rsidRPr="00001C49">
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="002F3674" w:rsidRDefault="00380AD0">
+    <w:pPr>
+      <w:pStyle w:val="a9"/>
+    </w:pPr>
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="444AA9F3" wp14:editId="7F669E9F">
           <wp:extent cx="1419225" cy="723900"/>
-          <wp:effectExtent l="0" t="0" r="9525" b="0"/>
-          <wp:docPr id="2" name="Picture 2" descr="ISO 9001+ISO 14001_Сертификационен знак с UKAS лого_4см_цветен"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2" name="Картина 2" descr="ISO 9001+ISO 14001_Сертификационен знак с UKAS лого_4см_цветен"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 3" descr="ISO 9001+ISO 14001_Сертификационен знак с UKAS лого_4см_цветен"/>
+                  <pic:cNvPr id="0" name="Picture 1" descr="ISO 9001+ISO 14001_Сертификационен знак с UKAS лого_4см_цветен"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1419225" cy="723900"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="007D5718">
-[...7 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00E34E44" w:rsidRPr="00E34E44" w:rsidRDefault="00E34E44" w:rsidP="00E34E44">
+  <w:p w:rsidR="00A53339" w:rsidRDefault="00A53339">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="a9"/>
     </w:pPr>
-    <w:r w:rsidRPr="00E34E44">
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00192F4D" w:rsidRDefault="00192F4D" w:rsidP="002F3674">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00192F4D" w:rsidRDefault="00192F4D" w:rsidP="002F3674">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A53339" w:rsidRDefault="00A53339">
+    <w:pPr>
+      <w:pStyle w:val="a7"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="002F3674" w:rsidRDefault="002971C4">
+    <w:pPr>
+      <w:pStyle w:val="a7"/>
+    </w:pPr>
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="bg-BG"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0">
-[...2 lines deleted...]
-          <wp:docPr id="4" name="Picture 2" descr="ISO 9001+ISO 14001_Сертификационен знак с UKAS лого_4см_цветен"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="24E88304" wp14:editId="06F6EF3F">
+          <wp:extent cx="5476875" cy="990600"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="1" name="Картина 1" descr="header"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 3" descr="ISO 9001+ISO 14001_Сертификационен знак с UKAS лого_4см_цветен"/>
+                  <pic:cNvPr id="0" name="Picture 1" descr="header"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1419225" cy="723900"/>
+                    <a:ext cx="5476875" cy="990600"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="007D5718">
-[...47 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00A9546A" w:rsidRDefault="00A9546A" w:rsidP="00A9546A">
+  <w:p w:rsidR="00A53339" w:rsidRDefault="00A53339">
     <w:pPr>
-      <w:pStyle w:val="a3"/>
-[...8 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="a7"/>
     </w:pPr>
-    <w:r>
-[...288 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="34CB044C"/>
+    <w:nsid w:val="010836D0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5784F13C"/>
-[...226 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="E1E225C4">
+    <w:tmpl w:val="203E3B30"/>
+    <w:lvl w:ilvl="0" w:tplc="0402000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1065" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1785" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2505" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0402000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3225" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04020019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3945" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0402001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4665" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0402000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5385" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6105" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6825" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="1A9F727A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A2B6915C"/>
+    <w:lvl w:ilvl="0" w:tplc="0402000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="1BCA5600"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D27449A6"/>
+    <w:lvl w:ilvl="0" w:tplc="CB1EFB50">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="25FF7252"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="408A5BA8"/>
+    <w:lvl w:ilvl="0" w:tplc="0402000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="2B686D28"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F7BA5B94"/>
+    <w:lvl w:ilvl="0" w:tplc="0402000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="334A6CEC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C68C7ED2"/>
+    <w:lvl w:ilvl="0" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="364000E8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5A864A78"/>
+    <w:lvl w:ilvl="0" w:tplc="084CB306">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="4FA37731"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4940AEBC"/>
+    <w:lvl w:ilvl="0" w:tplc="6CAEAF58">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="54B743DF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1CD0A630"/>
+    <w:lvl w:ilvl="0" w:tplc="0402000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="719D56FF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6282A542"/>
+    <w:lvl w:ilvl="0" w:tplc="217844F2">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1770" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2490" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3210" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3930" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4650" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5370" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6090" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6810" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7530" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="764930F8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B0C280E0"/>
+    <w:lvl w:ilvl="0" w:tplc="0402000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
-[...2 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00EF02C2"/>
-[...32 lines deleted...]
-    <w:rsid w:val="00FE0F34"/>
+    <w:rsidRoot w:val="002D55D7"/>
+    <w:rsid w:val="00030D64"/>
+    <w:rsid w:val="00052B0A"/>
+    <w:rsid w:val="000709EC"/>
+    <w:rsid w:val="00091EBE"/>
+    <w:rsid w:val="000F6D3F"/>
+    <w:rsid w:val="00112591"/>
+    <w:rsid w:val="00114556"/>
+    <w:rsid w:val="00123662"/>
+    <w:rsid w:val="00166CAB"/>
+    <w:rsid w:val="00192F4D"/>
+    <w:rsid w:val="002140ED"/>
+    <w:rsid w:val="00262B31"/>
+    <w:rsid w:val="00277361"/>
+    <w:rsid w:val="002971C4"/>
+    <w:rsid w:val="002B68CE"/>
+    <w:rsid w:val="002D55D7"/>
+    <w:rsid w:val="002E538F"/>
+    <w:rsid w:val="002F3674"/>
+    <w:rsid w:val="003100F1"/>
+    <w:rsid w:val="00325FB4"/>
+    <w:rsid w:val="00380AD0"/>
+    <w:rsid w:val="00382305"/>
+    <w:rsid w:val="003A13B3"/>
+    <w:rsid w:val="003A7E3B"/>
+    <w:rsid w:val="003E664C"/>
+    <w:rsid w:val="00412744"/>
+    <w:rsid w:val="004146A0"/>
+    <w:rsid w:val="004B0AB3"/>
+    <w:rsid w:val="004C1962"/>
+    <w:rsid w:val="005112D1"/>
+    <w:rsid w:val="00517879"/>
+    <w:rsid w:val="00541836"/>
+    <w:rsid w:val="00554F2B"/>
+    <w:rsid w:val="00571A5A"/>
+    <w:rsid w:val="005803DC"/>
+    <w:rsid w:val="00583CC1"/>
+    <w:rsid w:val="005E3732"/>
+    <w:rsid w:val="00640EF1"/>
+    <w:rsid w:val="00666BE7"/>
+    <w:rsid w:val="006D5A04"/>
+    <w:rsid w:val="0071323D"/>
+    <w:rsid w:val="00714C5A"/>
+    <w:rsid w:val="0074059D"/>
+    <w:rsid w:val="0074188F"/>
+    <w:rsid w:val="00741BEA"/>
+    <w:rsid w:val="00763517"/>
+    <w:rsid w:val="0076468C"/>
+    <w:rsid w:val="007A0151"/>
+    <w:rsid w:val="007A2381"/>
+    <w:rsid w:val="00811680"/>
+    <w:rsid w:val="00897DF1"/>
+    <w:rsid w:val="008B0465"/>
+    <w:rsid w:val="008B4CFF"/>
+    <w:rsid w:val="008D3BCA"/>
+    <w:rsid w:val="0092613A"/>
+    <w:rsid w:val="00927C3B"/>
+    <w:rsid w:val="00933E35"/>
+    <w:rsid w:val="00944114"/>
+    <w:rsid w:val="00945828"/>
+    <w:rsid w:val="009642BD"/>
+    <w:rsid w:val="00973272"/>
+    <w:rsid w:val="009A271B"/>
+    <w:rsid w:val="00A40172"/>
+    <w:rsid w:val="00A47CC1"/>
+    <w:rsid w:val="00A53339"/>
+    <w:rsid w:val="00A6381E"/>
+    <w:rsid w:val="00AB2949"/>
+    <w:rsid w:val="00AB6EA5"/>
+    <w:rsid w:val="00B2531D"/>
+    <w:rsid w:val="00B577FF"/>
+    <w:rsid w:val="00C04195"/>
+    <w:rsid w:val="00C04FBC"/>
+    <w:rsid w:val="00C90881"/>
+    <w:rsid w:val="00CA1D4A"/>
+    <w:rsid w:val="00CE6A14"/>
+    <w:rsid w:val="00CE7035"/>
+    <w:rsid w:val="00D3288F"/>
+    <w:rsid w:val="00D34700"/>
+    <w:rsid w:val="00D80E73"/>
+    <w:rsid w:val="00D8353B"/>
+    <w:rsid w:val="00D85A06"/>
+    <w:rsid w:val="00DC11F4"/>
+    <w:rsid w:val="00EA27E2"/>
+    <w:rsid w:val="00ED3F53"/>
+    <w:rsid w:val="00F07E6A"/>
+    <w:rsid w:val="00F10095"/>
+    <w:rsid w:val="00F33B05"/>
+    <w:rsid w:val="00F344B5"/>
+    <w:rsid w:val="00F6457A"/>
+    <w:rsid w:val="00F84BF9"/>
+    <w:rsid w:val="00FA4E2B"/>
+    <w:rsid w:val="00FB518B"/>
+    <w:rsid w:val="00FC04F1"/>
+    <w:rsid w:val="00FD5E64"/>
+    <w:rsid w:val="00FF4666"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -2312,231 +3052,356 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0012626D"/>
+    <w:rsid w:val="00FB518B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00897DF1"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00897DF1"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00897DF1"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="000709EC"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заглавие 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00897DF1"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заглавие 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00897DF1"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заглавие 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00897DF1"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00897DF1"/>
+    <w:pPr>
+      <w:ind w:left="283" w:hanging="283"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00897DF1"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Основен текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00897DF1"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009533BF"/>
+    <w:rsid w:val="002F3674"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Горен колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="009533BF"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F3674"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="aa"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009533BF"/>
+    <w:rsid w:val="002F3674"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="Долен колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="009533BF"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F3674"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
+    <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006E5C4E"/>
+    <w:rsid w:val="002F3674"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Изнесен текст Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="ab"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="006E5C4E"/>
+    <w:rsid w:val="002F3674"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
-  </w:style>
-[...29 lines deleted...]
-    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -2608,507 +3473,454 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0012626D"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...103 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="809900744">
+    <w:div w:id="309527509">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1563055007">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C3F925D-F634-4066-977A-366494779805}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>364</Words>
-  <Characters>2080</Characters>
+  <Words>396</Words>
+  <Characters>2258</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2440</CharactersWithSpaces>
+  <CharactersWithSpaces>2649</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>PDrenovska</dc:creator>
+  <dc:creator>F31M6D</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>