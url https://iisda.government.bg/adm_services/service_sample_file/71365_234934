--- v0 (2025-10-02)
+++ v1 (2026-01-15)
@@ -1,1027 +1,1017 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00844F47" w:rsidRPr="00623CE6" w:rsidRDefault="00844F47" w:rsidP="00844F47">
+    <w:p w14:paraId="69C904C9" w14:textId="77777777" w:rsidR="00844F47" w:rsidRPr="00623CE6" w:rsidRDefault="00844F47" w:rsidP="00844F47">
       <w:pPr>
         <w:ind w:left="4111"/>
         <w:rPr>
           <w:rFonts w:ascii="All Times New Roman" w:hAnsi="All Times New Roman" w:cs="All Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00623CE6">
         <w:rPr>
           <w:rFonts w:ascii="All Times New Roman" w:hAnsi="All Times New Roman" w:cs="All Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Приложение №1</w:t>
-      </w:r>
+        <w:t>Приложение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00623CE6">
         <w:rPr>
           <w:rFonts w:ascii="All Times New Roman" w:hAnsi="All Times New Roman" w:cs="All Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
-          <w:lang w:val="bg-BG"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №1</w:t>
+      </w:r>
       <w:r w:rsidRPr="00623CE6">
         <w:rPr>
           <w:rFonts w:ascii="All Times New Roman" w:hAnsi="All Times New Roman" w:cs="All Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>на  административна</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00623CE6">
+        <w:t xml:space="preserve"> към Процедура за извършване на  административна услуга 341 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FC980A3" w14:textId="77777777" w:rsidR="00844F47" w:rsidRPr="00623CE6" w:rsidRDefault="00844F47" w:rsidP="00844F47">
+      <w:pPr>
+        <w:ind w:left="4111"/>
         <w:rPr>
           <w:rFonts w:ascii="All Times New Roman" w:hAnsi="All Times New Roman" w:cs="All Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> услуга 341 </w:t>
-[...4 lines deleted...]
-        <w:ind w:left="4111"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00623CE6">
         <w:rPr>
           <w:rFonts w:ascii="All Times New Roman" w:hAnsi="All Times New Roman" w:cs="All Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">„Предоставяне на специални формуляри на аптеки за поръчка на лекарствени продукти, съдържащи наркотични вещества“ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00844F47" w:rsidRPr="00844F47" w:rsidRDefault="00844F47" w:rsidP="00844F47">
-[...8 lines deleted...]
-    <w:p w:rsidR="00520713" w:rsidRPr="00520713" w:rsidRDefault="00520713" w:rsidP="00520713">
+    <w:p w14:paraId="5058E373" w14:textId="77777777" w:rsidR="00844F47" w:rsidRPr="00844F47" w:rsidRDefault="00844F47" w:rsidP="00844F47">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D1AA4BD" w14:textId="77777777" w:rsidR="00520713" w:rsidRPr="00520713" w:rsidRDefault="00520713" w:rsidP="00520713">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00520713">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Вх. № ............................ / ………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00520713" w:rsidRPr="00520713" w:rsidRDefault="00520713" w:rsidP="00520713">
+    <w:p w14:paraId="022EF16E" w14:textId="77777777" w:rsidR="00520713" w:rsidRPr="00520713" w:rsidRDefault="00520713" w:rsidP="00520713">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00520713">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00520713">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00520713" w:rsidRPr="00520713" w:rsidRDefault="00520713" w:rsidP="00520713">
+    <w:p w14:paraId="5DF0CBB8" w14:textId="77777777" w:rsidR="00520713" w:rsidRPr="00520713" w:rsidRDefault="00520713" w:rsidP="00520713">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00520713">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>ДО</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00520713" w:rsidRPr="00520713" w:rsidRDefault="00520713" w:rsidP="00520713">
+    <w:p w14:paraId="79C44BFA" w14:textId="77777777" w:rsidR="00520713" w:rsidRPr="00520713" w:rsidRDefault="00520713" w:rsidP="00520713">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00520713">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>ДИРЕКТОРА НА</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00520713" w:rsidRDefault="00520713" w:rsidP="00520713">
+    <w:p w14:paraId="7AA3A982" w14:textId="77777777" w:rsidR="00520713" w:rsidRDefault="00520713" w:rsidP="00520713">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00520713">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">РЗИ </w:t>
       </w:r>
       <w:r w:rsidR="000022CD">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="00520713">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000F0B6F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>БЛАГОЕВГРАД</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF2673" w:rsidRDefault="00AF2673" w:rsidP="00520713">
+    <w:p w14:paraId="73AACB72" w14:textId="77777777" w:rsidR="00AF2673" w:rsidRDefault="00AF2673" w:rsidP="00520713">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AF2673" w:rsidRDefault="00AF2673" w:rsidP="00520713">
+    <w:p w14:paraId="7A4BD1EA" w14:textId="64E50C8A" w:rsidR="00AF2673" w:rsidRDefault="00AF2673" w:rsidP="00520713">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AF2673" w:rsidRDefault="00AF2673" w:rsidP="00520713">
+    <w:p w14:paraId="49C107CD" w14:textId="77777777" w:rsidR="00AF2673" w:rsidRDefault="00AF2673" w:rsidP="00520713">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>НА ВНИМАНИЕТО :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF2673" w:rsidRPr="00AF2673" w:rsidRDefault="00AF2673" w:rsidP="00520713">
+    <w:p w14:paraId="0D551ED0" w14:textId="77777777" w:rsidR="00AF2673" w:rsidRPr="00AF2673" w:rsidRDefault="00AF2673" w:rsidP="00520713">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>НА ИНСПЕКТОР НАРКОТИЧНИ ВЕЩЕСТВА</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00520713" w:rsidRPr="00520713" w:rsidRDefault="00520713" w:rsidP="00520713">
-[...26 lines deleted...]
-    <w:p w:rsidR="00520713" w:rsidRPr="00520713" w:rsidRDefault="00520713" w:rsidP="00520713">
+    <w:p w14:paraId="158BD527" w14:textId="77777777" w:rsidR="00520713" w:rsidRPr="00520713" w:rsidRDefault="00520713" w:rsidP="00520713">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="307CE680" w14:textId="77777777" w:rsidR="00520713" w:rsidRPr="00520713" w:rsidRDefault="00520713" w:rsidP="00520713">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42A39238" w14:textId="77777777" w:rsidR="00520713" w:rsidRPr="00520713" w:rsidRDefault="00520713" w:rsidP="00520713">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="182D4065" w14:textId="77777777" w:rsidR="00520713" w:rsidRPr="00520713" w:rsidRDefault="00520713" w:rsidP="00520713">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00520713">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>З А Я В Л Е Н И Е</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00553E52" w:rsidRPr="00553E52" w:rsidRDefault="00553E52" w:rsidP="00553E52">
+    <w:p w14:paraId="1B0C1233" w14:textId="77777777" w:rsidR="00553E52" w:rsidRPr="00553E52" w:rsidRDefault="00553E52" w:rsidP="00553E52">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00553E52" w:rsidRPr="00553E52" w:rsidRDefault="00553E52" w:rsidP="00553E52">
-[...7 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+    <w:p w14:paraId="3922E826" w14:textId="77777777" w:rsidR="00553E52" w:rsidRPr="00553E52" w:rsidRDefault="00553E52" w:rsidP="00553E52">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00553E52">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00553E52">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>т</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> ....................................................................................</w:t>
+        <w:t>т ....................................................................................</w:t>
       </w:r>
       <w:r w:rsidR="00901247">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>.............................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00553E52">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">........................., </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00553E52" w:rsidRPr="00520713" w:rsidRDefault="00553E52" w:rsidP="00520713">
+    <w:p w14:paraId="0B30C76F" w14:textId="77777777" w:rsidR="00553E52" w:rsidRPr="00520713" w:rsidRDefault="00553E52" w:rsidP="00520713">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00520713">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">(име, презиме, фамилия  на магистър фармацевта по чл. 34 от </w:t>
       </w:r>
       <w:smartTag w:uri="schemas-fourth-com/fourthcoffee2" w:element="flavor2">
         <w:smartTagPr>
           <w:attr w:name="ProductID" w:val="ЗАКОН ЗА КОНТРОЛ ВЪРХУ НАРКОТИЧНИТЕ ВЕЩЕСТВА И ПРЕКУРСОРИТЕ "/>
         </w:smartTagPr>
         <w:r w:rsidRPr="00520713">
           <w:rPr>
             <w:i/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:vertAlign w:val="superscript"/>
             <w:lang w:val="bg-BG"/>
           </w:rPr>
           <w:t>ЗКНВП</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00520713">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00553E52" w:rsidRPr="00553E52" w:rsidRDefault="00553E52" w:rsidP="00553E52">
+    <w:p w14:paraId="695FA7B1" w14:textId="77777777" w:rsidR="00553E52" w:rsidRPr="00553E52" w:rsidRDefault="00553E52" w:rsidP="00553E52">
       <w:pPr>
         <w:pStyle w:val="Style"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00553E52">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>при.............................................................................................................................................</w:t>
       </w:r>
       <w:r w:rsidR="00520713">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t>..............................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00553E52" w:rsidRPr="00520713" w:rsidRDefault="00553E52" w:rsidP="00553E52">
+    <w:p w14:paraId="15B11E40" w14:textId="77777777" w:rsidR="00553E52" w:rsidRPr="00520713" w:rsidRDefault="00553E52" w:rsidP="00553E52">
       <w:pPr>
         <w:pStyle w:val="Style"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-6"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00520713">
         <w:rPr>
           <w:i/>
           <w:spacing w:val="-6"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(наименование на ЕТ или юридическото лице)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00553E52" w:rsidRDefault="00553E52" w:rsidP="00553E52">
+    <w:p w14:paraId="46E234C6" w14:textId="4794E24D" w:rsidR="00553E52" w:rsidRDefault="00553E52" w:rsidP="00553E52">
       <w:pPr>
         <w:pStyle w:val="Style"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00553E52">
         <w:t xml:space="preserve">притежаващ разрешение №……………………..за откриване на аптека, издадено по реда на </w:t>
       </w:r>
       <w:smartTag w:uri="schemas-fourth-com/fourthcoffee2" w:element="flavor2">
         <w:smartTagPr>
           <w:attr w:name="ProductID" w:val="ЗАКОН ЗА ЛЕКАРСТВЕНИТЕ ПРОДУКТИ В ХУМАННАТА МЕДИЦИНА "/>
         </w:smartTagPr>
         <w:r w:rsidRPr="00553E52">
           <w:t>ЗЛПХМ</w:t>
         </w:r>
       </w:smartTag>
       <w:r w:rsidRPr="00553E52">
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r w:rsidRPr="00553E52">
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
-        <w:t xml:space="preserve">лицензия № ........................... / ..................... за търговията на дребно и съхраняване на наркотични вещества от приложения  № 2 и 3 към </w:t>
-[...19 lines deleted...]
-    <w:p w:rsidR="00553E52" w:rsidRPr="00553E52" w:rsidRDefault="00553E52" w:rsidP="00553E52">
+        <w:t xml:space="preserve">лицензия № ........................... / ..................... за търговията на дребно и съхраняване на наркотични вещества и техните препарати </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F0F5A42" w14:textId="77777777" w:rsidR="00553E52" w:rsidRPr="00553E52" w:rsidRDefault="00553E52" w:rsidP="00553E52">
       <w:pPr>
         <w:pStyle w:val="Style"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00553E52" w:rsidRPr="00520713" w:rsidRDefault="00553E52" w:rsidP="00553E52">
+    <w:p w14:paraId="3B067702" w14:textId="77777777" w:rsidR="00553E52" w:rsidRPr="00520713" w:rsidRDefault="00553E52" w:rsidP="00553E52">
       <w:pPr>
         <w:pStyle w:val="Style"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00553E52">
         <w:t>…………………………………………………………………………………………………………</w:t>
       </w:r>
       <w:r w:rsidRPr="00553E52">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00520713">
         <w:rPr>
           <w:i/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>(наименование на аптеката)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00553E52" w:rsidRPr="00553E52" w:rsidRDefault="00553E52" w:rsidP="00553E52">
+    <w:p w14:paraId="02106A43" w14:textId="77777777" w:rsidR="00553E52" w:rsidRPr="00553E52" w:rsidRDefault="00553E52" w:rsidP="00553E52">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00553E52">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>адрес на аптеката:</w:t>
       </w:r>
       <w:r w:rsidRPr="00553E52">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>……………………………………………………………</w:t>
       </w:r>
       <w:r w:rsidR="00520713">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>……………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00553E52" w:rsidRDefault="00EA02D1" w:rsidP="00553E52">
+    <w:p w14:paraId="4AC93A58" w14:textId="5BDA9C8C" w:rsidR="00553E52" w:rsidRDefault="00EA02D1" w:rsidP="00553E52">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00553E52">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>тел</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00553E52" w:rsidRPr="00553E52">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>……………………………</w:t>
       </w:r>
-      <w:r>
-[...29 lines deleted...]
-        <w:t>…………………………..</w:t>
+      <w:r w:rsidR="00EA75A1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>…………………………………..</w:t>
       </w:r>
       <w:r w:rsidR="00553E52">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00553E52" w:rsidRPr="00553E52" w:rsidRDefault="00553E52" w:rsidP="00553E52">
-[...7 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+    <w:p w14:paraId="24D0300B" w14:textId="5BDAF2B8" w:rsidR="00553E52" w:rsidRPr="00553E52" w:rsidRDefault="00553E52" w:rsidP="00553E52">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00553E52">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00553E52">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00553E52">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>mail</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00553E52">
+      <w:r w:rsidRPr="00553E52">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>……………</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA75A1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>………………………………</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00553E52" w:rsidRPr="00553E52" w:rsidRDefault="00553E52" w:rsidP="00553E52">
+      <w:r w:rsidRPr="00553E52">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>…………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61CFD9F4" w14:textId="77777777" w:rsidR="00553E52" w:rsidRPr="00553E52" w:rsidRDefault="00553E52" w:rsidP="00553E52">
       <w:pPr>
         <w:pStyle w:val="Style"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00520713" w:rsidRDefault="00520713" w:rsidP="00553E52">
+    <w:p w14:paraId="7DE95C2C" w14:textId="77777777" w:rsidR="00520713" w:rsidRDefault="00520713" w:rsidP="00553E52">
       <w:pPr>
         <w:pStyle w:val="Style"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00553E52" w:rsidRPr="000022CD" w:rsidRDefault="00553E52" w:rsidP="00553E52">
+    <w:p w14:paraId="7C8211D2" w14:textId="77777777" w:rsidR="00553E52" w:rsidRPr="000022CD" w:rsidRDefault="00553E52" w:rsidP="00553E52">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000022CD">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Моля да ми бъдат предоставени:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00553E52" w:rsidRPr="00553E52" w:rsidRDefault="00553E52" w:rsidP="00553E52">
+    <w:p w14:paraId="24F29FA6" w14:textId="77777777" w:rsidR="00553E52" w:rsidRPr="00553E52" w:rsidRDefault="00553E52" w:rsidP="00553E52">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00553E52" w:rsidRPr="00553E52" w:rsidRDefault="00520713" w:rsidP="00553E52">
+    <w:p w14:paraId="0AE36E9C" w14:textId="77777777" w:rsidR="00553E52" w:rsidRPr="00553E52" w:rsidRDefault="00520713" w:rsidP="00553E52">
       <w:pPr>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>………………</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00553E52" w:rsidRPr="00553E52">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>броя кочана специални формуляри за поръчка на наркотични</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00553E52" w:rsidRPr="00553E52" w:rsidRDefault="00553E52" w:rsidP="00553E52">
+    <w:p w14:paraId="52171F34" w14:textId="77777777" w:rsidR="00553E52" w:rsidRPr="00553E52" w:rsidRDefault="00553E52" w:rsidP="00553E52">
       <w:pPr>
         <w:ind w:left="2868" w:firstLine="12"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00553E52">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>вещества (приложение № 1 към чл. 9 ал.1, Наредба № 21 от 12.10.2000</w:t>
       </w:r>
       <w:r w:rsidR="00944355">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00553E52">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">г. за изискванията към документацията и отчетността при извършване на дейности с наркотични вещества и </w:t>
       </w:r>
       <w:r w:rsidR="00944355">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>лекарствени продукти, съдържащи наркотични вещества</w:t>
       </w:r>
       <w:r w:rsidRPr="00553E52">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0007599F" w:rsidRDefault="0007599F" w:rsidP="00553E52">
+    <w:p w14:paraId="5C14E122" w14:textId="77777777" w:rsidR="0007599F" w:rsidRDefault="0007599F" w:rsidP="00553E52">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0007599F" w:rsidRDefault="0007599F" w:rsidP="00553E52">
+    <w:p w14:paraId="280DCDFD" w14:textId="77777777" w:rsidR="0007599F" w:rsidRDefault="0007599F" w:rsidP="00553E52">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00520713" w:rsidRDefault="00520713" w:rsidP="00553E52">
+    <w:p w14:paraId="34A42752" w14:textId="77777777" w:rsidR="00520713" w:rsidRDefault="00520713" w:rsidP="00553E52">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00553E52" w:rsidRDefault="00553E52" w:rsidP="00553E52">
+    <w:p w14:paraId="18854869" w14:textId="04857136" w:rsidR="00553E52" w:rsidRDefault="00553E52" w:rsidP="00EA75A1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00553E52">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прилагам </w:t>
+      </w:r>
+      <w:r w:rsidR="000022CD">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>документ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00553E52">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за заплащане на .....</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA75A1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00553E52">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>.... броя кочани, на стойност ......</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA75A1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00553E52">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>..... лв.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA75A1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>/………. евро</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C37B2E5" w14:textId="77777777" w:rsidR="00520713" w:rsidRDefault="00520713" w:rsidP="00553E52">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00553E52">
-[...35 lines deleted...]
-    <w:p w:rsidR="00520713" w:rsidRDefault="00520713" w:rsidP="00520713">
+    </w:p>
+    <w:p w14:paraId="0FD6D15D" w14:textId="77777777" w:rsidR="00520713" w:rsidRDefault="00520713" w:rsidP="00520713">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00901247" w:rsidRDefault="00901247" w:rsidP="00520713">
+    <w:p w14:paraId="3F2A8BEA" w14:textId="77777777" w:rsidR="00901247" w:rsidRDefault="00901247" w:rsidP="00520713">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00520713" w:rsidRDefault="00520713" w:rsidP="00520713">
+    <w:p w14:paraId="5E467383" w14:textId="77777777" w:rsidR="00520713" w:rsidRDefault="00520713" w:rsidP="00520713">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00520713" w:rsidRDefault="00520713" w:rsidP="00520713">
+    <w:p w14:paraId="4FCA4AD2" w14:textId="77777777" w:rsidR="00520713" w:rsidRDefault="00520713" w:rsidP="00520713">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00520713" w:rsidRPr="00520713" w:rsidRDefault="00520713" w:rsidP="00520713">
+    <w:p w14:paraId="1EA53927" w14:textId="77777777" w:rsidR="00520713" w:rsidRPr="00520713" w:rsidRDefault="00520713" w:rsidP="00520713">
       <w:pPr>
         <w:keepNext/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00520713">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Дата: …………………………</w:t>
       </w:r>
       <w:r w:rsidRPr="00520713">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00520713">
         <w:rPr>
@@ -1038,71 +1028,71 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00520713">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00520713">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t>Подпис: ………………..</w:t>
       </w:r>
       <w:r w:rsidRPr="00520713">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00520713" w:rsidRPr="00553E52" w:rsidRDefault="00520713" w:rsidP="00520713">
+    <w:p w14:paraId="438E3EFF" w14:textId="77777777" w:rsidR="00520713" w:rsidRPr="00553E52" w:rsidRDefault="00520713" w:rsidP="00520713">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00520713" w:rsidRPr="00553E52" w:rsidSect="00520713">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -1129,65 +1119,65 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="All Times New Roman">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61390D1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A4C8F80C"/>
     <w:lvl w:ilvl="0" w:tplc="0966FDE8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="883" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1603" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1256,196 +1246,251 @@
     <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5923" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E186756"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="21EA640E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1903129717">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="797646254">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009F1FF6"/>
     <w:rsid w:val="000022CD"/>
     <w:rsid w:val="0005523B"/>
     <w:rsid w:val="0007151E"/>
     <w:rsid w:val="0007599F"/>
     <w:rsid w:val="00084A1D"/>
+    <w:rsid w:val="000A3216"/>
     <w:rsid w:val="000D4DDF"/>
     <w:rsid w:val="000F0B6F"/>
     <w:rsid w:val="000F5133"/>
     <w:rsid w:val="00145CF0"/>
+    <w:rsid w:val="001E407E"/>
     <w:rsid w:val="001E6861"/>
     <w:rsid w:val="00273D14"/>
     <w:rsid w:val="003062EB"/>
     <w:rsid w:val="00422261"/>
+    <w:rsid w:val="00427988"/>
     <w:rsid w:val="00477F22"/>
     <w:rsid w:val="00520713"/>
     <w:rsid w:val="00553E52"/>
     <w:rsid w:val="00597719"/>
     <w:rsid w:val="005C4331"/>
     <w:rsid w:val="00623CE6"/>
     <w:rsid w:val="006E002A"/>
+    <w:rsid w:val="00752FD6"/>
+    <w:rsid w:val="007D76F2"/>
     <w:rsid w:val="00842D68"/>
     <w:rsid w:val="00844F47"/>
     <w:rsid w:val="008F5D64"/>
     <w:rsid w:val="00901247"/>
     <w:rsid w:val="00944355"/>
     <w:rsid w:val="0096547C"/>
+    <w:rsid w:val="009C1DB1"/>
     <w:rsid w:val="009D7698"/>
     <w:rsid w:val="009F0B79"/>
     <w:rsid w:val="009F1FF6"/>
     <w:rsid w:val="00A25FCA"/>
     <w:rsid w:val="00A45D2B"/>
     <w:rsid w:val="00AA5991"/>
     <w:rsid w:val="00AF2673"/>
+    <w:rsid w:val="00D944B2"/>
     <w:rsid w:val="00E05E68"/>
     <w:rsid w:val="00E239FC"/>
     <w:rsid w:val="00E51026"/>
     <w:rsid w:val="00EA02D1"/>
+    <w:rsid w:val="00EA75A1"/>
     <w:rsid w:val="00F03C1B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="schemas-fourth-com/fourthcoffee2" w:url=" " w:name="flavor2"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="50C6F649"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7E1078A3-9998-40E9-B011-E8641DABD4E1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -1617,235 +1662,247 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:lang w:val="en-AU" w:eastAsia="bg-BG"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:widowControl w:val="0"/>
       <w:ind w:left="567" w:right="119" w:hanging="567"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BlockQuotation">
     <w:name w:val="Block Quotation"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="12" w:space="12" w:color="FFFFFF"/>
         <w:left w:val="single" w:sz="6" w:space="12" w:color="FFFFFF"/>
         <w:bottom w:val="single" w:sz="6" w:space="12" w:color="FFFFFF"/>
         <w:right w:val="single" w:sz="6" w:space="12" w:color="FFFFFF"/>
       </w:pBdr>
       <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
       <w:spacing w:after="240" w:line="220" w:lineRule="atLeast"/>
       <w:ind w:left="1368" w:right="240"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
       <w:spacing w:val="-5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Body Text Indent"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:ind w:right="312" w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="567" w:right="119" w:firstLine="153"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="NewSaturionCyr" w:hAnsi="NewSaturionCyr"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:lang w:val="bg-BG"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+  <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="Body Text Indent 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:pPr>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:lang w:val="bg-BG"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style">
     <w:name w:val="Style"/>
     <w:rsid w:val="00553E52"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:ind w:left="140" w:right="140" w:firstLine="840"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Стил"/>
     <w:rsid w:val="00553E52"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:ind w:left="140" w:right="140" w:firstLine="840"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
     <w:rsid w:val="001E6861"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...1 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Изнесен текст Знак"/>
+    <w:link w:val="a6"/>
     <w:rsid w:val="001E6861"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="en-AU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="888567464">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
@@ -2075,82 +2132,82 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>252</Words>
-  <Characters>1440</Characters>
+  <Words>250</Words>
+  <Characters>1430</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
+  <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>МИНИСТЕРСТВО НА ЗДРАВЕОПАЗВАНЕТО</vt:lpstr>
       <vt:lpstr>МИНИСТЕРСТВО НА ЗДРАВЕОПАЗВАНЕТО</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1689</CharactersWithSpaces>
+  <CharactersWithSpaces>1677</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>МИНИСТЕРСТВО НА ЗДРАВЕОПАЗВАНЕТО</dc:title>
   <dc:subject/>
   <dc:creator>HEI</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:i4>1405471760</vt:i4>
   </property>