--- v0 (2025-10-16)
+++ v1 (2025-11-15)
@@ -1,804 +1,1273 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00CB08BC" w:rsidRPr="00372435" w:rsidRDefault="00CB08BC" w:rsidP="00E90F94">
+    <w:p w14:paraId="3724B272" w14:textId="77777777" w:rsidR="007E0C67" w:rsidRPr="007E0C67" w:rsidRDefault="00274D53" w:rsidP="007E0C67">
       <w:pPr>
-        <w:jc w:val="right"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="5760" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00372435">
+      <w:r w:rsidRPr="007E0C67">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E0C67" w:rsidRPr="007E0C67">
         <w:rPr>
           <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>Приложение № 1 към чл. 7, ал. 2</w:t>
+        <w:t>Приложение № 1 към т. 4</w:t>
       </w:r>
-    </w:p>
-[...14 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10490" w:type="dxa"/>
+        <w:tblW w:w="9612" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10490"/>
+        <w:gridCol w:w="9612"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB08BC" w:rsidRPr="00372435" w:rsidTr="00E90F94">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="007E0C67" w:rsidRPr="00624BD8" w14:paraId="169733A4" w14:textId="77777777" w:rsidTr="003B4481">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10490" w:type="dxa"/>
+            <w:tcW w:w="9612" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB08BC" w:rsidRPr="00372435" w:rsidRDefault="00CB08BC" w:rsidP="00E90F94">
-[...7 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="13B371F1" w14:textId="77777777" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>..........................................................................................................................................................</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CB08BC" w:rsidRPr="00372435" w:rsidRDefault="00CB08BC" w:rsidP="00E90F94">
-            <w:pPr>
+          <w:p w14:paraId="6626DA81" w14:textId="77777777" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="007E0C67">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...5 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00372435">
+            <w:r w:rsidRPr="00624BD8">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>наименование на администрацията</w:t>
             </w:r>
-            <w:r w:rsidRPr="00372435">
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CB08BC" w:rsidRPr="00372435" w:rsidRDefault="00CB08BC" w:rsidP="00E90F94">
-[...7 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="7B996A4A" w14:textId="77777777" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CB08BC" w:rsidRPr="00372435" w:rsidRDefault="00CB08BC" w:rsidP="00E90F94">
-            <w:pPr>
+          <w:p w14:paraId="478F9A82" w14:textId="1BB9AACD" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="007E0C67">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...57 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>П Р О Т О К О Л</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E4298CF" w14:textId="1FAD9304" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Днес ......</w:t>
+            </w:r>
+            <w:r w:rsidR="003E3BFE">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>..</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>............. служителят ......................................................................................................</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BED30D0" w14:textId="60EDB7AC" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>на длъжност .............................................................................................</w:t>
+            </w:r>
+            <w:r w:rsidR="003E3BFE">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>......................................</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15767FD2" w14:textId="77777777" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>в ......................................................................................................................................................,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CB08BC" w:rsidRPr="00372435" w:rsidRDefault="00CB08BC" w:rsidP="00E90F94">
-            <w:pPr>
+          <w:p w14:paraId="7E12501C" w14:textId="77777777" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="007E0C67">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...5 lines deleted...]
-                <w:sz w:val="24"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00372435">
+            <w:r w:rsidRPr="00624BD8">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>наименование на звеното</w:t>
             </w:r>
-            <w:r w:rsidRPr="00372435">
-[...1 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CB08BC" w:rsidRPr="00372435" w:rsidRDefault="00CB08BC" w:rsidP="00E90F94">
-[...7 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="1F98448D" w14:textId="77777777" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CB08BC" w:rsidRPr="00372435" w:rsidRDefault="00CB08BC" w:rsidP="00E90F94">
-[...7 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="2F8A8ACC" w14:textId="77777777" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>На основание чл. 29, ал. 5 АПК състави този протокол в уверение на това, че заявителят …………………………………………….…………………………..............................................,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CB08BC" w:rsidRPr="00372435" w:rsidRDefault="00CB08BC" w:rsidP="00E90F94">
-[...7 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="70FB8913" w14:textId="77777777" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>с постоянен или настоящ адрес: гр./с............................................................................................,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CB08BC" w:rsidRPr="00372435" w:rsidRDefault="00CB08BC" w:rsidP="00E90F94">
-[...33 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="7CC69D5A" w14:textId="59A50AF0" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ул. (ж.к.) …………</w:t>
+            </w:r>
+            <w:r w:rsidR="001A5F46">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-AE"/>
+              </w:rPr>
+              <w:t>…………………………….</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>……....………, тел. …........</w:t>
+            </w:r>
+            <w:r w:rsidR="001A5F46">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-AE"/>
+              </w:rPr>
+              <w:t>...</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>................</w:t>
+            </w:r>
+            <w:r w:rsidR="001A5F46">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-AE"/>
+              </w:rPr>
+              <w:t>.....</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">……, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A8F84D9" w14:textId="380F7353" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>електронна поща ..................................................................................</w:t>
+            </w:r>
+            <w:r w:rsidR="001A5F46">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-AE"/>
+              </w:rPr>
+              <w:t>...</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>........................................,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EE85C1D" w14:textId="77777777" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>устно заяви искане за:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CB08BC" w:rsidRPr="00372435" w:rsidRDefault="00CB08BC" w:rsidP="00E90F94">
-[...33 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="532291DC" w14:textId="75F30673" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>..................................................................................................................................</w:t>
+            </w:r>
+            <w:r w:rsidR="003E3BFE">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>........................</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70429024" w14:textId="09755964" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.....................................................................................................................................</w:t>
+            </w:r>
+            <w:r w:rsidR="003E3BFE">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.....................</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44A0B282" w14:textId="77777777" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заявителят прилага следните документи:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CB08BC" w:rsidRPr="00372435" w:rsidRDefault="00CB08BC" w:rsidP="00E90F94">
-[...33 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="63ED01C3" w14:textId="1AAC3CAB" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>............................................................................................................................................</w:t>
+            </w:r>
+            <w:r w:rsidR="003E3BFE">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>..............</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16697C32" w14:textId="5CA03746" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>...........................................................................................................................................</w:t>
+            </w:r>
+            <w:r w:rsidR="003E3BFE">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>...............</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67CE4249" w14:textId="77777777" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Заявителят изрази желанието си издаденият индивидуален административен акт да бъде получен:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CB08BC" w:rsidRPr="00372435" w:rsidRDefault="00CB08BC" w:rsidP="00E90F94">
-[...8 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6ED1C63B" w14:textId="77777777" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> Чрез лицензиран пощенски оператор на адрес: .......................................................................,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00AEABDD" w14:textId="77777777" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>като декларира, че пощенските разходи са за негова сметка, платими при получаването му за вътрешни пощенски пратки, и е съгласен документите да бъдат пренасяни за служебни цели. Индивидуалният административен акт да бъде изпратен:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4803FC73" w14:textId="77777777" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> като вътрешна препоръчана пощенска пратка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BF8A656" w14:textId="77777777" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> като вътрешна куриерска пратка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D121F62" w14:textId="77777777" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> като международна препоръчана пощенска пратка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B4AF340" w14:textId="6BA8844F" w:rsidR="007E0C67" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001A5F46">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ично от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>центъра</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> за административно обслужване</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="283F5AF8" w14:textId="4D140FA3" w:rsidR="00AA50A1" w:rsidRPr="00624BD8" w:rsidRDefault="00AA50A1" w:rsidP="003B4481">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
-            <w:r w:rsidRPr="00372435">
-[...127 lines deleted...]
-                <w:sz w:val="24"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00430D4D">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-AE"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidR="00430D4D" w:rsidRPr="00430D4D">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>о електронен път чрез системата за сигурно електронно връчване</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3562D9CF" w14:textId="644CA104" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E6F93">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001A5F46">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E6F93">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>о електронен път на електронна поща:………………</w:t>
+            </w:r>
+            <w:r w:rsidR="003E3BFE">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>…..</w:t>
+            </w:r>
+            <w:r w:rsidR="001A5F46">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>………………..</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E6F93">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>….………………</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4632149A" w14:textId="77777777" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00624BD8">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:left w:w="0" w:type="dxa"/>
                 <w:right w:w="0" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4695"/>
               <w:gridCol w:w="4696"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00CB08BC" w:rsidRPr="00372435">
-[...7 lines deleted...]
-              </w:tblPrEx>
+            <w:tr w:rsidR="007E0C67" w:rsidRPr="00624BD8" w14:paraId="58FB17D8" w14:textId="77777777" w:rsidTr="003B4481">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4695" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00CB08BC" w:rsidRPr="00372435" w:rsidRDefault="00CB08BC" w:rsidP="00E90F94">
+                <w:p w14:paraId="0A4D3130" w14:textId="7A8CB5D6" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
                   <w:pPr>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
+                    <w:jc w:val="both"/>
+                    <w:outlineLvl w:val="1"/>
                     <w:rPr>
+                      <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00372435">
+                  <w:r w:rsidRPr="00624BD8">
                     <w:rPr>
+                      <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t>Длъжностно лице:...........................................</w:t>
+                    <w:t>Длъжностно лице:................................</w:t>
+                  </w:r>
+                  <w:r w:rsidR="003E3BFE">
+                    <w:rPr>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>...</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00624BD8">
+                    <w:rPr>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>...........</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00CB08BC" w:rsidRPr="00372435" w:rsidRDefault="00CB08BC" w:rsidP="00E90F94">
+                <w:p w14:paraId="4E64BEBA" w14:textId="77777777" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="007E0C67">
                   <w:pPr>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
+                    <w:outlineLvl w:val="1"/>
                     <w:rPr>
+                      <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00372435">
+                  <w:r w:rsidRPr="00624BD8">
                     <w:rPr>
+                      <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>(подпис)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4696" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="00CB08BC" w:rsidRPr="00372435" w:rsidRDefault="00CB08BC" w:rsidP="00E90F94">
+                <w:p w14:paraId="09F5B992" w14:textId="6B2CC0E7" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
                   <w:pPr>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
+                    <w:jc w:val="both"/>
+                    <w:outlineLvl w:val="1"/>
                     <w:rPr>
+                      <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00372435">
+                  <w:r w:rsidRPr="00624BD8">
                     <w:rPr>
+                      <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
                     </w:rPr>
-                    <w:t>Заявител: .........................................................</w:t>
+                    <w:t>Заявител: .....................</w:t>
+                  </w:r>
+                  <w:r w:rsidR="003E3BFE">
+                    <w:rPr>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>...</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00624BD8">
+                    <w:rPr>
+                      <w:color w:val="000000" w:themeColor="text1"/>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t>....................................</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00CB08BC" w:rsidRPr="00372435" w:rsidRDefault="00CB08BC" w:rsidP="00E90F94">
+                <w:p w14:paraId="32DCBAE8" w14:textId="77777777" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="007E0C67">
                   <w:pPr>
+                    <w:spacing w:line="360" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
+                    <w:outlineLvl w:val="1"/>
                     <w:rPr>
+                      <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00372435">
+                  <w:r w:rsidRPr="00624BD8">
                     <w:rPr>
+                      <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>(подпис)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="00CB08BC" w:rsidRPr="00372435" w:rsidRDefault="00CB08BC" w:rsidP="00E90F94">
-[...2 lines deleted...]
-                <w:sz w:val="24"/>
+          <w:p w14:paraId="33CE90D6" w14:textId="77777777" w:rsidR="007E0C67" w:rsidRPr="00624BD8" w:rsidRDefault="007E0C67" w:rsidP="003B4481">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:outlineLvl w:val="1"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00CB08BC" w:rsidRPr="00372435" w:rsidRDefault="00CB08BC">
+    <w:p w14:paraId="2E8FDC8F" w14:textId="27E39805" w:rsidR="00CB08BC" w:rsidRPr="007E0C67" w:rsidRDefault="00CB08BC" w:rsidP="007E0C67">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:lang w:val="en-AE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CB08BC" w:rsidRPr="00372435" w:rsidRDefault="00274D53" w:rsidP="00274D53">
-[...18 lines deleted...]
-      <w:pgMar w:top="1080" w:right="900" w:bottom="1080" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+    <w:sectPr w:rsidR="00CB08BC" w:rsidRPr="007E0C67" w:rsidSect="007E0C67">
+      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+      <w:pgMar w:top="709" w:right="900" w:bottom="567" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
+      <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:endnotePr>
     <w:pos w:val="sectEnd"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E31E11"/>
+    <w:rsid w:val="001A5F46"/>
     <w:rsid w:val="00274D53"/>
     <w:rsid w:val="00372435"/>
+    <w:rsid w:val="00381025"/>
+    <w:rsid w:val="003E3BFE"/>
+    <w:rsid w:val="00430D4D"/>
+    <w:rsid w:val="00705383"/>
     <w:rsid w:val="007D6832"/>
+    <w:rsid w:val="007E0C67"/>
     <w:rsid w:val="008429A5"/>
     <w:rsid w:val="00972465"/>
+    <w:rsid w:val="009C1DB1"/>
+    <w:rsid w:val="00AA50A1"/>
+    <w:rsid w:val="00C2145D"/>
     <w:rsid w:val="00CB08BC"/>
     <w:rsid w:val="00E31E11"/>
     <w:rsid w:val="00E90F94"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="46E4E872"/>
   <w14:defaultImageDpi w14:val="0"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6BE6EFF1-90FB-4038-802A-9F347E53DD0B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1126,95 +1595,102 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="bg-BG" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -1446,68 +1922,68 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>408</Words>
-  <Characters>2329</Characters>
+  <Words>419</Words>
+  <Characters>2389</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2732</CharactersWithSpaces>
+  <CharactersWithSpaces>2803</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>sysadmin</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>