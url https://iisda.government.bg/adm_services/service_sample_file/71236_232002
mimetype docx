--- v0 (2025-10-16)
+++ v1 (2025-11-15)
@@ -418,72 +418,96 @@
     </w:p>
     <w:p w14:paraId="5A90D385" w14:textId="77777777" w:rsidR="00AE7E0E" w:rsidRPr="00862F81" w:rsidRDefault="00AE7E0E" w:rsidP="00AE7E0E">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00862F81">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>ж.к./ул....................................................... № ......… бл. ....... вх. ..….ап. ......тел. .............................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="010F8ABC" w14:textId="77777777" w:rsidR="00AE7E0E" w:rsidRPr="00862F81" w:rsidRDefault="00AE7E0E" w:rsidP="00AE7E0E">
+    <w:p w14:paraId="2B2920C2" w14:textId="77777777" w:rsidR="00AD0A72" w:rsidRDefault="00AE7E0E" w:rsidP="00AE7E0E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-AE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00862F81">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в качеството на </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="010F8ABC" w14:textId="55DA1A20" w:rsidR="00AE7E0E" w:rsidRPr="00862F81" w:rsidRDefault="00AE7E0E" w:rsidP="00AE7E0E">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00862F81">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>в качеството на ........................................................................................................</w:t>
+        <w:t>........................................................................................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00862F81">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>..........………..…….........</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C49F39C" w14:textId="77777777" w:rsidR="00AE7E0E" w:rsidRPr="00862F81" w:rsidRDefault="00AE7E0E" w:rsidP="00AE7E0E">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
@@ -1151,811 +1175,648 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>.....</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CEC757E" w14:textId="77777777" w:rsidR="00AE7E0E" w:rsidRPr="00862F81" w:rsidRDefault="00AE7E0E" w:rsidP="00AE7E0E">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66641BDE" w14:textId="77777777" w:rsidR="00AE7E0E" w:rsidRDefault="00AE7E0E" w:rsidP="00AE7E0E">
+    <w:p w14:paraId="66641BDE" w14:textId="77777777" w:rsidR="00AE7E0E" w:rsidRPr="00AD0A72" w:rsidRDefault="00AE7E0E" w:rsidP="00AE7E0E">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00A05B71">
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD0A72">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Заявявам, че желая да получа издадения във връзка с административната услуга документ  по начин, отбелязан по-долу, и в случай на получаване като куриерска или пощенска пратка, декларира</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Заявявам, че желая да получа издадения във връзка с административната услуга документ  по начин, отбелязан по-долу, и в случай на получаване като куриерска или пощенска пратка, декларирам, че пощенските разходи са за моя сметка, платими при получаването му за външни пратки и предварително при международна пратка и съм съгласен документите да бъдат пренасяни за служебни цели:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="139BF41B" w14:textId="77777777" w:rsidR="00AE7E0E" w:rsidRPr="00AD0A72" w:rsidRDefault="00AE7E0E" w:rsidP="00AE7E0E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...35 lines deleted...]
-    <w:p w14:paraId="298DFD39" w14:textId="77777777" w:rsidR="00AE7E0E" w:rsidRPr="00862F81" w:rsidRDefault="00AE7E0E" w:rsidP="00AE7E0E">
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="298DFD39" w14:textId="77777777" w:rsidR="00AE7E0E" w:rsidRPr="00AD0A72" w:rsidRDefault="00AE7E0E" w:rsidP="00AE7E0E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...116 lines deleted...]
-    <w:p w14:paraId="47384AEC" w14:textId="77777777" w:rsidR="00AE7E0E" w:rsidRPr="00862F81" w:rsidRDefault="00AE7E0E" w:rsidP="00AE7E0E">
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Лично в центъра за административно обслужване в РЗИ – Благоевград;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47384AEC" w14:textId="77777777" w:rsidR="00AE7E0E" w:rsidRPr="00AD0A72" w:rsidRDefault="00AE7E0E" w:rsidP="00AE7E0E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">като вътрешна препоръчана пощенска пратка </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D16FC7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AD0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">(разходите за изпращане са за сметка на  заявителя на услугата и се заплащат при доставката) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00862F81">
-[...30 lines deleted...]
-    <w:p w14:paraId="73BE8C25" w14:textId="77777777" w:rsidR="004260FB" w:rsidRPr="004260FB" w:rsidRDefault="00AE7E0E" w:rsidP="00AE7E0E">
+      <w:r w:rsidRPr="00AD0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>........................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73BE8C25" w14:textId="77777777" w:rsidR="004260FB" w:rsidRPr="00AD0A72" w:rsidRDefault="00AE7E0E" w:rsidP="00AE7E0E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">като вътрешна куриерска пратка чрез </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D16FC7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AD0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>(разходите за изпращане са за сметка на заявителя на услугата и се заплащат при доставката)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="559F2A0E" w14:textId="575F07E4" w:rsidR="00AE7E0E" w:rsidRPr="00862F81" w:rsidRDefault="00AE7E0E" w:rsidP="004260FB">
+    <w:p w14:paraId="559F2A0E" w14:textId="575F07E4" w:rsidR="00AE7E0E" w:rsidRPr="00AD0A72" w:rsidRDefault="00AE7E0E" w:rsidP="004260FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00862F81">
-[...30 lines deleted...]
-    <w:p w14:paraId="561D519F" w14:textId="77777777" w:rsidR="00AE7E0E" w:rsidRDefault="00AE7E0E" w:rsidP="00AE7E0E">
+      <w:r w:rsidRPr="00AD0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>.........................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="561D519F" w14:textId="77777777" w:rsidR="00AE7E0E" w:rsidRPr="00AD0A72" w:rsidRDefault="00AE7E0E" w:rsidP="00AE7E0E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">като международна препоръчана пощенска пратка </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D16FC7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AD0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">(разходите за изпращане са за сметка на заявителя на услугата и се заплащат при заявяване на услугата) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00862F81">
-[...30 lines deleted...]
-    <w:p w14:paraId="3DD1283D" w14:textId="77777777" w:rsidR="00AE7E0E" w:rsidRPr="002E6F93" w:rsidRDefault="00AE7E0E" w:rsidP="00AE7E0E">
+      <w:r w:rsidRPr="00AD0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>……………………….....................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="396573E3" w14:textId="4BB3FC91" w:rsidR="00AD0A72" w:rsidRPr="00AD0A72" w:rsidRDefault="00AD0A72" w:rsidP="00AE7E0E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...68 lines deleted...]
-    <w:p w14:paraId="009B69E5" w14:textId="77777777" w:rsidR="00AE7E0E" w:rsidRPr="00862F81" w:rsidRDefault="00AE7E0E" w:rsidP="00AE7E0E">
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>по електронен път чрез системата за сигурно електронно връчване</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DD1283D" w14:textId="77777777" w:rsidR="00AE7E0E" w:rsidRPr="00AD0A72" w:rsidRDefault="00AE7E0E" w:rsidP="00AE7E0E">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по електронен път на електронен адрес:………………………………..………………….. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C018015" w14:textId="77777777" w:rsidR="00AE7E0E" w:rsidRPr="00AD0A72" w:rsidRDefault="00AE7E0E" w:rsidP="00AE7E0E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="009B69E5" w14:textId="77777777" w:rsidR="00AE7E0E" w:rsidRPr="00AD0A72" w:rsidRDefault="00AE7E0E" w:rsidP="00AE7E0E">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00862F81">
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="653A1582" w14:textId="77777777" w:rsidR="00AE7E0E" w:rsidRPr="00AD0A72" w:rsidRDefault="00AE7E0E" w:rsidP="00AE7E0E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD0A72">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Дата:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00862F81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AD0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> .................................... </w:t>
       </w:r>
-      <w:r w:rsidRPr="00862F81">
+      <w:r w:rsidRPr="00AD0A72">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00862F81">
+      <w:r w:rsidRPr="00AD0A72">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00862F81">
+      <w:r w:rsidRPr="00AD0A72">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00862F81">
+      <w:r w:rsidRPr="00AD0A72">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">С уважение: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00862F81">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AD0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>..............................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00581996" w14:textId="2B4C7D35" w:rsidR="00AE7E0E" w:rsidRPr="00862F81" w:rsidRDefault="00AE7E0E" w:rsidP="00AE7E0E">
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="1A081BCF" w14:textId="4BAC04AF" w:rsidR="00865335" w:rsidRPr="00AD0A72" w:rsidRDefault="00AE7E0E" w:rsidP="00AD0A72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-AE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AD0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AD0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AD0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AD0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AD0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AD0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AD0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AD0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AD0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00114E23">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00114E23" w:rsidRPr="00AD0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00AD0A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>/подпис/</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EDA4A03" w14:textId="77777777" w:rsidR="00AE7E0E" w:rsidRPr="00862F81" w:rsidRDefault="00AE7E0E" w:rsidP="00AE7E0E">
-[...14 lines deleted...]
-    <w:sectPr w:rsidR="00865335" w:rsidSect="00AE7E0E">
+    <w:sectPr w:rsidR="00865335" w:rsidRPr="00AD0A72" w:rsidSect="00AE7E0E">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2092,69 +1953,71 @@
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1407844412">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AE7E0E"/>
     <w:rsid w:val="000928CD"/>
     <w:rsid w:val="00114E23"/>
     <w:rsid w:val="001A36E0"/>
     <w:rsid w:val="004260FB"/>
     <w:rsid w:val="00865335"/>
+    <w:rsid w:val="009C1DB1"/>
+    <w:rsid w:val="00AD0A72"/>
     <w:rsid w:val="00AE7E0E"/>
     <w:rsid w:val="00C2145D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -3357,54 +3220,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>486</Words>
-  <Characters>2771</Characters>
+  <Words>495</Words>
+  <Characters>2825</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3251</CharactersWithSpaces>
+  <CharactersWithSpaces>3314</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>rzi blagoevgrad</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>