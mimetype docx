--- v0 (2025-12-25)
+++ v1 (2026-02-28)
@@ -1,5713 +1,1851 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
-[...1 lines deleted...]
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-[...4 lines deleted...]
-  </w:background>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="1275E434" w14:textId="77777777" w:rsidR="00E73ABC" w:rsidRPr="0034696C" w:rsidRDefault="00155E38" w:rsidP="00E70AED">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="31B4C552" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...231 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F0295D5" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="36"/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>КМЕТА НА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="213AF6D1" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>ОБЩИНА ЦЕНОВО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E1B777B" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00495198">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EC3956F" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00495198">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20487E98" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Yu Mincho" w:eastAsia="Yu Mincho" w:hAnsi="Yu Mincho"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>З А Я В Л Е Н И Е</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="182D5AB3" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00495198">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:color w:val="800000"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Yu Mincho" w:eastAsia="Yu Mincho" w:hAnsi="Yu Mincho"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EFD3176" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00495198">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:color w:val="800000"/>
-[...105 lines deleted...]
-      <w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="725F4AB0" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...11 lines deleted...]
-      <w:pPr>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>за издаване на удостоверение за факти и обстоятелства по териториално и селищно устройство</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CC14570" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...11 lines deleted...]
-      <w:pPr>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>(Уникален идентификатор на административната услуга - 2119)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D91AB23" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00495198">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...621 lines deleted...]
-    <w:p w14:paraId="0B67A735" w14:textId="77777777" w:rsidR="006D6932" w:rsidRPr="0034696C" w:rsidRDefault="00853536" w:rsidP="006D6932">
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="485F2233" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2028"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="9340"/>
         </w:tabs>
-        <w:jc w:val="right"/>
-[...382 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">От </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>............................................................................................................................................ ,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04AFD91F" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>(посочете трите имена на физическото лице или наименованието на юридическото лице)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69291E86" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>ЕГН/ЕИК.........................................................., постоянен/настоящ адрес или адрес на</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6984F795" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>управление на юридическото лице: гр./с. .........................................................................,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D1B0777" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>община......................, област.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>..............................., ул. (ж.к.) .............................................,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00FA2F22" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>тел.: ................................, електронен адрес ...........................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18EEE918" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:caps/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>ридическото лице се представлява от ...........................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>.................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20710AF9" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>................................................................................................................................................,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BBEBBDA" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>(трите имена на представителя/пълномощника и ЕГН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F395DAB" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>№/дата на пълномощното ...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>.................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66CB458B" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+        <w:ind w:firstLine="283"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Заявявам желанието си да ми бъде издадено удостоверение за:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F37D48B" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9340"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>..................................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>............................................. ,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BE19351" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>в недвижим имот, представляващ УПИ/ПИ № ................., кв. № ....................................,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57DD5474" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>по плана на ...................................... с административен адрес: гр. .........................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>.........,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60FDD1A9" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>община ............................................................., област .......................................................,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04613357" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>ул. ...........................................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>.................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FFB3626" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>(ж.к., бул., ул., сграда, №, вх., ет., ап.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0359035C" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+        <w:ind w:firstLine="283"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Прилагам следните документи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08E292B4" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+        <w:ind w:firstLine="283"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>1. Удостоверение за наследници - в случаите, когато имотът е придобит по наследство (прилага се само ако наследодателят не е с постоянен адрес на тер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>иторията на същата община).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7722B24B" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+        <w:ind w:firstLine="283"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>2. Документ за платена такса, освен ако плащането е извършено по електронен път.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="091EDC36" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+        <w:ind w:firstLine="283"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Плащането е извършено по електронен път (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>отбележете със знак</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE31A6">
-[...12 lines deleted...]
-        </w:numPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>, когато плащането е извършено по електронен път</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FF2CBEB" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+        <w:ind w:firstLine="283"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Желая издаденият индивидуален ад</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>министративен акт да бъде получен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20860171" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+        <w:ind w:firstLine="283"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лично от ЦАО.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FF20452" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+        <w:ind w:firstLine="283"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Чрез лицензиран пощенски оператор на адрес: ...........................................................,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="129CA771" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+        <w:ind w:firstLine="283"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>..................................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>.............................................,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ED051E0" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+        <w:ind w:firstLine="283"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>като декларирам, че пощенските разходи са за моя сметка, платими при получаването на акта за вътрешни пощенски пратки, и съм съгласен документите да бъдат пренасяни от оператора за служебни цели. Индивидуалния</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>т административен акт да бъде изпратен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38E1BE37" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+        <w:ind w:firstLine="283"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>• като вътрешна препоръчана пощенска пратка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="474B1487" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+        <w:ind w:firstLine="283"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>• като вътрешна куриерска пратка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="265F6300" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+        <w:ind w:firstLine="283"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>• като международна препоръчана пощенска пратка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3465B651" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="264" w:lineRule="auto"/>
+        <w:ind w:firstLine="283"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> По електронен път на електронен адрес .....</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>.......................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D10078F" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="center" w:pos="7900"/>
         </w:tabs>
-        <w:jc w:val="both"/>
-[...31 lines deleted...]
-    <w:p w14:paraId="31CD9A13" w14:textId="77777777" w:rsidR="007B3F98" w:rsidRPr="00FE31A6" w:rsidRDefault="007B3F98" w:rsidP="007B3F98">
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AFED364" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00495198">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="center" w:pos="7900"/>
         </w:tabs>
-        <w:ind w:left="708" w:hanging="282"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="379CA9C3" w14:textId="77777777" w:rsidR="007B3F98" w:rsidRPr="00FE31A6" w:rsidRDefault="007B3F98" w:rsidP="007B3F98">
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D006006" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00495198">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="center" w:pos="7900"/>
         </w:tabs>
-        <w:jc w:val="both"/>
-[...6 lines deleted...]
-          <w:bCs/>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62707E99" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00495198">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="7900"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10B5AB2C" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="7900"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Дата: ..............................                                                             Заявител: ..............................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24746691" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="7900"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>                                                                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
-        </w:rPr>
-[...1223 lines deleted...]
-      </w:pgBorders>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>(подпис)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="208F8944" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005025CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D91BF35" w14:textId="77777777" w:rsidR="00495198" w:rsidRPr="005025CB" w:rsidRDefault="00495198">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00495198" w:rsidRPr="005025CB">
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="59C65215" w14:textId="77777777" w:rsidR="00155E38" w:rsidRDefault="00155E38">
+    <w:p w14:paraId="3C3855E4" w14:textId="77777777" w:rsidR="00FF1FCC" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6952E0DC" w14:textId="77777777" w:rsidR="00155E38" w:rsidRDefault="00155E38">
+    <w:p w14:paraId="3DFA17E0" w14:textId="77777777" w:rsidR="00FF1FCC" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-[...26 lines deleted...]
-    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Yu Mincho">
-[...1 lines deleted...]
-    <w:charset w:val="80"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings 2">
+    <w:panose1 w:val="05020102010507070707"/>
+    <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4EA9D42B" w14:textId="77777777" w:rsidR="00155E38" w:rsidRDefault="00155E38">
+    <w:p w14:paraId="168A05DF" w14:textId="77777777" w:rsidR="00FF1FCC" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2248CF12" w14:textId="77777777" w:rsidR="00155E38" w:rsidRDefault="00155E38">
+    <w:p w14:paraId="25C54732" w14:textId="77777777" w:rsidR="00FF1FCC" w:rsidRDefault="00FF1FCC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...2279 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:displayBackgroundShape/>
-  <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:attachedTemplate r:id="rId1"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
-  <w:drawingGridHorizontalSpacing w:val="120"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00336BF8"/>
-[...368 lines deleted...]
-    <w:rsid w:val="00FF7798"/>
+    <w:rsidRoot w:val="00495198"/>
+    <w:rsid w:val="00495198"/>
+    <w:rsid w:val="005025CB"/>
+    <w:rsid w:val="00FF1FCC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1056"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3FF45AF4"/>
-  <w15:docId w15:val="{C0B602DE-2780-4D09-B856-61941138638F}"/>
+  <w14:docId w14:val="4D19CDDD"/>
+  <w15:docId w15:val="{D8A447CD-F0EC-4320-88ED-3D99722212E2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:autoSpaceDN w:val="0"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...9 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5722,75 +1860,77 @@
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="99" w:qFormat="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -5938,896 +2078,442 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00336BF8"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00336BF8"/>
     <w:pPr>
-      <w:keepNext/>
-[...3 lines deleted...]
-      <w:outlineLvl w:val="1"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="48"/>
-[...35 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a3">
-    <w:name w:val="Знак Знак"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00336BF8"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00336BF8"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:tabs>
-[...22 lines deleted...]
-    <w:pPr>
+      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
-    </w:pPr>
-[...115 lines deleted...]
-      <w:adjustRightInd w:val="0"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-      <w:color w:val="000000"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style10">
-[...14 lines deleted...]
-    <w:rsid w:val="00C23744"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Заглавие Знак"/>
+    <w:basedOn w:val="a0"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-      <w:sz w:val="18"/>
-[...18 lines deleted...]
-    <w:rPr>
       <w:b/>
       <w:bCs/>
-    </w:rPr>
-[...56 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-[...109 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obshtina@tsenovo.bg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:obshtina@tsenovo.bg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tsenovo.bg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="Normal.dotm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема на Office">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Оffice">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Оffice">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Оffice">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>6804</Characters>
+  <Pages>2</Pages>
+  <Words>526</Words>
+  <Characters>3004</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>56</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...20 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7982</CharactersWithSpaces>
+  <CharactersWithSpaces>3523</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...38 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>USER</dc:creator>
+  <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>