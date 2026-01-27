--- v0 (2025-10-27)
+++ v1 (2026-01-27)
@@ -1,1704 +1,1611 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="0071351A" w:rsidRDefault="00567896" w:rsidP="00567896">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="000C10DE">
+    <w:p w:rsidR="0071351A" w:rsidRPr="00D50B67" w:rsidRDefault="00567896" w:rsidP="00567896">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Вх.№........................................</w:t>
       </w:r>
-      <w:r w:rsidRPr="00433C67">
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071351A" w:rsidRDefault="0071351A" w:rsidP="00567896">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="000C10DE">
+    <w:p w:rsidR="0071351A" w:rsidRPr="00D50B67" w:rsidRDefault="0071351A" w:rsidP="00567896">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567896" w:rsidRPr="00D50B67" w:rsidRDefault="00567896" w:rsidP="00567896">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ДО</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00567896" w:rsidRDefault="00567896" w:rsidP="00567896">
-[...23 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="00567896" w:rsidRPr="00D50B67" w:rsidRDefault="00567896" w:rsidP="00567896">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ДИРЕКТОРА </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00567896" w:rsidRPr="000C10DE" w:rsidRDefault="00567896" w:rsidP="00567896">
-[...22 lines deleted...]
-      <w:r w:rsidR="001F6E80">
+    <w:p w:rsidR="00567896" w:rsidRPr="00D50B67" w:rsidRDefault="00567896" w:rsidP="00567896">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>НА РЗИ</w:t>
+      </w:r>
+      <w:r w:rsidR="001F6E80" w:rsidRPr="00D50B67">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="000C10DE">
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ПЛОВДИВ</w:t>
       </w:r>
-      <w:r w:rsidR="00862AB5">
+      <w:r w:rsidR="00862AB5" w:rsidRPr="00D50B67">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00862AB5">
+      <w:r w:rsidR="00862AB5" w:rsidRPr="00D50B67">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00862AB5">
+      <w:r w:rsidR="00862AB5" w:rsidRPr="00D50B67">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00862AB5">
+      <w:r w:rsidR="00862AB5" w:rsidRPr="00D50B67">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-    </w:p>
-[...12 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidR="00862AB5" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00501070" w:rsidRPr="00D50B67" w:rsidRDefault="00567896">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                     </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00501070" w:rsidRPr="00567896" w:rsidRDefault="00A720F1" w:rsidP="00B744A4">
+    <w:p w:rsidR="00501070" w:rsidRPr="00D50B67" w:rsidRDefault="00A720F1" w:rsidP="00B744A4">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00567896">
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>З А Я В Л Е Н И Е</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00501070" w:rsidRPr="00567896" w:rsidRDefault="00501070" w:rsidP="00B744A4">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00567896">
+    <w:p w:rsidR="00501070" w:rsidRPr="00D50B67" w:rsidRDefault="00501070" w:rsidP="001D4DCA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>От.........................................................................................................................</w:t>
       </w:r>
-      <w:r w:rsidR="00BB732D" w:rsidRPr="00567896">
+      <w:r w:rsidR="00BB732D" w:rsidRPr="00D50B67">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>................</w:t>
       </w:r>
-      <w:r w:rsidR="006D7203">
+      <w:r w:rsidR="006D7203" w:rsidRPr="00D50B67">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.........................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB732D" w:rsidRPr="0071351A" w:rsidRDefault="00567896" w:rsidP="00B744A4">
+    <w:p w:rsidR="00BB732D" w:rsidRPr="00D50B67" w:rsidRDefault="00567896" w:rsidP="001D4DCA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(трите имена на български език)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB732D" w:rsidRPr="00D50B67" w:rsidRDefault="00BB732D" w:rsidP="001D4DCA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>………………………………………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB732D" w:rsidRPr="00D50B67" w:rsidRDefault="00567896" w:rsidP="00B744A4">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0071351A">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>(трите имена на български език)</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00BB732D" w:rsidRPr="0071351A" w:rsidRDefault="00BB732D" w:rsidP="00B744A4">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB732D" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">трите имена на латиница, съгласно личната </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>карта или международния паспорт)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB732D" w:rsidRPr="00D50B67" w:rsidRDefault="00567896" w:rsidP="00B744A4">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0071351A">
-[...7 lines deleted...]
-    <w:p w:rsidR="00BB732D" w:rsidRPr="0071351A" w:rsidRDefault="00567896" w:rsidP="00B744A4">
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Адрес:</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB732D" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00501070" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.............................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB732D" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>..........................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00501070" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>....................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>..........................</w:t>
+      </w:r>
+      <w:r w:rsidR="006D7203" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>......</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00501070" w:rsidRPr="00D50B67" w:rsidRDefault="00BB732D" w:rsidP="00B744A4">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тел.</w:t>
+      </w:r>
+      <w:r w:rsidR="001D4DCA" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">за контакт: </w:t>
+      </w:r>
+      <w:r w:rsidR="00501070" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>............................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00501070" w:rsidRPr="00D50B67" w:rsidRDefault="00567896" w:rsidP="00567896">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:i/>
-[...44 lines deleted...]
-      <w:r w:rsidR="00BB732D" w:rsidRPr="0071351A">
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>УВАЖАЕМ</w:t>
+      </w:r>
+      <w:r w:rsidR="001D4DCA" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>И ГОСПОДИН/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ГОСПОЖО </w:t>
+      </w:r>
+      <w:r w:rsidR="00501070" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Директор,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB732D" w:rsidRPr="00D50B67" w:rsidRDefault="00501070">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00BB732D" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>І.</w:t>
+      </w:r>
+      <w:r w:rsidR="006D7203" w:rsidRPr="00D50B67">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00501070" w:rsidRPr="0071351A">
-[...64 lines deleted...]
-      <w:r w:rsidRPr="0071351A">
+      <w:r w:rsidR="00BB732D" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Моля да ми бъ</w:t>
+      </w:r>
+      <w:r w:rsidR="006015D7" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>де издадено свидетелство за имунизационно състояние.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB732D" w:rsidRPr="00D50B67" w:rsidRDefault="00BB732D" w:rsidP="00BB732D">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Повод: за чужбина;  за детско заведение;  за училище;  други причини </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB732D" w:rsidRPr="00D50B67" w:rsidRDefault="00BB732D" w:rsidP="00BB732D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>………</w:t>
+      </w:r>
+      <w:r w:rsidR="006A51BF" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>………………………………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB732D" w:rsidRPr="00D50B67" w:rsidRDefault="00BB732D" w:rsidP="00BB732D">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прилагам копие от ЛАК, АСУПИ, ЗОК, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D50B67" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>имунизационен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> паспорт, талон от ЛЗ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB732D" w:rsidRPr="00D50B67" w:rsidRDefault="00BB732D" w:rsidP="00BB732D">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Забележка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB732D" w:rsidRPr="00D50B67" w:rsidRDefault="00BB732D" w:rsidP="006A51BF">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="006D7203" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Задължително да се отбележи адреса в Пловдивска област, на който е живяло детето от 0 до 3</w:t>
+      </w:r>
+      <w:r w:rsidR="001A281C" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidR="001A281C" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> възраст.</w:t>
+      </w:r>
+      <w:r w:rsidR="006A51BF" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Гр./с/………………………………………………………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="006A51BF" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7991" w:rsidRPr="00D50B67">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00501070" w:rsidRPr="0071351A" w:rsidRDefault="00567896" w:rsidP="00567896">
-[...49 lines deleted...]
-      <w:r w:rsidR="006D7203" w:rsidRPr="0071351A">
+    <w:p w:rsidR="00BB732D" w:rsidRPr="00D50B67" w:rsidRDefault="00BB732D" w:rsidP="00BB732D">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="006D7203" w:rsidRPr="00D50B67">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BB732D" w:rsidRPr="0071351A">
-[...14 lines deleted...]
-    <w:p w:rsidR="00BB732D" w:rsidRPr="0071351A" w:rsidRDefault="00BB732D" w:rsidP="00BB732D">
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Задължително да се отбележат имената на училищата, които лицето е посещавало в Пловдивска област до 2000 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB732D" w:rsidRPr="00D50B67" w:rsidRDefault="00BB732D" w:rsidP="006A51BF">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0071351A">
-[...29 lines deleted...]
-    <w:p w:rsidR="00BB732D" w:rsidRPr="0071351A" w:rsidRDefault="00BB732D" w:rsidP="00BB732D">
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>І клас – училище ……</w:t>
+      </w:r>
+      <w:r w:rsidR="006A51BF" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>……………</w:t>
+      </w:r>
+      <w:r w:rsidR="00567896" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>………………гр./с/………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB732D" w:rsidRPr="00D50B67" w:rsidRDefault="00BB732D" w:rsidP="006A51BF">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0071351A">
-[...23 lines deleted...]
-    <w:p w:rsidR="00BB732D" w:rsidRPr="0071351A" w:rsidRDefault="00BB732D" w:rsidP="00BB732D">
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>V клас – училище ………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="008257CC" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гр./с/………………………………...</w:t>
+      </w:r>
+      <w:r w:rsidR="006A51BF" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>...............</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB732D" w:rsidRPr="00D50B67" w:rsidRDefault="00BB732D" w:rsidP="006A51BF">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
-          <w:b/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00BB732D" w:rsidRPr="0071351A" w:rsidRDefault="00BB732D" w:rsidP="006A51BF">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VІ клас – училище ………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="008257CC" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>гр./с/………………………………...</w:t>
+      </w:r>
+      <w:r w:rsidR="00567896" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>..............</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB732D" w:rsidRPr="00D50B67" w:rsidRDefault="00BB732D" w:rsidP="006A51BF">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0071351A">
-[...48 lines deleted...]
-      <w:r w:rsidR="006A51BF" w:rsidRPr="0071351A">
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Х клас – училище ………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="008257CC" w:rsidRPr="00D50B67">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071351A">
-[...113 lines deleted...]
-      <w:r w:rsidRPr="0071351A">
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>гр./с/………………………………...</w:t>
       </w:r>
-      <w:r w:rsidR="006A51BF" w:rsidRPr="0071351A">
+      <w:r w:rsidR="00567896" w:rsidRPr="00D50B67">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>...............</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BB732D" w:rsidRPr="0071351A" w:rsidRDefault="00BB732D" w:rsidP="006A51BF">
-[...81 lines deleted...]
-      <w:r w:rsidRPr="0071351A">
+    <w:p w:rsidR="00BB732D" w:rsidRPr="00D50B67" w:rsidRDefault="00BB732D" w:rsidP="00BB732D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>ІІ.</w:t>
       </w:r>
-      <w:r w:rsidR="006D7203" w:rsidRPr="0071351A">
+      <w:r w:rsidR="006D7203" w:rsidRPr="00D50B67">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071351A">
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Моля да ми бъде разрешено извършване на справка за имунизационното състояние на ………………………………………</w:t>
       </w:r>
-      <w:r w:rsidR="006A51BF" w:rsidRPr="0071351A">
+      <w:r w:rsidR="006A51BF" w:rsidRPr="00D50B67">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…………………………………………</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071351A">
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> лица, за които прилагам списък,</w:t>
       </w:r>
-      <w:r w:rsidR="00801FD8" w:rsidRPr="0071351A">
+      <w:r w:rsidR="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00801FD8" w:rsidRPr="00D50B67">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>в</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071351A">
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> предварително уговорен ден и час.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071590F" w:rsidRPr="0071590F" w:rsidRDefault="0071590F" w:rsidP="0071590F">
-[...5 lines deleted...]
-        <w:contextualSpacing/>
+    <w:p w:rsidR="00567896" w:rsidRPr="00D50B67" w:rsidRDefault="00567896" w:rsidP="00567896">
+      <w:pPr>
+        <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="0071590F" w:rsidRPr="0071590F" w:rsidRDefault="0071590F" w:rsidP="0071590F">
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Декларирам че желая, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>индивидуалният административен акт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да получа:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567896" w:rsidRPr="00D50B67" w:rsidRDefault="001F6E80" w:rsidP="00567896">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0071590F">
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
-        <w:t>в център за административно обслужване на РЗИ - Пловдив – лично или от упълномощено от мен лице:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0071590F" w:rsidRPr="0071590F" w:rsidRDefault="0071590F" w:rsidP="0071590F">
+        <w:t>в център</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB5DE7" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за административно обслужване</w:t>
+      </w:r>
+      <w:r w:rsidR="00C56210" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на РЗИ-</w:t>
+      </w:r>
+      <w:r w:rsidR="00567896" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>Пловдив – лично или от упълномощено от мен лице:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567896" w:rsidRPr="00D50B67" w:rsidRDefault="00567896" w:rsidP="00567896">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
-        <w:tabs>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0071590F">
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t>чрез лицензиран пощенски оператор</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071590F" w:rsidRPr="0071590F" w:rsidRDefault="0071590F" w:rsidP="0071590F">
+    <w:p w:rsidR="00567896" w:rsidRPr="00D50B67" w:rsidRDefault="00567896" w:rsidP="00567896">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:tabs>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0071590F">
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t>като вътрешна препоръчана пощенска пратка</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071590F" w:rsidRPr="0071590F" w:rsidRDefault="0071590F" w:rsidP="0071590F">
+    <w:p w:rsidR="00567896" w:rsidRPr="00D50B67" w:rsidRDefault="00567896" w:rsidP="00567896">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
-        <w:tabs>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0071590F">
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t>като вътрешна куриерска пратка</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071590F">
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> на адрес: ..…………..……………………………..……....…</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0071590F" w:rsidRPr="0071590F" w:rsidRDefault="0071590F" w:rsidP="0071590F">
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:r w:rsidR="0071351A" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>адрес: …………………………………</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567896" w:rsidRPr="00D50B67" w:rsidRDefault="00567896" w:rsidP="00567896">
       <w:pPr>
         <w:ind w:firstLine="360"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0071590F">
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t xml:space="preserve">Уведомен съм, че разходите са за моя сметка и </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071590F">
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t>цената за пощенската услуга се заплаща от мен при доставяне на пратката</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071590F">
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071590F" w:rsidRPr="0071590F" w:rsidRDefault="0071590F" w:rsidP="0071590F">
+    <w:p w:rsidR="00567896" w:rsidRPr="00D50B67" w:rsidRDefault="00567896" w:rsidP="00567896">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
-        <w:tabs>
-[...4 lines deleted...]
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0071590F">
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t>като международна препоръчана пощенска пратка</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071590F" w:rsidRPr="0071590F" w:rsidRDefault="0071590F" w:rsidP="0071590F">
+    <w:p w:rsidR="00567896" w:rsidRPr="00D50B67" w:rsidRDefault="00567896" w:rsidP="00567896">
       <w:pPr>
         <w:ind w:firstLine="360"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0071590F">
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Уведомен съм, че разходите са за моя сметка и се заплащат на административния/компетентния орган, който от своя страна заплаща пощенската услуга </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0071590F">
+        <w:t>Уведомен съм, че разходите са за моя сметка и се заплащат на административния/ комп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тентния орган, който от своя страна заплаща пощенската услуга </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t>на лицензирания пощенски оператор при подаване на пратката</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071590F">
+      <w:r w:rsidRPr="00D50B67">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071590F" w:rsidRPr="0071590F" w:rsidRDefault="0071590F" w:rsidP="0071590F">
+    <w:p w:rsidR="001D4DCA" w:rsidRPr="00D50B67" w:rsidRDefault="001D4DCA" w:rsidP="001D4DCA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:tabs>
-[...47 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на електронен адрес съгласно Закона за електронното управление………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D4DCA" w:rsidRPr="00D50B67" w:rsidRDefault="001D4DCA" w:rsidP="001D4DCA">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:tabs>
-[...4 lines deleted...]
-        <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">профил, регистриран в Информационната </w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в профил, регистриран в Информационната </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="0071590F">
+        <w:r w:rsidRPr="00D50B67">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
           </w:rPr>
           <w:t>система за сигурно електронно връчване</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0071590F">
-[...4 lines deleted...]
-          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> като модул на </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="0071590F">
+        <w:r w:rsidRPr="00D50B67">
           <w:rPr>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
-            <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
           </w:rPr>
           <w:t>Портала на електронното управление</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0071590F">
-[...27 lines deleted...]
-    <w:p w:rsidR="00501070" w:rsidRPr="00B57DF6" w:rsidRDefault="0071590F" w:rsidP="0071590F">
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по смисъла на Закона за електронното управление…………………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567896" w:rsidRPr="00D50B67" w:rsidRDefault="00567896" w:rsidP="00567896">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:contextualSpacing/>
+        <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Забележка: Вярното се отбелязва с Х.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00501070" w:rsidRPr="00D50B67" w:rsidRDefault="00501070">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0071590F">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Дата:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>......................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0071590F">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0071590F">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0071590F">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0071590F">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B57DF6" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0071590F">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00B57DF6" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0071590F">
-[...106 lines deleted...]
-    <w:sectPr w:rsidR="00501070" w:rsidRPr="00B57DF6" w:rsidSect="001404A4">
+      <w:r w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Подпис:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B57DF6" w:rsidRPr="00D50B67">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>…………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00501070" w:rsidRPr="00D50B67" w:rsidSect="00D758C0">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-      <w:pgMar w:top="397" w:right="758" w:bottom="284" w:left="1134" w:header="0" w:footer="0" w:gutter="0"/>
+      <w:pgMar w:top="397" w:right="851" w:bottom="397" w:left="1134" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000B3D5A" w:rsidRDefault="000B3D5A" w:rsidP="00567896">
+    <w:p w:rsidR="00077910" w:rsidRDefault="00077910" w:rsidP="00567896">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000B3D5A" w:rsidRDefault="000B3D5A" w:rsidP="00567896">
+    <w:p w:rsidR="00077910" w:rsidRDefault="00077910" w:rsidP="00567896">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000B3D5A" w:rsidRDefault="000B3D5A" w:rsidP="00567896">
+    <w:p w:rsidR="00077910" w:rsidRDefault="00077910" w:rsidP="00567896">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000B3D5A" w:rsidRDefault="000B3D5A" w:rsidP="00567896">
+    <w:p w:rsidR="00077910" w:rsidRDefault="00077910" w:rsidP="00567896">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00567896" w:rsidRDefault="00567896" w:rsidP="00567896">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00567896" w:rsidRPr="00567896" w:rsidRDefault="00567896" w:rsidP="00567896">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00567896">
       <w:rPr>
         <w:i/>
         <w:sz w:val="24"/>
@@ -1710,51 +1617,51 @@
       <w:rPr>
         <w:i/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>АУ-</w:t>
     </w:r>
     <w:r w:rsidRPr="00567896">
       <w:rPr>
         <w:i/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>1796</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00567896" w:rsidRDefault="00567896">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BDA6CB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E9B43A82"/>
     <w:lvl w:ilvl="0" w:tplc="FF0655AE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2753,155 +2660,155 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="77"/>
+  <w:zoom w:percent="80"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="357"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
+    <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008334BE"/>
-    <w:rsid w:val="000B3D5A"/>
-    <w:rsid w:val="001404A4"/>
+    <w:rsid w:val="00077910"/>
     <w:rsid w:val="00145CB3"/>
     <w:rsid w:val="001A2301"/>
     <w:rsid w:val="001A281C"/>
+    <w:rsid w:val="001D4DCA"/>
     <w:rsid w:val="001F6E80"/>
     <w:rsid w:val="002A55E3"/>
     <w:rsid w:val="002F42AE"/>
     <w:rsid w:val="00373A86"/>
     <w:rsid w:val="0040247D"/>
     <w:rsid w:val="00501070"/>
     <w:rsid w:val="00567896"/>
     <w:rsid w:val="006015D7"/>
+    <w:rsid w:val="006877B0"/>
     <w:rsid w:val="006A51BF"/>
     <w:rsid w:val="006D7203"/>
+    <w:rsid w:val="00701714"/>
     <w:rsid w:val="0071351A"/>
-    <w:rsid w:val="0071590F"/>
     <w:rsid w:val="00801FD8"/>
     <w:rsid w:val="00821879"/>
     <w:rsid w:val="008257CC"/>
     <w:rsid w:val="008334BE"/>
     <w:rsid w:val="00857810"/>
     <w:rsid w:val="00862AB5"/>
     <w:rsid w:val="00890325"/>
     <w:rsid w:val="008E2BA8"/>
     <w:rsid w:val="008E2E15"/>
     <w:rsid w:val="00A720F1"/>
     <w:rsid w:val="00AE0B0F"/>
     <w:rsid w:val="00AF7579"/>
     <w:rsid w:val="00B57DF6"/>
     <w:rsid w:val="00B744A4"/>
     <w:rsid w:val="00BB5DE7"/>
     <w:rsid w:val="00BB732D"/>
-    <w:rsid w:val="00BC0306"/>
     <w:rsid w:val="00BE7991"/>
     <w:rsid w:val="00C56210"/>
     <w:rsid w:val="00CD5CD4"/>
-    <w:rsid w:val="00CE4ABC"/>
+    <w:rsid w:val="00D50B67"/>
     <w:rsid w:val="00D62F43"/>
     <w:rsid w:val="00D758C0"/>
     <w:rsid w:val="00DE60EA"/>
     <w:rsid w:val="00E1249A"/>
     <w:rsid w:val="00E54CD0"/>
     <w:rsid w:val="00E6366B"/>
     <w:rsid w:val="00ED08B7"/>
     <w:rsid w:val="00F4738F"/>
     <w:rsid w:val="00FA292D"/>
     <w:rsid w:val="00FC3F49"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="48FE6E43"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{E73EF806-5B6E-4013-AD78-4F0B9F77EEF0}"/>
+  <w15:docId w15:val="{65571CA4-2157-4EE9-91E1-E77C025059F7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3480,81 +3387,65 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00567896"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00567896"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextIndent2Char"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00567896"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
     <w:name w:val="Body Text Indent 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyTextIndent2"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:rsid w:val="00567896"/>
-  </w:style>
-[...16 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="1372918049">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1542285672">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -3820,76 +3711,116 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>297</Words>
-  <Characters>2583</Characters>
+  <Words>436</Words>
+  <Characters>2486</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
+  <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ХИГИЕННО-ЕПИДЕМИОЛОГИЧНА ИНСПЕКЦИЯ</vt:lpstr>
       <vt:lpstr>ХИГИЕННО-ЕПИДЕМИОЛОГИЧНА ИНСПЕКЦИЯ</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>HEI</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2875</CharactersWithSpaces>
+  <CharactersWithSpaces>2917</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="12" baseType="variant">
+      <vt:variant>
+        <vt:i4>2424886</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://egov.bg/wps/portal/egov/nachalo</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7274614</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://edelivery.egov.bg/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ХИГИЕННО-ЕПИДЕМИОЛОГИЧНА ИНСПЕКЦИЯ</dc:title>
   <dc:subject/>
   <dc:creator>PEK</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>