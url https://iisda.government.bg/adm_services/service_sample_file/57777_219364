--- v0 (2025-12-01)
+++ v1 (2026-01-31)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00094841" w:rsidRDefault="00094841"/>
     <w:p w:rsidR="008C67AD" w:rsidRPr="008C67AD" w:rsidRDefault="008C67AD">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
@@ -436,66 +436,103 @@
         </w:rPr>
         <w:t>ж.к./ ул. ............................................................................................. № ……………...........................</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00094841" w:rsidRDefault="00094841" w:rsidP="00094841">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t>бл. …………......., вх. ........................., ап. .........................., тел. …………………............................</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00094841" w:rsidRDefault="00094841" w:rsidP="00094841">
       <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>ЕГН ……………………………………………………………………………….........……</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00094841" w:rsidRDefault="00094841" w:rsidP="00094841">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
-        <w:t>Моля, да бъде заверена и вписана в регистъра по чл. 11, ал.1 от Наредба № 15 от 2006 г. за здравните изисквания към лицата, работещи в детските заведения, специализираните институции за деца и възрастни, водоснабдителните обекти, предприятията, които произвеждат или търгуват с храни, бръснарските, фризьорските и козметичните салони (ДВ, бр. 57 от 2006 г.) личната ми здравна книжка.</w:t>
+        <w:t>Моля, да бъде заверена и вписана в регистъра по чл. 11, ал.1 от Наредба № 15 от 2006 г. за здравните изисквания към лицата, работещи в детските заведения, специализираните институции за деца и възрастни, водоснабдителните обекти, предприятията, които произвеждат или търгуват с храни, бръснарските, фриз</w:t>
+      </w:r>
+      <w:r w:rsidR="00740E8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ьорските и козметичните салони </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> личната ми здравна книжка.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00094841" w:rsidRDefault="00094841" w:rsidP="00094841">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t>Здравната книжка ми е необходима за постъпване на работа в ………….........…………..............</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00094841" w:rsidRDefault="00094841" w:rsidP="00094841">
       <w:pPr>
         <w:rPr>
           <w:b/>
@@ -515,652 +552,1224 @@
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t>                                                      (наименование на обекта)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00094841" w:rsidRDefault="00094841" w:rsidP="00094841">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………..............</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00094841" w:rsidRDefault="00094841" w:rsidP="00094841">
+    <w:p w:rsidR="00094841" w:rsidRPr="00740E8D" w:rsidRDefault="00094841" w:rsidP="00094841">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t>(адрес на обекта)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00094841" w:rsidRDefault="00094841" w:rsidP="00094841">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">I. </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00740E8D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t>Прилагам следните документи:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00094841" w:rsidRDefault="00094841" w:rsidP="00094841">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t xml:space="preserve">Здравна книжка с попълнена паспортна част, залепена актуална снимка на заявителя и с отразени извършени задължителни прегледи и изследвания, удостоверени чрез положени печати и подписи от съответните лечебни заведения и медицински специалисти, извършили прегледите и изследванията; заключение "допуска се на работа" от общопрактикуващ лекар или от лекар специалист по вътрешни болести от лечебно заведение за </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t>извънболнична</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t xml:space="preserve"> помощ.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00166294" w:rsidRPr="00BC0B06" w:rsidRDefault="00094841" w:rsidP="00166294">
-[...2 lines deleted...]
-        <w:contextualSpacing/>
+    <w:p w:rsidR="00094841" w:rsidRDefault="00094841" w:rsidP="00094841">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:adjustRightInd/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">ІІ. </w:t>
       </w:r>
-      <w:r w:rsidR="00166294" w:rsidRPr="00BC0B06">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00166294" w:rsidRPr="00BC0B06" w:rsidRDefault="00166294" w:rsidP="00166294">
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Декларирам че желая, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>индивидуалният административен акт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да получа:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00094841" w:rsidRDefault="00D048BF" w:rsidP="00094841">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="num" w:pos="900"/>
+        </w:tabs>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:adjustRightInd/>
-        <w:contextualSpacing/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
-        </w:rPr>
-[...37 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>в център</w:t>
+      </w:r>
+      <w:r w:rsidR="00094841">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на адми</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE33FB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>нистративно обслужване на РЗИ-</w:t>
+      </w:r>
+      <w:r w:rsidR="00094841">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Пловдив – лично или от упълномощено от мен лице:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00166294" w:rsidRPr="00BC0B06" w:rsidRDefault="00166294" w:rsidP="00166294">
+    <w:p w:rsidR="00094841" w:rsidRDefault="00094841" w:rsidP="00094841">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="num" w:pos="900"/>
+        </w:tabs>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:adjustRightInd/>
-        <w:contextualSpacing/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w:rsidR="00166294" w:rsidRPr="00BC0B06" w:rsidRDefault="00166294" w:rsidP="00166294">
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>чрез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>лицензиран</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>пощенски</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>оператор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00094841" w:rsidRDefault="00094841" w:rsidP="00094841">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="644"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:adjustRightInd/>
-        <w:contextualSpacing/>
+        <w:ind w:left="0" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
-        </w:rPr>
-[...50 lines deleted...]
-        <w:contextualSpacing/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>като</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>вътрешна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>препоръчана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>пощенска</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>пратка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00094841" w:rsidRDefault="00094841" w:rsidP="00094841">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="644"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:autoSpaceDE/>
+        <w:adjustRightInd/>
+        <w:ind w:left="0" w:firstLine="284"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>като</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>вътрешна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>куриерска</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>пратка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00740E8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>адрес:  …</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>…………………………………..………………</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00094841" w:rsidRDefault="00094841" w:rsidP="00094841">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:adjustRightInd/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Уведомен съм, че разходите са за моя сметка и </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC0B06">
-[...5 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>цената за пощенската услуга се заплаща от мен при доставяне на пратката</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC0B06">
-[...4 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00166294" w:rsidRPr="00BC0B06" w:rsidRDefault="00166294" w:rsidP="00166294">
+    <w:p w:rsidR="00094841" w:rsidRDefault="00094841" w:rsidP="00094841">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="644"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:autoSpaceDE/>
-        <w:autoSpaceDN/>
         <w:adjustRightInd/>
-        <w:contextualSpacing/>
+        <w:ind w:left="0" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>като международна препоръчана пощенска пратка</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00166294" w:rsidRPr="00BC0B06" w:rsidRDefault="00166294" w:rsidP="00166294">
-[...245 lines deleted...]
-    <w:p w:rsidR="00094841" w:rsidRDefault="00094841" w:rsidP="00166294">
+    <w:p w:rsidR="00094841" w:rsidRDefault="00094841" w:rsidP="00094841">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:adjustRightInd/>
         <w:jc w:val="both"/>
-      </w:pPr>
-    </w:p>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Уведомен съм, че разходите са за моя сметка и се заплащат на административния/ компетентния орган, който от своя страна заплаща пощенската услуга </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>на лицензирания пощенски оператор при подаване на пратката</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00740E8D" w:rsidRPr="00740E8D" w:rsidRDefault="00740E8D" w:rsidP="00740E8D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00740E8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00740E8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>електронен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00740E8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адрес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00740E8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>съгласно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00740E8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона за </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00740E8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>електронното</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00740E8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> управление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>…………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00740E8D" w:rsidRPr="00740E8D" w:rsidRDefault="00740E8D" w:rsidP="00740E8D">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00740E8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00740E8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>профил</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00740E8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00740E8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>регистриран</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00740E8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00740E8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Информационната</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00740E8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00740E8D">
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">система за </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00740E8D">
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>сигурно</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00740E8D">
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00740E8D">
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>електронно</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00740E8D">
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00740E8D">
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>връчване</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00740E8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00740E8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>като</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00740E8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00740E8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>модул</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00740E8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00740E8D">
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Портала на </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="00740E8D">
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t>електронното</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="00740E8D">
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> управление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00740E8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00740E8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>смисъла</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00740E8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на Закона за </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00740E8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>електронното</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00740E8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> управление;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00094841" w:rsidRPr="00094841" w:rsidRDefault="00094841" w:rsidP="00094841">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:adjustRightInd/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Забележка: Вярното се отбелязва с Х.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00094841" w:rsidRDefault="00094841" w:rsidP="00094841">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:adjustRightInd/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="All Times New Roman" w:hAnsi="All Times New Roman" w:cs="All Times New Roman"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00094841" w:rsidRPr="00094841" w:rsidRDefault="00094841" w:rsidP="00094841">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:adjustRightInd/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="All Times New Roman" w:hAnsi="All Times New Roman" w:cs="All Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00094841">
+        <w:rPr>
+          <w:rFonts w:ascii="All Times New Roman" w:hAnsi="All Times New Roman" w:cs="All Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Дата:……………………………</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00094841">
+        <w:rPr>
+          <w:rFonts w:ascii="All Times New Roman" w:hAnsi="All Times New Roman" w:cs="All Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00094841">
+        <w:rPr>
+          <w:rFonts w:ascii="All Times New Roman" w:hAnsi="All Times New Roman" w:cs="All Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00094841">
+        <w:rPr>
+          <w:rFonts w:ascii="All Times New Roman" w:hAnsi="All Times New Roman" w:cs="All Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00094841">
+        <w:rPr>
+          <w:rFonts w:ascii="All Times New Roman" w:hAnsi="All Times New Roman" w:cs="All Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00094841">
+        <w:rPr>
+          <w:rFonts w:ascii="All Times New Roman" w:hAnsi="All Times New Roman" w:cs="All Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Подпис:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00094841" w:rsidRDefault="00094841"/>
     <w:sectPr w:rsidR="00094841" w:rsidSect="00094841">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="567" w:right="851" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -1171,62 +1780,69 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="All Times New Roman">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BDA6CB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88BE8848"/>
     <w:lvl w:ilvl="0" w:tplc="B1CC9334">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -1761,109 +2377,102 @@
         </w:tabs>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00094841"/>
     <w:rsid w:val="00094841"/>
-    <w:rsid w:val="00166294"/>
     <w:rsid w:val="002821A1"/>
-    <w:rsid w:val="00321808"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0039708B"/>
     <w:rsid w:val="004024D4"/>
     <w:rsid w:val="0050701E"/>
     <w:rsid w:val="005858A9"/>
     <w:rsid w:val="006F2374"/>
+    <w:rsid w:val="00740E8D"/>
     <w:rsid w:val="007A594E"/>
     <w:rsid w:val="0080655B"/>
     <w:rsid w:val="008C67AD"/>
     <w:rsid w:val="00B94DF9"/>
-    <w:rsid w:val="00C92BDC"/>
     <w:rsid w:val="00CE33FB"/>
-    <w:rsid w:val="00CF54A5"/>
     <w:rsid w:val="00D048BF"/>
-    <w:rsid w:val="00D17B35"/>
-    <w:rsid w:val="00FB3776"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="47BBED25"/>
+  <w14:docId w14:val="578FB4AF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C4D63E85-78F9-4AE6-BF71-CB7CA28C3F7B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -1925,51 +2534,51 @@
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2215,203 +2824,161 @@
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00094841"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="bg-BG"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00094841"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
-[...2 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Изнесен текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00094841"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="bg-BG"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
-[...30 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00166294"/>
+    <w:rsid w:val="00740E8D"/>
     <w:pPr>
-      <w:widowControl/>
-[...3 lines deleted...]
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...4 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="694038592">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.bg/wps/portal/egov/nachalo" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edelivery.egov.bg/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2636,77 +3203,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>370</Words>
-  <Characters>2114</Characters>
+  <Words>424</Words>
+  <Characters>2420</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
-[...5 lines deleted...]
-      </vt:variant>
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr/>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2480</CharactersWithSpaces>
+  <CharactersWithSpaces>2839</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>ПЕК 102</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>