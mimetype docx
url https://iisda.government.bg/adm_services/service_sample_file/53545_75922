--- v0 (2025-11-05)
+++ v1 (2026-02-20)
@@ -1,62 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="002379C3" w:rsidRDefault="002379C3" w:rsidP="002379C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Вх. №……………/……………………..</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002379C3" w:rsidRDefault="002379C3" w:rsidP="002379C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
@@ -115,163 +117,163 @@
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002379C3" w:rsidRPr="00327980" w:rsidRDefault="002379C3" w:rsidP="002379C3">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00327980">
+    <w:p w:rsidR="002379C3" w:rsidRPr="00BE093D" w:rsidRDefault="002379C3" w:rsidP="002379C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE093D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ДО</w:t>
       </w:r>
-      <w:r w:rsidRPr="00327980">
+      <w:r w:rsidRPr="00BE093D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00327980">
+      <w:r w:rsidRPr="00BE093D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00327980">
+      <w:r w:rsidRPr="00BE093D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00327980">
+      <w:r w:rsidRPr="00BE093D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00327980">
+      <w:r w:rsidRPr="00BE093D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00327980">
+      <w:r w:rsidRPr="00BE093D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00327980">
+      <w:r w:rsidRPr="00BE093D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00327980">
+      <w:r w:rsidRPr="00BE093D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00327980">
+      <w:r w:rsidRPr="00BE093D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00756C8E" w:rsidRPr="008D3AD5" w:rsidRDefault="002379C3" w:rsidP="002379C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00327980">
+      <w:r w:rsidRPr="00BE093D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">ДИРЕКТОРА </w:t>
       </w:r>
       <w:r w:rsidRPr="008D3AD5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">НА </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00756C8E" w:rsidRPr="008D3AD5" w:rsidRDefault="00756C8E" w:rsidP="002379C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
@@ -289,178 +291,178 @@
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>РЕГИОНАЛНА ЗДРАВНА ИНСПЕКЦИЯ</w:t>
       </w:r>
       <w:r w:rsidR="002379C3" w:rsidRPr="008D3AD5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002379C3" w:rsidRPr="008D3AD5" w:rsidRDefault="002379C3" w:rsidP="002379C3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00327980">
+      <w:r w:rsidRPr="00BE093D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ПЛОВДИВ</w:t>
       </w:r>
-      <w:r w:rsidRPr="00327980">
+      <w:r w:rsidRPr="00BE093D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00327980">
+      <w:r w:rsidRPr="00BE093D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00327980">
+      <w:r w:rsidRPr="00BE093D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00327980">
+      <w:r w:rsidRPr="00BE093D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00327980">
+      <w:r w:rsidRPr="00BE093D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00327980">
+      <w:r w:rsidRPr="00BE093D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002379C3" w:rsidRPr="00327980" w:rsidRDefault="002379C3" w:rsidP="002379C3">
+    <w:p w:rsidR="002379C3" w:rsidRPr="00BE093D" w:rsidRDefault="002379C3" w:rsidP="002379C3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009920D0" w:rsidRPr="00327980" w:rsidRDefault="009920D0" w:rsidP="009920D0">
-[...9 lines deleted...]
-    <w:p w:rsidR="009920D0" w:rsidRPr="00327980" w:rsidRDefault="00756C8E" w:rsidP="001D2C18">
+    <w:p w:rsidR="009920D0" w:rsidRPr="00BE093D" w:rsidRDefault="009920D0" w:rsidP="009920D0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009920D0" w:rsidRPr="00BE093D" w:rsidRDefault="00756C8E" w:rsidP="001D2C18">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D3AD5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                </w:t>
       </w:r>
-      <w:r w:rsidR="009920D0" w:rsidRPr="00327980">
+      <w:r w:rsidR="009920D0" w:rsidRPr="00BE093D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ЗАЯВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009920D0" w:rsidRPr="00327980" w:rsidRDefault="009920D0" w:rsidP="001D2C18">
+    <w:p w:rsidR="009920D0" w:rsidRPr="00BE093D" w:rsidRDefault="009920D0" w:rsidP="001D2C18">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00327980">
+      <w:r w:rsidRPr="00BE093D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007E6B5F" w:rsidRPr="001D2C18" w:rsidRDefault="007E6B5F" w:rsidP="001D2C18">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D2C18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs w:val="0"/>
@@ -511,140 +513,180 @@
       <w:r w:rsidRPr="001D2C18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>ж.к./ ул. .......................................................№ .......бл. ..... вх. .... ап. ......... тел. ....................................</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007E6B5F" w:rsidRPr="001D2C18" w:rsidRDefault="007E6B5F" w:rsidP="001D2C18">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007E6B5F" w:rsidRPr="001D2C18" w:rsidRDefault="007E6B5F" w:rsidP="001D2C18">
+    <w:p w:rsidR="00BE093D" w:rsidRDefault="00BE093D" w:rsidP="001D2C18">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="001D2C18">
+    </w:p>
+    <w:p w:rsidR="007E6B5F" w:rsidRDefault="00BE093D" w:rsidP="001D2C18">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r w:rsidR="007E6B5F" w:rsidRPr="001D2C18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>УВАЖАЕМ</w:t>
       </w:r>
-      <w:r w:rsidR="0030066C">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="001D2C18">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>И ГОСПОДИН/ ГОСПОЖО</w:t>
+      </w:r>
+      <w:r w:rsidR="007E6B5F" w:rsidRPr="001D2C18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> ДИРЕКТОР,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00BE093D" w:rsidRPr="001D2C18" w:rsidRDefault="00BE093D" w:rsidP="001D2C18">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="007E6B5F" w:rsidRPr="001D2C18" w:rsidRDefault="007E6B5F" w:rsidP="001D2C18">
       <w:pPr>
         <w:ind w:right="80" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D2C18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Моля, да бъда включен в курс за издаване на удостоверение за правоспособност за изпълнител на дезинфекции, дезинсекции и дератизации ................................................................</w:t>
       </w:r>
       <w:r w:rsidR="001D2C18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007E6B5F" w:rsidRDefault="007E6B5F" w:rsidP="001D2C18">
+    <w:p w:rsidR="007E6B5F" w:rsidRPr="001D2C18" w:rsidRDefault="007E6B5F" w:rsidP="001D2C18">
       <w:pPr>
         <w:ind w:right="80"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D2C18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>…………………………………………………………………………………………………………… с адрес: гр.(с.)................................................ул.  ................................................</w:t>
       </w:r>
       <w:r w:rsidR="001D2C18">
         <w:rPr>
@@ -669,108 +711,78 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001D2C18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001D2C18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>тел. ...............................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D85068" w:rsidRPr="001D2C18" w:rsidRDefault="00D85068" w:rsidP="001D2C18">
-[...1 lines deleted...]
-        <w:ind w:right="80"/>
+    <w:p w:rsidR="007E6B5F" w:rsidRPr="001D2C18" w:rsidRDefault="007E6B5F" w:rsidP="001D2C18">
+      <w:pPr>
+        <w:ind w:left="339" w:right="-425" w:firstLine="228"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs w:val="0"/>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D2C18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>І. Прилагам следните документи:</w:t>
       </w:r>
-    </w:p>
-[...14 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidR="007E6B5F" w:rsidRPr="002B79DE" w:rsidRDefault="007E6B5F" w:rsidP="00F87067">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="459"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="216" w:lineRule="auto"/>
         <w:ind w:left="567" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B79DE">
         <w:rPr>
@@ -817,827 +829,1070 @@
         <w:t xml:space="preserve"> ДДД  дейности до Директора на </w:t>
       </w:r>
       <w:r w:rsidR="002B79DE" w:rsidRPr="002B79DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002B79DE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>РЗИ- Пловдив.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007E6B5F" w:rsidRDefault="001D2C18" w:rsidP="001D2C18">
+    <w:p w:rsidR="007E6B5F" w:rsidRPr="001D2C18" w:rsidRDefault="001D2C18" w:rsidP="001D2C18">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="459"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="216" w:lineRule="auto"/>
         <w:ind w:left="207"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:bCs w:val="0"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D2C18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="006455D4" w:rsidRPr="001D2C18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidR="007E6B5F" w:rsidRPr="001D2C18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Документ за платена държавна такса.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D85068" w:rsidRPr="001D2C18" w:rsidRDefault="00D85068" w:rsidP="001D2C18">
-[...6 lines deleted...]
-        <w:ind w:left="207"/>
+    <w:p w:rsidR="007E6B5F" w:rsidRPr="001D2C18" w:rsidRDefault="007E6B5F" w:rsidP="001D2C18">
+      <w:pPr>
+        <w:ind w:right="-425" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-          <w:lang w:val="bg-BG"/>
-[...12 lines deleted...]
-          <w:b/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">ІІ. </w:t>
+      </w:r>
       <w:r w:rsidRPr="001D2C18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-          <w:lang w:val="bg-BG"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Декларирам че желая, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
           <w:u w:val="single"/>
-          <w:lang w:val="bg-BG"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="00D85068" w:rsidRPr="00BC0B06" w:rsidRDefault="00D85068" w:rsidP="00D85068">
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>индивидуалният административен акт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да получа:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D2C18" w:rsidRPr="001D2C18" w:rsidRDefault="007E6B5F" w:rsidP="001D2C18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:contextualSpacing/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="900"/>
+        </w:tabs>
+        <w:ind w:left="900" w:right="-425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
-          <w:lang w:val="bg-BG"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
-          <w:lang w:val="bg-BG"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в Център за административно обслужване  на РЗИ-Пловдив лично или от упълномощено </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6B5F" w:rsidRPr="001D2C18" w:rsidRDefault="007E6B5F" w:rsidP="001D2C18">
+      <w:pPr>
+        <w:ind w:left="900" w:right="-425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
-          <w:lang w:val="bg-BG"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
-          <w:lang w:val="bg-BG"/>
-[...24 lines deleted...]
-    <w:p w:rsidR="00D85068" w:rsidRPr="00BC0B06" w:rsidRDefault="00D85068" w:rsidP="00D85068">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от мен лице:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6B5F" w:rsidRPr="001D2C18" w:rsidRDefault="007E6B5F" w:rsidP="001D2C18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:contextualSpacing/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="900"/>
+        </w:tabs>
+        <w:ind w:left="900" w:right="-425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
-          <w:lang w:val="bg-BG"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
-          <w:lang w:val="bg-BG"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>чрез лицензиран пощенски оператор</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D85068" w:rsidRPr="00BC0B06" w:rsidRDefault="00D85068" w:rsidP="00D85068">
+    <w:p w:rsidR="007E6B5F" w:rsidRPr="001D2C18" w:rsidRDefault="001D2C18" w:rsidP="001D2C18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:contextualSpacing/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="644"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:right="-425" w:hanging="153"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
-          <w:lang w:val="bg-BG"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E6B5F" w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>като вътрешна препоръчана пощенска пратка</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D85068" w:rsidRPr="00BC0B06" w:rsidRDefault="00D85068" w:rsidP="00D85068">
+    <w:p w:rsidR="007E6B5F" w:rsidRPr="001D2C18" w:rsidRDefault="001D2C18" w:rsidP="001D2C18">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="644"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:right="-425" w:hanging="153"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
-          <w:lang w:val="bg-BG"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
-          <w:lang w:val="bg-BG"/>
-[...52 lines deleted...]
-          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E6B5F" w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
-          <w:lang w:val="bg-BG"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>като вътрешна куриерска пратка</w:t>
+      </w:r>
+      <w:r w:rsidR="007E6B5F" w:rsidRPr="00BE093D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E6B5F" w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="007E6B5F" w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:r w:rsidR="007E6B5F" w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>адрес: ……………………………………..………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6B5F" w:rsidRPr="001D2C18" w:rsidRDefault="007E6B5F" w:rsidP="001D2C18">
+      <w:pPr>
+        <w:ind w:right="-425" w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Уведомен съм, че разходите са за моя сметка и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>цената за пощенската услуга се заплаща от мен при доставяне на пратката</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC0B06">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
-          <w:lang w:val="bg-BG"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D85068" w:rsidRPr="00BC0B06" w:rsidRDefault="00D85068" w:rsidP="00D85068">
+    <w:p w:rsidR="007E6B5F" w:rsidRPr="001D2C18" w:rsidRDefault="008E05B1" w:rsidP="008E05B1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:contextualSpacing/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="644"/>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:right="-425" w:hanging="153"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
-          <w:lang w:val="bg-BG"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
-          <w:lang w:val="bg-BG"/>
-[...32 lines deleted...]
-          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E6B5F" w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
-          <w:lang w:val="bg-BG"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>като международна препоръчана пощенска пратка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6B5F" w:rsidRPr="001D2C18" w:rsidRDefault="007E6B5F" w:rsidP="001D2C18">
+      <w:pPr>
+        <w:ind w:right="-425" w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Уведомен съм, че разходите са за моя сметка и се заплащат на административния/ компетентния орган, който от своя страна заплаща пощенската услуга </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>на лицензирания пощенски оператор при подаване на пратката</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC0B06">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
-          <w:lang w:val="bg-BG"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D85068" w:rsidRPr="0097545D" w:rsidRDefault="00D85068" w:rsidP="00D85068">
-[...3 lines deleted...]
-        <w:ind w:left="360"/>
+    <w:p w:rsidR="00BE093D" w:rsidRPr="00EE51A8" w:rsidRDefault="00BE093D" w:rsidP="00BE093D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:contextualSpacing/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>на електронен адрес съгласно Закона за електронното управление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>…………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE093D" w:rsidRPr="00EE51A8" w:rsidRDefault="00BE093D" w:rsidP="00BE093D">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
         <w:jc w:val="both"/>
-        <w:rPr>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в профил, регистриран в Информационната </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00EE51A8">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+          </w:rPr>
+          <w:t>система за сигурно електронно връчване</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> като модул на </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="00EE51A8">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+          </w:rPr>
+          <w:t>Портала на електронното управление</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по смисъла на Закона за електронното управление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>………………………………………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6B5F" w:rsidRPr="001D2C18" w:rsidRDefault="007E6B5F" w:rsidP="001D2C18">
+      <w:pPr>
+        <w:ind w:right="-425" w:firstLine="540"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs w:val="0"/>
           <w:i/>
-          <w:lang w:val="ru-RU"/>
-[...8 lines deleted...]
-        <w:contextualSpacing/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Забележка: Вярното се отбелязва с Х.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6B5F" w:rsidRPr="001D2C18" w:rsidRDefault="007E6B5F" w:rsidP="001D2C18">
+      <w:pPr>
+        <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs w:val="0"/>
           <w:i/>
-          <w:lang w:val="bg-BG"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E6B5F" w:rsidRPr="001D2C18" w:rsidRDefault="007E6B5F" w:rsidP="001D2C18">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E6B5F" w:rsidRPr="00592342" w:rsidRDefault="001D2C18" w:rsidP="001D2C18">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
           <w:i/>
-          <w:lang w:val="bg-BG"/>
-[...19 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="007E6B5F" w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата:……………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="007E6B5F" w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BC0B06">
-[...3 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+      <w:r w:rsidR="007E6B5F" w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BC0B06">
-[...3 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+      <w:r w:rsidR="007E6B5F" w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BC0B06">
-[...3 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+      <w:r w:rsidR="007E6B5F" w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BC0B06">
-[...3 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+      <w:r w:rsidR="007E6B5F" w:rsidRPr="001D2C18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+        <w:t>С уважение:...........................</w:t>
+      </w:r>
+      <w:r w:rsidR="007E6B5F" w:rsidRPr="00592342">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BC0B06">
-[...3 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+      <w:r w:rsidR="007E6B5F" w:rsidRPr="00592342">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BC0B06">
-[...3 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+      <w:r w:rsidR="007E6B5F" w:rsidRPr="00592342">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BC0B06">
-[...3 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+      <w:r w:rsidR="007E6B5F" w:rsidRPr="00592342">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+      <w:r w:rsidR="007E6B5F" w:rsidRPr="00592342">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-    </w:p>
-[...21 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+      <w:r w:rsidR="007E6B5F" w:rsidRPr="00592342">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D85068">
-[...3 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+      <w:r w:rsidR="007E6B5F" w:rsidRPr="00592342">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D85068">
-[...44 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B2416" w:rsidRPr="00592342" w:rsidRDefault="009B2416" w:rsidP="009920D0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009B2416" w:rsidRPr="00592342" w:rsidSect="00377B37">
-      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="849" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009B7DB1" w:rsidRDefault="009B7DB1" w:rsidP="002379C3">
+    <w:p w:rsidR="00CE55FF" w:rsidRDefault="00CE55FF" w:rsidP="002379C3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009B7DB1" w:rsidRDefault="009B7DB1" w:rsidP="002379C3">
+    <w:p w:rsidR="00CE55FF" w:rsidRDefault="00CE55FF" w:rsidP="002379C3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009B7DB1" w:rsidRDefault="009B7DB1" w:rsidP="002379C3">
+    <w:p w:rsidR="00CE55FF" w:rsidRDefault="00CE55FF" w:rsidP="002379C3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009B7DB1" w:rsidRDefault="009B7DB1" w:rsidP="002379C3">
+    <w:p w:rsidR="00CE55FF" w:rsidRDefault="00CE55FF" w:rsidP="002379C3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="002379C3" w:rsidRPr="009B2416" w:rsidRDefault="002379C3" w:rsidP="002379C3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:i/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002379C3">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:i/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t>Р</w:t>
     </w:r>
     <w:r w:rsidR="00756C8E">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -1656,51 +1911,51 @@
         <w:szCs w:val="24"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
       <w:t xml:space="preserve"> Пловдив АУ-</w:t>
     </w:r>
     <w:r w:rsidR="009B2416">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:i/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>558</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="002379C3" w:rsidRDefault="002379C3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BDA6CB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="88BE8848"/>
     <w:lvl w:ilvl="0" w:tplc="B1CC9334">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:lang w:val="bg-BG"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -2064,51 +2319,51 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="43B5324F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="838E7FB2"/>
     <w:lvl w:ilvl="0" w:tplc="0402000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04020019">
+    <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0402000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
@@ -2465,226 +2720,176 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="80"/>
+  <w:proofState w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00603669"/>
     <w:rsid w:val="000034CE"/>
     <w:rsid w:val="00056B82"/>
     <w:rsid w:val="0010035B"/>
     <w:rsid w:val="0014478D"/>
     <w:rsid w:val="001B5E20"/>
     <w:rsid w:val="001D2C18"/>
     <w:rsid w:val="001F3150"/>
     <w:rsid w:val="001F4982"/>
     <w:rsid w:val="002054FD"/>
     <w:rsid w:val="002379C3"/>
     <w:rsid w:val="002B79DE"/>
     <w:rsid w:val="002C7A22"/>
-    <w:rsid w:val="0030066C"/>
-    <w:rsid w:val="00327980"/>
     <w:rsid w:val="0036158F"/>
     <w:rsid w:val="00377B37"/>
     <w:rsid w:val="003B598F"/>
     <w:rsid w:val="00464FAA"/>
     <w:rsid w:val="00474C74"/>
-    <w:rsid w:val="004A6BA0"/>
     <w:rsid w:val="005376FD"/>
     <w:rsid w:val="00592342"/>
     <w:rsid w:val="00603669"/>
     <w:rsid w:val="006455D4"/>
     <w:rsid w:val="00651405"/>
-    <w:rsid w:val="00696206"/>
     <w:rsid w:val="00750238"/>
     <w:rsid w:val="00756C8E"/>
     <w:rsid w:val="007C4CA1"/>
     <w:rsid w:val="007E6B5F"/>
     <w:rsid w:val="00807B13"/>
     <w:rsid w:val="008D3AD5"/>
     <w:rsid w:val="008D488D"/>
     <w:rsid w:val="008E05B1"/>
     <w:rsid w:val="009920D0"/>
     <w:rsid w:val="009B2416"/>
-    <w:rsid w:val="009B7DB1"/>
     <w:rsid w:val="009D4092"/>
     <w:rsid w:val="00A120BF"/>
     <w:rsid w:val="00A519E5"/>
     <w:rsid w:val="00A66E4D"/>
-    <w:rsid w:val="00AB546C"/>
     <w:rsid w:val="00AF1899"/>
-    <w:rsid w:val="00D85068"/>
+    <w:rsid w:val="00B12630"/>
+    <w:rsid w:val="00BE093D"/>
+    <w:rsid w:val="00CE55FF"/>
     <w:rsid w:val="00E6353A"/>
-    <w:rsid w:val="00EF1988"/>
     <w:rsid w:val="00F10F77"/>
     <w:rsid w:val="00F87067"/>
     <w:rsid w:val="00FD5947"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1358257A"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{FC071E56-FED6-44A7-B71B-E5960EF8E3B4}"/>
+  <w15:docId w15:val="{D9BB2A05-FEDC-4D01-AD21-6AF3AECACCEB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...42 lines deleted...]
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -2872,74 +3077,68 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00603669"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
     <w:name w:val="Стил"/>
     <w:rsid w:val="00603669"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:ind w:left="140" w:right="140" w:firstLine="840"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextIndent2Char"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009920D0"/>
     <w:pPr>
       <w:ind w:firstLine="708"/>
@@ -3072,96 +3271,77 @@
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:rsid w:val="007E6B5F"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:link w:val="BodyText"/>
     <w:rsid w:val="007E6B5F"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
       <w:bCs/>
       <w:kern w:val="32"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
-[...18 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="306788582">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://egov.bg/wps/portal/egov/nachalo" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edelivery.egov.bg/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3386,76 +3566,116 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>314</Words>
-  <Characters>1792</Characters>
+  <Words>382</Words>
+  <Characters>2182</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ДО</vt:lpstr>
       <vt:lpstr>ДО</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2102</CharactersWithSpaces>
+  <CharactersWithSpaces>2559</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="12" baseType="variant">
+      <vt:variant>
+        <vt:i4>2424886</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://egov.bg/wps/portal/egov/nachalo</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>7274614</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>https://edelivery.egov.bg/</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
+      </vt:variant>
+    </vt:vector>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ДО</dc:title>
   <dc:subject/>
   <dc:creator>silvia</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>