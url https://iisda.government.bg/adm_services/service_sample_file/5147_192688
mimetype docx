--- v0 (2025-10-13)
+++ v1 (2025-11-23)
@@ -152,1219 +152,875 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AC08C7" w:rsidRPr="0085397B" w:rsidRDefault="00AC08C7" w:rsidP="00AC08C7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0085397B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>УВЕДОМЛЕНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC08C7" w:rsidRPr="00DD3DFB" w:rsidRDefault="00AC08C7" w:rsidP="00AC08C7">
-      <w:pPr>
+    <w:p w:rsidR="00AC08C7" w:rsidRPr="00AC08C7" w:rsidRDefault="000B2738" w:rsidP="00AC08C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>промяна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>данните</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>обс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>тоятелствата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>вписани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>регистър</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>обекти</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>те</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>обществено</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>предназначение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AC08C7" w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B2738" w:rsidRDefault="000B2738" w:rsidP="00AC08C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC08C7" w:rsidRPr="00AC08C7" w:rsidRDefault="00DD3DFB" w:rsidP="000B2738">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от: </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC08C7" w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>......................................................................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>......................</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC08C7" w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>...........................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC08C7" w:rsidRPr="00AC08C7" w:rsidRDefault="00AC08C7" w:rsidP="000B2738">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:b/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>трите</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>имена</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC08C7" w:rsidRPr="00AC08C7" w:rsidRDefault="00AC08C7" w:rsidP="000B2738">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>качеството</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">си </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ......................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>.............................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>.................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>........................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC08C7" w:rsidRPr="007B00F8" w:rsidRDefault="00AC08C7" w:rsidP="000B2738">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B00F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B00F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>собственик</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B00F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B00F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>управител</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B00F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B00F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>изпълнителен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B00F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B00F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>директор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B00F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B00F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>упълномощено</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B00F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B00F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>лице</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B00F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC08C7" w:rsidRPr="00AC08C7" w:rsidRDefault="000B2738" w:rsidP="000B2738">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC08C7" w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>..................</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>..................</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC08C7" w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>.................................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>ЕИК/БУЛСТАТ</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC08C7" w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>.............................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>............</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC08C7" w:rsidRPr="00AC08C7" w:rsidRDefault="00AC08C7" w:rsidP="000B2738">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>юридическото</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>лице</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>търговеца</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>който</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>упражнява</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>дейността</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B2738" w:rsidRPr="00AC08C7" w:rsidRDefault="000B2738" w:rsidP="000B2738">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>за</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00DD3DFB">
-[...256 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>контакт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>: .....................................................................................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>9</w:t>
-[...288 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>..................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>........................</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00AC08C7" w:rsidRPr="00AC08C7" w:rsidRDefault="00AC08C7" w:rsidP="00AC08C7">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+    <w:p w:rsidR="000B2738" w:rsidRPr="00AC08C7" w:rsidRDefault="000B2738" w:rsidP="000B2738">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>ел</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>: .................................................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>.................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">........, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>тел</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>факс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ...............................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC08C7" w:rsidRPr="00AC08C7" w:rsidRDefault="00DD3DFB" w:rsidP="00AC08C7">
-[...586 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="000B2738" w:rsidRPr="00AC08C7" w:rsidRDefault="000B2738" w:rsidP="000B2738">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00AC08C7" w:rsidRPr="00AC08C7" w:rsidRDefault="00AC08C7" w:rsidP="00AC08C7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC08C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A723F9" w:rsidRDefault="00A723F9" w:rsidP="00A723F9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
@@ -1415,540 +1071,818 @@
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>госпожо/</w:t>
       </w:r>
       <w:r w:rsidRPr="003E3F0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>ГОСПОДИН директор,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A31E41" w:rsidRPr="00A31E41" w:rsidRDefault="00A31E41" w:rsidP="00A31E41">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AC08C7" w:rsidRPr="00AC08C7" w:rsidRDefault="00AC08C7" w:rsidP="00AC08C7">
-[...12 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+    <w:p w:rsidR="00AC08C7" w:rsidRPr="00AC08C7" w:rsidRDefault="000B2738" w:rsidP="000B2738">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>На</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>основание</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чл.10 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>Наредба</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21.03.2005 г. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>условията</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>реда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>създаване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>поддържане</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>публичен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>регистър</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>обектите</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>обществено</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>предназначение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>контролирани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РЗИ, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>моля</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>бъде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>извършена</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>промяна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>данните</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>обстоятелствата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>вписани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>регистъра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>обект</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DD3DFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ………………………….………………………………………. ………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC08C7" w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>.................................................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD3DFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>.............</w:t>
+      </w:r>
       <w:r w:rsidR="007B00F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...52 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        <w:t>...................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B2738" w:rsidRPr="000B2738" w:rsidRDefault="00AC08C7" w:rsidP="00AC08C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B00F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                        (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007B00F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007B00F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B00F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
         </w:rPr>
         <w:t>на</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00AC08C7">
-[...41 lines deleted...]
-      <w:r w:rsidR="007B00F8">
+      <w:r w:rsidRPr="007B00F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B00F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>обекта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B00F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B2738" w:rsidRDefault="000B2738" w:rsidP="00AC08C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC08C7" w:rsidRPr="00AC08C7" w:rsidRDefault="000B2738" w:rsidP="00AC08C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC08C7" w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AC08C7" w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>гр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AC08C7" w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>./с. ........................</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00AC08C7" w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>.........................</w:t>
       </w:r>
       <w:r w:rsidR="00DD3DFB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">промените </w:t>
-[...23 lines deleted...]
-      <w:r w:rsidR="00DD3DFB">
+        <w:t>............................</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC08C7" w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">..... </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AC08C7" w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>община</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="007B00F8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC08C7" w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>.....................</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DD3DFB">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC08C7" w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>....</w:t>
-[...37 lines deleted...]
-        </w:rPr>
         <w:t>.................</w:t>
       </w:r>
+      <w:r w:rsidR="00AC08C7" w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>.........................................</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00AC08C7" w:rsidRPr="007B00F8" w:rsidRDefault="00AC08C7" w:rsidP="00AC08C7">
-[...60 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="000B2738" w:rsidRDefault="000B2738" w:rsidP="00AC08C7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00AC08C7" w:rsidRPr="00AC08C7" w:rsidRDefault="00AC08C7" w:rsidP="00AC08C7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...67 lines deleted...]
-        <w:t>./с. .................................................</w:t>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>ж.к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>./</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>ул.............................................................</w:t>
       </w:r>
       <w:r w:rsidR="00DD3DFB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>............................</w:t>
-[...38 lines deleted...]
-        </w:rPr>
         <w:t>.................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC08C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve">. № ........ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC08C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>бл</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC08C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve">. ...... </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC08C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>вх</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC08C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve">. ............ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00AC08C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>тел</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AC08C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>…………………….</w:t>
-      </w:r>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> в Регистъра на обектите с обществено предназначение, контролирани от РЗИ – Софийска област.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0085397B" w:rsidRDefault="0085397B" w:rsidP="00AC08C7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AC08C7" w:rsidRPr="00DD3DFB" w:rsidRDefault="0085397B" w:rsidP="0085397B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:lang w:val="bg-BG"/>
@@ -2097,304 +2031,227 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC08C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>...............................................................................................................................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>.............................</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC08C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>.................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0085397B" w:rsidRPr="00AC08C7" w:rsidRDefault="0085397B" w:rsidP="0085397B">
-[...10 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="000B2738" w:rsidRDefault="000B2738" w:rsidP="0085397B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
+        <w:t>рилагам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>следните</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>документи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>удостоверяващи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>промяната</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B2738">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0085397B" w:rsidRPr="00AC08C7" w:rsidRDefault="000B2738" w:rsidP="0085397B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="0085397B" w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>.......................................................................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="0085397B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
         <w:t>.............................</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC08C7">
+      <w:r w:rsidR="0085397B" w:rsidRPr="00AC08C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>.................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0085397B" w:rsidRPr="00AC08C7" w:rsidRDefault="0085397B" w:rsidP="0085397B">
-[...10 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="0085397B" w:rsidRPr="00AC08C7" w:rsidRDefault="000B2738" w:rsidP="0085397B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="0085397B" w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>..........................................................................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="0085397B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
         <w:t>.............................</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC08C7">
+      <w:r w:rsidR="0085397B" w:rsidRPr="00AC08C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>.................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0085397B" w:rsidRPr="00AC08C7" w:rsidRDefault="0085397B" w:rsidP="0085397B">
-[...10 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="0085397B" w:rsidRPr="00AC08C7" w:rsidRDefault="000B2738" w:rsidP="0085397B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="0085397B" w:rsidRPr="00AC08C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>...................................................................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="0085397B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
         <w:t>.............................</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AC08C7">
-[...181 lines deleted...]
-      <w:r w:rsidRPr="00AC08C7">
+      <w:r w:rsidR="0085397B" w:rsidRPr="00AC08C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>.................</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00834546" w:rsidRDefault="00834546" w:rsidP="00AC08C7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00394ADF" w:rsidRDefault="00AC08C7" w:rsidP="00AC08C7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
@@ -2462,112 +2319,65 @@
       <w:r w:rsidR="00DD3DFB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00DD3DFB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00834546">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC08C7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...45 lines deleted...]
-      </w:r>
       <w:r w:rsidR="0085397B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00394ADF" w:rsidRDefault="00394ADF" w:rsidP="00AC08C7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00394ADF" w:rsidRPr="00155A7E" w:rsidRDefault="00647EC8" w:rsidP="00394ADF">
+    <w:p w:rsidR="00394ADF" w:rsidRPr="00155A7E" w:rsidRDefault="000B2738" w:rsidP="00394ADF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:pict>
           <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w:rsidR="00394ADF" w:rsidRPr="00155A7E" w:rsidRDefault="00394ADF" w:rsidP="00394ADF">
       <w:pPr>
         <w:ind w:left="2844" w:firstLine="696"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -4035,51 +3845,51 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61C92495"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="35C8BA86"/>
     <w:lvl w:ilvl="0" w:tplc="A2FAD330">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Webdings" w:eastAsia="SimSun" w:hAnsi="Webdings" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
@@ -4203,92 +4013,94 @@
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AC08C7"/>
+    <w:rsid w:val="000B2738"/>
     <w:rsid w:val="00153DBD"/>
     <w:rsid w:val="002163C7"/>
     <w:rsid w:val="00394ADF"/>
     <w:rsid w:val="00446468"/>
     <w:rsid w:val="00593A70"/>
     <w:rsid w:val="007B00F8"/>
     <w:rsid w:val="00834546"/>
     <w:rsid w:val="0085397B"/>
     <w:rsid w:val="00893094"/>
     <w:rsid w:val="009940D1"/>
     <w:rsid w:val="00A2542C"/>
     <w:rsid w:val="00A31E41"/>
     <w:rsid w:val="00A723F9"/>
     <w:rsid w:val="00AC08C7"/>
     <w:rsid w:val="00B46601"/>
     <w:rsid w:val="00C27DD2"/>
     <w:rsid w:val="00DD3DFB"/>
     <w:rsid w:val="00EE0833"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="494B54FF"/>
   <w15:docId w15:val="{ACAF224D-DFDA-4CF9-9EA3-DA953AA9D850}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5047,67 +4859,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>960</Words>
-  <Characters>5478</Characters>
+  <Words>696</Words>
+  <Characters>3973</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>33</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6426</CharactersWithSpaces>
+  <CharactersWithSpaces>4660</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>ADMINI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>