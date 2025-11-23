--- v0 (2025-10-13)
+++ v1 (2025-11-23)
@@ -1,65 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00A511C4" w:rsidRPr="00B74710" w:rsidRDefault="00A5314D" w:rsidP="00A511C4">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-114300</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="716280" cy="683260"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="8" name="Picture 1" descr="untitled"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
@@ -131,203 +128,136 @@
         <w:t>49</w:t>
       </w:r>
       <w:r w:rsidR="00A511C4" w:rsidRPr="00503FB1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>_20</w:t>
       </w:r>
       <w:r w:rsidR="0000236D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00D37004">
+      <w:r w:rsidR="00DC42C9">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-          <w:lang w:val="bg-BG"/>
-[...1 lines deleted...]
-        <w:t>4</w:t>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E9492A" w:rsidRPr="001F10DE" w:rsidRDefault="00A5314D" w:rsidP="00E9492A">
+    <w:p w:rsidR="00E9492A" w:rsidRPr="001F10DE" w:rsidRDefault="00E9492A" w:rsidP="00E9492A">
       <w:pPr>
         <w:ind w:left="1134"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...67 lines deleted...]
-      <w:r w:rsidR="00E9492A" w:rsidRPr="001F10DE">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="001F10DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>РЕПУБЛИКА БЪЛГАРИЯ</w:t>
       </w:r>
-      <w:r w:rsidR="00E9492A" w:rsidRPr="001F10DE">
+      <w:r w:rsidRPr="001F10DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E9492A" w:rsidRPr="001F10DE">
+      <w:r w:rsidRPr="001F10DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E9492A" w:rsidRPr="001F10DE">
+      <w:r w:rsidRPr="001F10DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E9492A" w:rsidRPr="001F10DE">
+      <w:r w:rsidRPr="001F10DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E9492A" w:rsidRPr="001F10DE">
+      <w:r w:rsidRPr="001F10DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E9492A" w:rsidRPr="001F10DE">
+      <w:r w:rsidRPr="001F10DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E9492A" w:rsidRPr="001F10DE" w:rsidRDefault="00E9492A" w:rsidP="00E9492A">
       <w:pPr>
         <w:ind w:left="1134"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F10DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
@@ -410,135 +340,135 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="0085299E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>mail</w:t>
       </w:r>
       <w:r w:rsidRPr="001F10DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00C442C4" w:rsidRPr="00311FA9">
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="00E00D82" w:rsidRPr="004A2540">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>rzi</w:t>
         </w:r>
-        <w:r w:rsidR="00C442C4" w:rsidRPr="00311FA9">
+        <w:r w:rsidR="00E00D82" w:rsidRPr="004A2540">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>_</w:t>
         </w:r>
-        <w:r w:rsidR="00C442C4" w:rsidRPr="00311FA9">
+        <w:r w:rsidR="00E00D82" w:rsidRPr="004A2540">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>so</w:t>
         </w:r>
-        <w:r w:rsidR="00C442C4" w:rsidRPr="00311FA9">
+        <w:r w:rsidR="00E00D82" w:rsidRPr="004A2540">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>@</w:t>
         </w:r>
-        <w:r w:rsidR="00C442C4" w:rsidRPr="00311FA9">
+        <w:r w:rsidR="00E00D82" w:rsidRPr="004A2540">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>rzi</w:t>
         </w:r>
-        <w:r w:rsidR="00C442C4" w:rsidRPr="00311FA9">
+        <w:r w:rsidR="00E00D82" w:rsidRPr="004A2540">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
-        <w:r w:rsidR="00C442C4" w:rsidRPr="00311FA9">
+        <w:r w:rsidR="00E00D82" w:rsidRPr="004A2540">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>sfo</w:t>
         </w:r>
-        <w:r w:rsidR="00C442C4" w:rsidRPr="00311FA9">
+        <w:r w:rsidR="00E00D82" w:rsidRPr="004A2540">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
-        <w:r w:rsidR="00C442C4" w:rsidRPr="00311FA9">
+        <w:r w:rsidR="00E00D82" w:rsidRPr="004A2540">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>bg</w:t>
+          <w:t>egov.bg</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00E9492A" w:rsidRPr="001F10DE" w:rsidRDefault="00E9492A" w:rsidP="00C442C4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F10DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Тел. 02/807 8</w:t>
       </w:r>
@@ -555,83 +485,95 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0085299E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>www</w:t>
       </w:r>
       <w:r w:rsidRPr="001F10DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0085299E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>rzi</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001F10DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0085299E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>sfo</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001F10DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC42C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>egov.</w:t>
       </w:r>
       <w:r w:rsidR="00C442C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>bg</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00487BDB" w:rsidRPr="00B70813" w:rsidRDefault="00487BDB" w:rsidP="00487BDB">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00487BDB" w:rsidRPr="00487BDB" w:rsidRDefault="00487BDB" w:rsidP="00487BDB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
@@ -866,111 +808,99 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>З А Я В Л Е Н И Е</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10080" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="58" w:type="dxa"/>
           <w:right w:w="58" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5663"/>
         <w:gridCol w:w="4417"/>
       </w:tblGrid>
       <w:tr w:rsidR="001E1DED" w:rsidRPr="00487BDB">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5663" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="001E1DED" w:rsidRPr="00487BDB" w:rsidRDefault="001E1DED" w:rsidP="001E1DED">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="001E1DED" w:rsidRPr="00487BDB" w:rsidRDefault="001E1DED" w:rsidP="001E1DED">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001E1DED" w:rsidRPr="00487BDB">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="001E1DED" w:rsidRPr="00487BDB" w:rsidRDefault="00F06D89" w:rsidP="001E1DED">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
@@ -1090,51 +1020,67 @@
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487BDB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>община:___________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001E1DED" w:rsidRPr="00487BDB" w:rsidRDefault="001E1DED" w:rsidP="001E1DED">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487BDB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
-              <w:t>ул./бул.___________________________________    № ____________       п.к. ____________</w:t>
+              <w:t xml:space="preserve">ул./бул.___________________________________    № ____________       </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00487BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+              <w:t>п.к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00487BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+              <w:t>. ____________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001E1DED" w:rsidRPr="00211CF4" w:rsidRDefault="0049582E" w:rsidP="001E1DED">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487BDB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>тел.</w:t>
             </w:r>
             <w:r w:rsidR="001E1DED" w:rsidRPr="00487BDB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> __________________________________</w:t>
             </w:r>
             <w:r w:rsidR="00211CF4">
@@ -1298,51 +1244,67 @@
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487BDB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>община: ________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001E1DED" w:rsidRPr="00487BDB" w:rsidRDefault="001E1DED" w:rsidP="001E1DED">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487BDB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
-              <w:t>ул./бул. __________________________________     № ______________     п.к. ____________</w:t>
+              <w:t xml:space="preserve">ул./бул. __________________________________     № ______________     </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00487BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+              <w:t>п.к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00487BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+              <w:t>. ____________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00415E4E" w:rsidRDefault="0049582E" w:rsidP="001E1DED">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487BDB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>тел.</w:t>
             </w:r>
             <w:r w:rsidR="001E1DED" w:rsidRPr="00487BDB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>___________________________________</w:t>
             </w:r>
             <w:r w:rsidR="00211CF4">
@@ -1446,136 +1408,177 @@
             </w:r>
             <w:r w:rsidRPr="00487BDB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>на /</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001E1DED" w:rsidRPr="00487BDB" w:rsidRDefault="001E1DED" w:rsidP="001E1DED">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487BDB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
-              <w:t xml:space="preserve">Л.К. № ____________________________                            изд.от ________________________ </w:t>
+              <w:t xml:space="preserve">Л.К. № ____________________________                            </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00487BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+              <w:t>изд.от</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00487BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ________________________ </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001E1DED" w:rsidRPr="00487BDB" w:rsidRDefault="001E1DED" w:rsidP="001E1DED">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487BDB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>на______________           ЕГН _____________________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001E1DED" w:rsidRPr="00487BDB" w:rsidRDefault="001E1DED" w:rsidP="001E1DED">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487BDB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>адрес :</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001E1DED" w:rsidRPr="00487BDB" w:rsidRDefault="001E1DED" w:rsidP="001E1DED">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00487BDB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
-              <w:t>гр:____________________________________________              код ____________________</w:t>
+              <w:t>гр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00487BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+              <w:t>:____________________________________________              код ____________________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001E1DED" w:rsidRPr="00487BDB" w:rsidRDefault="001E1DED" w:rsidP="001E1DED">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487BDB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>община:_____________________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001E1DED" w:rsidRPr="00487BDB" w:rsidRDefault="001E1DED" w:rsidP="001E1DED">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487BDB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
-              <w:t>ул./бул. __________________________________      № ______________      п.к. ____________</w:t>
+              <w:t xml:space="preserve">ул./бул. __________________________________      № ______________      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00487BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+              <w:t>п.к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00487BDB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+              <w:t>. ____________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00415E4E" w:rsidRPr="00211CF4" w:rsidRDefault="0049582E" w:rsidP="001E1DED">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00487BDB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>тел.</w:t>
             </w:r>
             <w:r w:rsidR="001E1DED" w:rsidRPr="00487BDB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> ___</w:t>
             </w:r>
             <w:r w:rsidR="00E82971">
@@ -1834,57 +1837,103 @@
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00805CB0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>Начини на плащане:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0013076B" w:rsidRPr="00462571" w:rsidRDefault="0013076B" w:rsidP="0013076B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>По банков път :</w:t>
+              <w:t>По</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>банков</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>път</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> :</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0013076B" w:rsidRPr="00805CB0" w:rsidRDefault="0013076B" w:rsidP="0013076B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:ind w:firstLine="1440"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00805CB0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:i/>
                 <w:u w:val="single"/>
                 <w:lang w:val="ru-RU"/>
@@ -2016,169 +2065,267 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F10DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">В брой – </w:t>
             </w:r>
             <w:r w:rsidRPr="001F10DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">на каса в звеното за административно обслужване/деловодство на адрес: град София, 1431 бул. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
-              <w:t>„Акад. Иван Гешов“ № 15</w:t>
+              <w:t>„</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>Акад</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>Иван</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>Гешов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>“ № 15</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0013076B" w:rsidRDefault="0013076B" w:rsidP="0013076B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F10DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Картови плащания чрез инсталиран ПОС терминал – </w:t>
             </w:r>
             <w:r w:rsidRPr="001F10DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">в звеното за административно обслужване/деловодство на адрес: град София, 1431 бул. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
-              <w:t>„Акад. Иван Гешов“ № 15.</w:t>
+              <w:t>„</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>Акад</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>Иван</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>Гешов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>“ № 15.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0013076B" w:rsidRDefault="0013076B" w:rsidP="0013076B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F10DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Чрез Виртуален ПОС терминал на интернет страницата</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Чрез Виртуален ПОС терминал на интернет </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001F10DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
+              <w:t>страницата</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F10DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:tooltip="blocked::http://www.rzi-sfo.com/" w:history="1">
+            <w:hyperlink r:id="rId7" w:tooltip="blocked::http://www.rzi-sfo.com/" w:history="1">
               <w:r w:rsidRPr="00805CB0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 </w:rPr>
                 <w:t>www</w:t>
               </w:r>
               <w:r w:rsidRPr="001F10DE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:lang w:val="ru-RU"/>
                 </w:rPr>
                 <w:t>.</w:t>
               </w:r>
+              <w:proofErr w:type="spellStart"/>
               <w:r w:rsidRPr="00805CB0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 </w:rPr>
                 <w:t>rzi</w:t>
               </w:r>
+              <w:proofErr w:type="spellEnd"/>
               <w:r w:rsidRPr="001F10DE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:lang w:val="ru-RU"/>
                 </w:rPr>
                 <w:t>-</w:t>
               </w:r>
+              <w:proofErr w:type="spellStart"/>
               <w:r w:rsidRPr="00805CB0">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 </w:rPr>
                 <w:t>sfo</w:t>
               </w:r>
+              <w:proofErr w:type="spellEnd"/>
               <w:r w:rsidRPr="001F10DE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                   <w:lang w:val="ru-RU"/>
                 </w:rPr>
                 <w:t>.</w:t>
               </w:r>
-              <w:r w:rsidRPr="00805CB0">
+              <w:r w:rsidR="00E00D82">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 </w:rPr>
-                <w:t>com</w:t>
+                <w:t>egov.bg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="001F10DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001E1DED" w:rsidRPr="00487BDB" w:rsidRDefault="001E1DED" w:rsidP="001E1DED">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="003D4C0C" w:rsidRDefault="003D4C0C" w:rsidP="003D4C0C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
@@ -2297,207 +2444,327 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>□ На място в звеното за административно обслужване</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003D4C0C" w:rsidRDefault="003D4C0C" w:rsidP="003D4C0C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>□ Ч</w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
-              <w:t>рез куриер, за сметка на получателя</w:t>
-            </w:r>
+              <w:t>рез</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>куриер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>за</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>сметка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>получателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="003D4C0C" w:rsidRDefault="003D4C0C" w:rsidP="003D4C0C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>□ П</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="x-none"/>
               </w:rPr>
               <w:t>о електронен път на</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
               </w:rPr>
-              <w:t xml:space="preserve"> адрес:</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>адрес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 </w:rPr>
                 <w:t>https://edelivery.egov.bg/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w:rsidR="003C532C" w:rsidRDefault="003C532C" w:rsidP="003D4C0C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="003C532C" w:rsidRDefault="003C532C" w:rsidP="003D4C0C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="003D4C0C" w:rsidRPr="003C532C" w:rsidRDefault="003D4C0C" w:rsidP="003D4C0C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003C532C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
               </w:rPr>
-              <w:t>Подпис: …………………………..</w:t>
-            </w:r>
+              <w:t>Подпис</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003C532C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
               </w:rPr>
+              <w:t>: …………………………..</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C532C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+              </w:rPr>
               <w:tab/>
-              <w:t>Дата: ……………………….год.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C532C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Дата</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C532C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>: ……………………….</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003C532C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>год</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003C532C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00DE024A" w:rsidRPr="003C532C" w:rsidRDefault="00DE024A" w:rsidP="001E1DED">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00DE024A" w:rsidRPr="00487BDB" w:rsidRDefault="00DE024A" w:rsidP="001E1DED">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00DE024A" w:rsidRPr="00487BDB" w:rsidRDefault="00DE024A" w:rsidP="001E1DED">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="001E1DED" w:rsidRPr="00487BDB" w:rsidRDefault="001E1DED" w:rsidP="001E1DED">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00540944" w:rsidRPr="00487BDB">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00540944" w:rsidRPr="00487BDB" w:rsidRDefault="00540944" w:rsidP="001E1DED">
             <w:pPr>
               <w:pStyle w:val="Style"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="bg-BG"/>
               </w:rPr>
@@ -2575,214 +2842,1295 @@
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="2D9DE6A1" id="Straight Connector 5" o:spid="_x0000_s1026" style="position:absolute;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from=".5pt,8pt" to="508.5pt,9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA0ILRhJQIAADoEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uu2yAQ3VfqPyDvE9upnYcV56q1k25u&#10;byPl9gMI4BgVAwISJ6r67x2Ikzbtpqq6gYGZOZw5Myyfzp1AJ2YsV7KM0nESISaJolweyujL62Y0&#10;j5B1WFIslGRldGE2elq9fbPsdcEmqlWCMoMARNqi12XUOqeLOLakZR22Y6WZBGejTIcdHM0hpgb3&#10;gN6JeJIk07hXhmqjCLMWbuurM1oF/KZhxH1uGsscEmUE3FxYTVj3fo1XS1wcDNYtJwMN/A8sOswl&#10;PHqHqrHD6Gj4H1AdJ0ZZ1bgxUV2smoYTFmqAatLkt2p2LdYs1ALiWH2Xyf4/WPJy2hrEKfQuQhJ3&#10;0KKdM5gfWocqJSUIqAzKvU69tgWEV3JrfKXkLHf6WZGvFklVtVgeWOD7etEAkvqM+CHFH6yG1/b9&#10;J0UhBh+dCqKdG9N5SJADnUNvLvfesLNDBC6nWZ5OE2ghAV86mYHpX8DFLVkb6z4y1SFvlJHg0kuH&#10;C3x6tu4aegvx11JtuBBwjwshUV9Gi3yShwSrBKfe6X3WHPaVMOiEYYCyfLb4MB/efQgz6ihpAGsZ&#10;puvBdpiLqw08hfR4UA7QGazrhHxbJIv1fD3PRtlkuh5lSV2P3m+qbDTdpLO8fldXVZ1+99TSrGg5&#10;pUx6drdpTbO/m4bh31zn7D6vdxniR/QgLZC97YF06Kdv4XUY9opetsZL61sLAxqCh8/kf8Cv5xD1&#10;88uvfgAAAP//AwBQSwMEFAAGAAgAAAAhAOh+DCvZAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;T0FqwzAQvBf6B7GB3hopgaaOazmUQAPtrWkh142l2ibSykhK7Py+m1N7mhlmmZ2pNpN34mJj6gNp&#10;WMwVCEtNMD21Gr6/3h4LECkjGXSBrIarTbCp7+8qLE0Y6dNe9rkVHEKpRA1dzkMpZWo66zHNw2CJ&#10;vZ8QPWaWsZUm4sjh3smlUivpsSf+0OFgt51tTvuz1/AeC7c7rLF4Mutwddvx47DcodYPs+n1BUS2&#10;U/47hlt9rg41dzqGM5kkHGtekhlWjDdbLZ6ZHZkVCmRdyf8D6l8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEANCC0YSUCAAA6BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEA6H4MK9kAAAAIAQAADwAAAAAAAAAAAAAAAAB/BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;" strokecolor="#4579b8"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00EE28A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
+    <w:p w:rsidR="00DC42C9" w:rsidRDefault="00DC42C9" w:rsidP="008E2802">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="008E2802" w:rsidRDefault="008E2802" w:rsidP="008E2802">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Декларация за ползване на лични данни</w:t>
-      </w:r>
+        <w:t>Декларация</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ползване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лични</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>данни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="008E2802" w:rsidRDefault="008E2802" w:rsidP="008E2802">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008E2802" w:rsidRDefault="008E2802" w:rsidP="008E2802">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Запознат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">на РЗИ – Софийска област и </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>съм</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Политиката</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>прозрачност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>обявена</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>интернет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>страницата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РЗИ – Софийска област и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ДАВАМ СВОЕТО СЪГЛАСИЕ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> за обработване на личните ми данни чрез компютърни и други системи, с цел осъществяване на законово регламентираните функции. Уведомен/а съм за целта и средствата за обработка на данните ми и сферата на ползването им, както и с правото ми на достъп до и на корекция на данните.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>обработване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>личните</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>данни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>чрез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>компютърни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>други</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>системи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>цел</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>осъществяване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>законово</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>регламентираните</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>функции</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Уведомен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/а </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>съм</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>целта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>средствата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>обработка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>данните</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>сферата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ползването</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>им</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>както</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>правото</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>достъп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>до</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>корекция</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>данните</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008E2802" w:rsidRDefault="008E2802" w:rsidP="008E2802">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008E2802" w:rsidRDefault="008E2802" w:rsidP="008E2802">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>Подпис на декларатор: .......................................                                     </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Подпис</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>декларатор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: .......................................                                     </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>               </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>                 дата: .......................... 20</w:t>
-      </w:r>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>дата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: .......................... 20</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0000236D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>..</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>...г.</w:t>
+        <w:t>...г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EE28A8" w:rsidRPr="00C659A6" w:rsidRDefault="00EE28A8" w:rsidP="00EE28A8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DE024A" w:rsidRPr="00487BDB" w:rsidRDefault="00DE024A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -3196,50 +4544,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00662E21"/>
     <w:rsid w:val="0000236D"/>
     <w:rsid w:val="000934B0"/>
     <w:rsid w:val="000D5DDD"/>
     <w:rsid w:val="0013076B"/>
     <w:rsid w:val="0016787F"/>
     <w:rsid w:val="001E1DED"/>
     <w:rsid w:val="001F10DE"/>
     <w:rsid w:val="00211CF4"/>
     <w:rsid w:val="0022788B"/>
     <w:rsid w:val="003A3D2C"/>
     <w:rsid w:val="003C532C"/>
     <w:rsid w:val="003D4C0C"/>
     <w:rsid w:val="003F00DA"/>
@@ -3248,91 +4597,95 @@
     <w:rsid w:val="00415E4E"/>
     <w:rsid w:val="0042003F"/>
     <w:rsid w:val="00487BDB"/>
     <w:rsid w:val="0049582E"/>
     <w:rsid w:val="004E4530"/>
     <w:rsid w:val="00540944"/>
     <w:rsid w:val="005506E1"/>
     <w:rsid w:val="00561A88"/>
     <w:rsid w:val="005836CD"/>
     <w:rsid w:val="005C2110"/>
     <w:rsid w:val="0061571D"/>
     <w:rsid w:val="00662E21"/>
     <w:rsid w:val="006A1592"/>
     <w:rsid w:val="008E134C"/>
     <w:rsid w:val="008E2802"/>
     <w:rsid w:val="009A06F5"/>
     <w:rsid w:val="00A25084"/>
     <w:rsid w:val="00A511C4"/>
     <w:rsid w:val="00A5314D"/>
     <w:rsid w:val="00A5323A"/>
     <w:rsid w:val="00A564C7"/>
     <w:rsid w:val="00A57EDB"/>
     <w:rsid w:val="00AB2569"/>
     <w:rsid w:val="00AB7C75"/>
     <w:rsid w:val="00B215FC"/>
+    <w:rsid w:val="00B45935"/>
     <w:rsid w:val="00B74710"/>
     <w:rsid w:val="00B91F98"/>
     <w:rsid w:val="00C40DC4"/>
     <w:rsid w:val="00C442C4"/>
     <w:rsid w:val="00C608E6"/>
     <w:rsid w:val="00C854AC"/>
+    <w:rsid w:val="00D337F9"/>
     <w:rsid w:val="00D37004"/>
     <w:rsid w:val="00D92614"/>
+    <w:rsid w:val="00DC42C9"/>
     <w:rsid w:val="00DE024A"/>
+    <w:rsid w:val="00E00D82"/>
     <w:rsid w:val="00E672CA"/>
     <w:rsid w:val="00E82971"/>
     <w:rsid w:val="00E92EBF"/>
     <w:rsid w:val="00E9492A"/>
     <w:rsid w:val="00EE28A8"/>
     <w:rsid w:val="00EF59B1"/>
     <w:rsid w:val="00F06D89"/>
     <w:rsid w:val="00F37425"/>
     <w:rsid w:val="00FE6415"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{77F06C7E-360D-4887-BD03-10C5D2BCA2A9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3722,51 +5075,50 @@
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:line="300" w:lineRule="atLeast"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Hebar" w:hAnsi="Hebar"/>
       <w:b/>
       <w:sz w:val="42"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-GB" w:eastAsia="bg-BG"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style">
     <w:name w:val="Style"/>
     <w:rsid w:val="001E1DED"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:ind w:left="140" w:right="140" w:firstLine="840"/>
@@ -3941,56 +5293,55 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1868836029">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rzi-sfo.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rzi_so@rzi-sfo.bg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edelivery.egov.bg/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edelivery.egov.bg/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rzi-sfo.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rzi_so@rzi-sfo.egov.bg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4215,82 +5566,82 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>650</Words>
-  <Characters>3705</Characters>
+  <Words>652</Words>
+  <Characters>3722</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
+  <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>РЕПУБЛИКА БЪЛГАРИЯ</vt:lpstr>
       <vt:lpstr>РЕПУБЛИКА БЪЛГАРИЯ</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4347</CharactersWithSpaces>
+  <CharactersWithSpaces>4366</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>7274614</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://edelivery.egov.bg/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2228256</vt:i4>
       </vt:variant>
       <vt:variant>