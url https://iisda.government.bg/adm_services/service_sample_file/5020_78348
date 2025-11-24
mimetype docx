--- v0 (2025-10-13)
+++ v1 (2025-11-24)
@@ -13,52 +13,50 @@
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="0079088A" w:rsidRPr="007B088E" w:rsidRDefault="00B4588C" w:rsidP="0079088A">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-114300</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="716280" cy="683260"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="7" name="Picture 1" descr="untitled"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
@@ -131,61 +129,61 @@
       </w:r>
       <w:r w:rsidR="0079088A" w:rsidRPr="00503FB1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>_20</w:t>
       </w:r>
       <w:r w:rsidR="003F1B50">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00287298">
+      <w:r w:rsidR="00BA625F">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>4</w:t>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D35D13" w:rsidRPr="00204642" w:rsidRDefault="00B4588C" w:rsidP="00D35D13">
       <w:pPr>
         <w:ind w:left="1134"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4521200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
@@ -417,134 +415,134 @@
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="0085299E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>mail</w:t>
       </w:r>
       <w:r w:rsidRPr="00204642">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00D30590" w:rsidRPr="002C22EF">
+        <w:r w:rsidR="00A87522" w:rsidRPr="006C00B3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>rzi</w:t>
         </w:r>
-        <w:r w:rsidR="00D30590" w:rsidRPr="002C22EF">
+        <w:r w:rsidR="00A87522" w:rsidRPr="006C00B3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>_</w:t>
         </w:r>
-        <w:r w:rsidR="00D30590" w:rsidRPr="002C22EF">
+        <w:r w:rsidR="00A87522" w:rsidRPr="006C00B3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>so</w:t>
         </w:r>
-        <w:r w:rsidR="00D30590" w:rsidRPr="002C22EF">
+        <w:r w:rsidR="00A87522" w:rsidRPr="006C00B3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>@</w:t>
         </w:r>
-        <w:r w:rsidR="00D30590" w:rsidRPr="002C22EF">
+        <w:r w:rsidR="00A87522" w:rsidRPr="006C00B3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>rzi</w:t>
         </w:r>
-        <w:r w:rsidR="00D30590" w:rsidRPr="002C22EF">
+        <w:r w:rsidR="00A87522" w:rsidRPr="006C00B3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
-        <w:r w:rsidR="00D30590" w:rsidRPr="002C22EF">
+        <w:r w:rsidR="00A87522" w:rsidRPr="006C00B3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>sfo</w:t>
         </w:r>
-        <w:r w:rsidR="00D30590" w:rsidRPr="002C22EF">
+        <w:r w:rsidR="00A87522" w:rsidRPr="006C00B3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
-        <w:r w:rsidR="00D30590" w:rsidRPr="002C22EF">
+        <w:r w:rsidR="00A87522" w:rsidRPr="006C00B3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>bg</w:t>
+          <w:t>egov.bg</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00D35D13" w:rsidRPr="00204642" w:rsidRDefault="00D35D13" w:rsidP="00D35D13">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5670"/>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00204642">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Тел. 02/807 87 00;  факс: 02/807 87 10</w:t>
@@ -579,66 +577,76 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="0085299E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>rzi</w:t>
       </w:r>
       <w:r w:rsidRPr="00204642">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0085299E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>sfo</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00204642">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A87522">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>egov.</w:t>
       </w:r>
       <w:r w:rsidR="00D30590">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>bg</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BF674A" w:rsidRPr="00B70813" w:rsidRDefault="00BF674A" w:rsidP="00BF674A">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00BF674A" w:rsidRPr="00BF674A" w:rsidRDefault="00BF674A" w:rsidP="00BF674A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
@@ -680,50 +688,52 @@
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>….</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF674A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> г.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BF674A" w:rsidRPr="00BF674A" w:rsidRDefault="00BF674A" w:rsidP="00BF674A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00BF674A" w:rsidRPr="00B70813" w:rsidRDefault="00BF674A" w:rsidP="00BF674A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B70813">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ДО</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BF674A" w:rsidRPr="00B70813" w:rsidRDefault="00BF674A" w:rsidP="00BF674A">
       <w:pPr>
@@ -1584,55 +1594,63 @@
         <w:t>□ На място в звеното за административно обслужване</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F6C09" w:rsidRDefault="001F6C09" w:rsidP="001F6C09">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B805FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ч</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A22F88">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
-        <w:t>рез куриер, за сметка на получателя</w:t>
+        <w:t>рез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A22F88">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> куриер, за сметка на получателя</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F6C09" w:rsidRPr="00A22F88" w:rsidRDefault="001F6C09" w:rsidP="001F6C09">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B805FC">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> П</w:t>
       </w:r>
       <w:r w:rsidRPr="001A3049">
@@ -1903,56 +1921,65 @@
       </w:r>
       <w:r w:rsidRPr="003B78B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B78B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B78B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="003B78B8">
-[...4 lines deleted...]
-        <w:t>Подпис:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B78B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Подпис</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B78B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="004F4B47" w:rsidRPr="003B78B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B78B8">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
         <w:t>……………….</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00211FE6" w:rsidRPr="003B78B8" w:rsidRDefault="00211FE6" w:rsidP="00DE3E2B">
       <w:pPr>
         <w:spacing w:line="120" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
@@ -2258,133 +2285,137 @@
     <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008A7D33"/>
     <w:rsid w:val="00012F07"/>
     <w:rsid w:val="00151392"/>
     <w:rsid w:val="001F6C09"/>
     <w:rsid w:val="00204642"/>
     <w:rsid w:val="00211FE6"/>
     <w:rsid w:val="00287298"/>
     <w:rsid w:val="00390F1E"/>
     <w:rsid w:val="003B78B8"/>
     <w:rsid w:val="003F1B50"/>
     <w:rsid w:val="004F4B47"/>
     <w:rsid w:val="00526B05"/>
     <w:rsid w:val="005347C6"/>
     <w:rsid w:val="005A3A56"/>
     <w:rsid w:val="005C1F01"/>
     <w:rsid w:val="00622C38"/>
     <w:rsid w:val="00634000"/>
     <w:rsid w:val="006708A3"/>
     <w:rsid w:val="006915E8"/>
     <w:rsid w:val="006D2A5F"/>
     <w:rsid w:val="006E26BF"/>
     <w:rsid w:val="0079088A"/>
     <w:rsid w:val="007A2BC0"/>
     <w:rsid w:val="007B088E"/>
     <w:rsid w:val="007F74E6"/>
     <w:rsid w:val="00804DF4"/>
     <w:rsid w:val="00815FF7"/>
     <w:rsid w:val="00837FBD"/>
     <w:rsid w:val="008A2666"/>
     <w:rsid w:val="008A7B5D"/>
     <w:rsid w:val="008A7D33"/>
     <w:rsid w:val="008F2377"/>
     <w:rsid w:val="009C6CB0"/>
     <w:rsid w:val="009D60D3"/>
     <w:rsid w:val="009E094B"/>
     <w:rsid w:val="00A47460"/>
+    <w:rsid w:val="00A87522"/>
     <w:rsid w:val="00B4588C"/>
+    <w:rsid w:val="00BA625F"/>
     <w:rsid w:val="00BF674A"/>
     <w:rsid w:val="00C83ECA"/>
     <w:rsid w:val="00D30590"/>
     <w:rsid w:val="00D35D13"/>
     <w:rsid w:val="00DB08F9"/>
     <w:rsid w:val="00DE3E2B"/>
     <w:rsid w:val="00DF2B5C"/>
     <w:rsid w:val="00E64688"/>
     <w:rsid w:val="00E769CE"/>
     <w:rsid w:val="00FE6415"/>
     <w:rsid w:val="00FF02CE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="31475767"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F8D25C95-3359-415B-AA11-C1225ED29AAA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2752,51 +2783,50 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A7D33"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style">
     <w:name w:val="Style"/>
     <w:rsid w:val="00526B05"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:ind w:left="140" w:right="140" w:firstLine="840"/>
@@ -2817,56 +2847,57 @@
     <w:rsid w:val="001F6C09"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D30590"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rzi_so@rzi-sfo.bg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rzi_so@rzi-sfo.egov.bg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3090,83 +3121,83 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2216</Characters>
+  <Pages>1</Pages>
+  <Words>390</Words>
+  <Characters>2229</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>РЕПУБЛИКА БЪЛГАРИЯ</vt:lpstr>
       <vt:lpstr>РЕПУБЛИКА БЪЛГАРИЯ</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2599</CharactersWithSpaces>
+  <CharactersWithSpaces>2614</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>3276901</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:rzi_so@rzi-sfo.bg</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>