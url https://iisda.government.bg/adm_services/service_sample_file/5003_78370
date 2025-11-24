--- v0 (2025-10-13)
+++ v1 (2025-11-24)
@@ -1,66 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="006C4E12" w:rsidRPr="00FC4F8A" w:rsidRDefault="00BF45C0" w:rsidP="006C4E12">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-114300</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="716280" cy="683260"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="6" name="Picture 1" descr="untitled"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
@@ -132,203 +129,136 @@
         <w:t>1336</w:t>
       </w:r>
       <w:r w:rsidR="006C4E12" w:rsidRPr="00503FB1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>_20</w:t>
       </w:r>
       <w:r w:rsidR="00A64049">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00FC4F8A">
+      <w:r w:rsidR="005B5D70">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-          <w:lang w:val="bg-BG"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00446925" w:rsidRPr="00920DF3" w:rsidRDefault="00BF45C0" w:rsidP="00446925">
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00446925" w:rsidRPr="00920DF3" w:rsidRDefault="00446925" w:rsidP="00446925">
       <w:pPr>
         <w:ind w:left="1134"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...67 lines deleted...]
-      <w:r w:rsidR="00446925" w:rsidRPr="00920DF3">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00920DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>РЕПУБЛИКА БЪЛГАРИЯ</w:t>
       </w:r>
-      <w:r w:rsidR="00446925" w:rsidRPr="00920DF3">
+      <w:r w:rsidRPr="00920DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00446925" w:rsidRPr="00920DF3">
+      <w:r w:rsidRPr="00920DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00446925" w:rsidRPr="00920DF3">
+      <w:r w:rsidRPr="00920DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00446925" w:rsidRPr="00920DF3">
+      <w:r w:rsidRPr="00920DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00446925" w:rsidRPr="00920DF3">
+      <w:r w:rsidRPr="00920DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00446925" w:rsidRPr="00920DF3">
+      <w:r w:rsidRPr="00920DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00446925" w:rsidRPr="00920DF3" w:rsidRDefault="00446925" w:rsidP="00446925">
       <w:pPr>
         <w:ind w:left="1134"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
@@ -372,180 +302,200 @@
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00446925" w:rsidRPr="00920DF3" w:rsidRDefault="00446925" w:rsidP="00446925">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Гр. София, 1431, бул. Акад. Иван Гешов № 15</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Гр. София, 1431, бул. Акад. Иван </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00920DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0085299E">
+        <w:t>Гешов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00920DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-        <w:t>e</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 15</w:t>
       </w:r>
       <w:r w:rsidRPr="00920DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>-</w:t>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0085299E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>mail</w:t>
+        <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00920DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0085299E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="0044642C" w:rsidRPr="00D001D2">
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="005B5D70" w:rsidRPr="001A7AAD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>rzi</w:t>
         </w:r>
-        <w:r w:rsidR="0044642C" w:rsidRPr="00D001D2">
+        <w:r w:rsidR="005B5D70" w:rsidRPr="001A7AAD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>_</w:t>
         </w:r>
-        <w:r w:rsidR="0044642C" w:rsidRPr="00D001D2">
+        <w:r w:rsidR="005B5D70" w:rsidRPr="001A7AAD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>so</w:t>
         </w:r>
-        <w:r w:rsidR="0044642C" w:rsidRPr="00D001D2">
+        <w:r w:rsidR="005B5D70" w:rsidRPr="001A7AAD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>@</w:t>
         </w:r>
-        <w:r w:rsidR="0044642C" w:rsidRPr="00D001D2">
+        <w:r w:rsidR="005B5D70" w:rsidRPr="001A7AAD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>rzi</w:t>
         </w:r>
-        <w:r w:rsidR="0044642C" w:rsidRPr="00D001D2">
+        <w:r w:rsidR="005B5D70" w:rsidRPr="001A7AAD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
-        <w:r w:rsidR="0044642C" w:rsidRPr="00D001D2">
+        <w:r w:rsidR="005B5D70" w:rsidRPr="001A7AAD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>sfo</w:t>
         </w:r>
-        <w:r w:rsidR="0044642C" w:rsidRPr="00D001D2">
+        <w:r w:rsidR="005B5D70" w:rsidRPr="001A7AAD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
-        <w:r w:rsidR="0044642C" w:rsidRPr="00D001D2">
+        <w:r w:rsidR="005B5D70" w:rsidRPr="001A7AAD">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
-          <w:t>bg</w:t>
+          <w:t>egov.bg</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00446925" w:rsidRPr="00920DF3" w:rsidRDefault="00446925" w:rsidP="00446925">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5670"/>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00920DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Тел. 02/807 87 00;  факс: 02/807 87 10</w:t>
@@ -563,83 +513,95 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0085299E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>www</w:t>
       </w:r>
       <w:r w:rsidRPr="00920DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0085299E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>rzi</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00920DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0085299E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>sfo</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00920DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005B5D70">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>egov.</w:t>
       </w:r>
       <w:r w:rsidR="0044642C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>bg</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CA300F" w:rsidRPr="00B70813" w:rsidRDefault="00CA300F" w:rsidP="00CA300F">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CA300F" w:rsidRPr="00CA300F" w:rsidRDefault="00CA300F" w:rsidP="00CA300F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
@@ -820,50 +782,63 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00587604">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>б</w:t>
       </w:r>
       <w:r w:rsidRPr="00587604">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ул. „Акад. Иван Гешов” № 15</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00B34C51" w:rsidRDefault="00B34C51" w:rsidP="006C4E12">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00F53298" w:rsidRPr="00CA300F" w:rsidRDefault="006C4E12" w:rsidP="006C4E12">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA300F">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>З А Я В Л Е Н И Е</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006C4E12" w:rsidRPr="003B2024" w:rsidRDefault="00E10502" w:rsidP="00040FE1">
       <w:pPr>
@@ -1080,51 +1055,65 @@
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>________</w:t>
       </w:r>
       <w:r w:rsidR="003B2024">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>................................</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005C0385" w:rsidRDefault="005C0385" w:rsidP="00040FE1">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
-        <w:t xml:space="preserve">вписано в Регистъра на лечебните заведения за извънболнична помощ и хосписите </w:t>
+        <w:t xml:space="preserve">вписано в Регистъра на лечебните заведения за </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>извънболнична</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> помощ и хосписите </w:t>
       </w:r>
       <w:r w:rsidR="003B2024">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>.................</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005C0385" w:rsidRDefault="005C0385" w:rsidP="00040FE1">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:spacing w:after="0" w:line="20" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>с Рег.№............................, том................., партида...............адрес, телефон, факс, електронен</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006C4E12" w:rsidRDefault="005C0385" w:rsidP="00040FE1">
@@ -1340,68 +1329,70 @@
         <w:t>считано от..................................20.........г.................</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009C7456" w:rsidRPr="0048493D" w:rsidRDefault="009C7456" w:rsidP="00040FE1">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:smallCaps/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008138D7" w:rsidRDefault="007008F5" w:rsidP="00040FE1">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00280055">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>Припожени</w:t>
       </w:r>
       <w:r w:rsidR="008138D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>я</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00280055">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007008F5" w:rsidRDefault="008138D7" w:rsidP="00040FE1">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="bg-BG"/>
@@ -1654,51 +1645,51 @@
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001953BE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>- по електовнен път на следния електронен адрес:.......................................,който позволява</w:t>
       </w:r>
       <w:r w:rsidR="00040FE1" w:rsidRPr="001953BE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> получаване на съобщение, съдържащо информация за изтегляне на съответния документ от информационна система за връчване, или на следния персонален профил, регистриран в информационна система за сигурно електронно връчване като модул на Единния портал за достъп до електронни административни услуги по смисъла на Закона за електронното управление:</w:t>
       </w:r>
       <w:r w:rsidR="001953BE" w:rsidRPr="001953BE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="001953BE" w:rsidRPr="001953BE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           </w:rPr>
           <w:t>https://edelivery.egov.bg/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001953BE" w:rsidRPr="001953BE">
         <w:rPr>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="001953BE" w:rsidRPr="001953BE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001953BE">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="ru-RU"/>
@@ -1754,51 +1745,50 @@
     </w:p>
     <w:p w:rsidR="00786FD1" w:rsidRDefault="00786FD1" w:rsidP="003B2024">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DF656C" w:rsidRDefault="00786FD1" w:rsidP="003B2024">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00040FE1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>на следния мобилен или стационарен телефонен номер............................................., който</w:t>
       </w:r>
       <w:r w:rsidR="00DF656C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> позволява получаване на съобщение,</w:t>
       </w:r>
       <w:r w:rsidR="00DF656C" w:rsidRPr="00DF656C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DF656C">
         <w:rPr>
@@ -1941,202 +1931,1326 @@
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006D6F7D" w:rsidRDefault="006D6F7D" w:rsidP="0065392E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006D6F7D" w:rsidRPr="00E35309" w:rsidRDefault="006D6F7D" w:rsidP="006D6F7D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E35309">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
-        <w:t>Подпис: …………………………..</w:t>
-      </w:r>
+        <w:t>Подпис</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E35309">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
+        <w:t>: …………………………..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E35309">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
         <w:tab/>
-        <w:t>Дата: ……………………….год.</w:t>
-      </w:r>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E35309">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Дата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E35309">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>: ……………………….</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E35309">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>год</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E35309">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B34C51" w:rsidRDefault="00B34C51" w:rsidP="00AA1006">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B34C51" w:rsidRDefault="00B34C51" w:rsidP="00AA1006">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00AA1006" w:rsidRDefault="00AA1006" w:rsidP="00AA1006">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Декларация за ползване на лични данни</w:t>
-      </w:r>
+        <w:t>Декларация</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ползване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лични</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>данни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00AA1006" w:rsidRDefault="00AA1006" w:rsidP="00AA1006">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AA1006" w:rsidRDefault="00AA1006" w:rsidP="00AA1006">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">на РЗИ – Софийска област и </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Запознат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>съм</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Политиката</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>прозрачност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>обявена</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>интернет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>страницата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РЗИ – Софийска област и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ДАВАМ СВОЕТО СЪГЛАСИЕ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> за обработване на личните ми данни чрез компютърни и други системи, с цел осъществяване на законово регламентираните функции. Уведомен/а съм за целта и средствата за обработка на данните ми и сферата на ползването им, както и с правото ми на достъп до и на корекция на данните.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>обработване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>личните</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>данни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>чрез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>компютърни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>други</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>системи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>цел</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>осъществяване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>законово</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>регламентираните</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>функции</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Уведомен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/а </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>съм</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>целта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>средствата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>обработка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>данните</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>сферата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ползването</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>им</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>както</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>правото</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>достъп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>до</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>корекция</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>данните</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AA1006" w:rsidRDefault="00AA1006" w:rsidP="00AA1006">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AA1006" w:rsidRDefault="00AA1006" w:rsidP="00AA1006">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>Подпис на декларатор: .......................................                                     </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Подпис</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>декларатор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: .......................................                                     </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>               </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
-        <w:t>                 дата: .......................... 20....г.</w:t>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>дата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: .......................... 20....г.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AA1006" w:rsidRDefault="00AA1006" w:rsidP="00AA1006">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AA1006" w:rsidRDefault="00AA1006" w:rsidP="00AA1006">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -2577,151 +3691,145 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
-    <w:lvlOverride w:ilvl="0"/>
-[...7 lines deleted...]
-    <w:lvlOverride w:ilvl="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C373F4"/>
     <w:rsid w:val="00026752"/>
     <w:rsid w:val="00040FE1"/>
     <w:rsid w:val="001173BD"/>
     <w:rsid w:val="001953BE"/>
     <w:rsid w:val="00280055"/>
     <w:rsid w:val="00281CD1"/>
     <w:rsid w:val="003B2024"/>
     <w:rsid w:val="003D6D9F"/>
     <w:rsid w:val="0044642C"/>
     <w:rsid w:val="00446925"/>
     <w:rsid w:val="00476B65"/>
     <w:rsid w:val="0048493D"/>
     <w:rsid w:val="00530444"/>
     <w:rsid w:val="00587604"/>
+    <w:rsid w:val="005B5D70"/>
     <w:rsid w:val="005C0385"/>
     <w:rsid w:val="0065392E"/>
     <w:rsid w:val="006818D7"/>
     <w:rsid w:val="006C4E12"/>
     <w:rsid w:val="006D6F7D"/>
     <w:rsid w:val="007008F5"/>
     <w:rsid w:val="0071276A"/>
     <w:rsid w:val="00734DCC"/>
     <w:rsid w:val="0073716E"/>
     <w:rsid w:val="00786FD1"/>
     <w:rsid w:val="007E5C6B"/>
     <w:rsid w:val="008138D7"/>
     <w:rsid w:val="008A612D"/>
     <w:rsid w:val="00920DF3"/>
     <w:rsid w:val="00960853"/>
     <w:rsid w:val="009C7456"/>
     <w:rsid w:val="009E6771"/>
     <w:rsid w:val="00A64049"/>
     <w:rsid w:val="00AA1006"/>
     <w:rsid w:val="00AE7BF5"/>
+    <w:rsid w:val="00B34C51"/>
     <w:rsid w:val="00BF45C0"/>
     <w:rsid w:val="00C373F4"/>
+    <w:rsid w:val="00C5063E"/>
     <w:rsid w:val="00CA300F"/>
     <w:rsid w:val="00D64497"/>
     <w:rsid w:val="00DF656C"/>
     <w:rsid w:val="00E10502"/>
     <w:rsid w:val="00E35309"/>
     <w:rsid w:val="00E90F28"/>
     <w:rsid w:val="00F53298"/>
     <w:rsid w:val="00FC4F8A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C9170983-2F0F-48BB-91CC-490C2B679EFC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3081,59 +4189,59 @@
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C373F4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="99"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextIndentChar"/>
     <w:rsid w:val="006C4E12"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
@@ -3273,56 +4381,55 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1775322166">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rzi_so@rzi-sfo.bg" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edelivery.egov.bg/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edelivery.egov.bg/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rzi_so@rzi-sfo.egov.bg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3551,94 +4658,94 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71FF121F-429D-45BA-BFAB-5DA4EF4F91BC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{77211434-A3ED-469D-8E3D-B4835066DF5B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>663</Words>
-  <Characters>3783</Characters>
+  <Words>416</Words>
+  <Characters>4047</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
+  <Lines>33</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ДО</vt:lpstr>
       <vt:lpstr>ДО</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>RCZ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4438</CharactersWithSpaces>
+  <CharactersWithSpaces>4455</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>7274614</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://edelivery.egov.bg/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3276901</vt:i4>
       </vt:variant>
       <vt:variant>