--- v0 (2025-10-13)
+++ v1 (2025-11-23)
@@ -1235,130 +1235,150 @@
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E3F0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>Вписано под № ………………………………………………………………</w:t>
       </w:r>
       <w:r w:rsidR="003E3F0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>……..</w:t>
       </w:r>
       <w:r w:rsidRPr="003E3F0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>……………………..…. в публичния регистър на обектите с общест</w:t>
       </w:r>
       <w:r w:rsidR="00AF0E65">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
-        <w:t>вено предназначение, воден от</w:t>
+        <w:t>вено предназначение</w:t>
+      </w:r>
+      <w:r w:rsidR="006A335C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на</w:t>
       </w:r>
       <w:r w:rsidRPr="003E3F0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve"> РЗИ – ………………………………………………………………………..</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C12BF9" w:rsidRPr="003E3F0C" w:rsidRDefault="00C12BF9" w:rsidP="005C01CD">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C12BF9" w:rsidRPr="003E3F0C" w:rsidRDefault="00C12BF9" w:rsidP="005C01CD">
+    <w:p w:rsidR="00C12BF9" w:rsidRPr="003E3F0C" w:rsidRDefault="00C12BF9" w:rsidP="006A335C">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E3F0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>По маршрут от: ………………………………………………………………</w:t>
       </w:r>
       <w:r w:rsidR="003E3F0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
       <w:r w:rsidRPr="003E3F0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>…………………………………………………………… през …………………………………………………………………………………………</w:t>
       </w:r>
       <w:r w:rsidR="003E3F0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>….</w:t>
       </w:r>
       <w:r w:rsidRPr="003E3F0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C01CD" w:rsidRPr="003E3F0C" w:rsidRDefault="00C12BF9" w:rsidP="005C01CD">
+    <w:p w:rsidR="005C01CD" w:rsidRPr="003E3F0C" w:rsidRDefault="00C12BF9" w:rsidP="006A335C">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E3F0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>до ……………………………………………………………………………………………</w:t>
       </w:r>
       <w:r w:rsidR="003E3F0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>….</w:t>
       </w:r>
       <w:r w:rsidRPr="003E3F0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve">……………………………………………… </w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="006A335C" w:rsidRDefault="006A335C" w:rsidP="005C01CD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="005C01CD" w:rsidRPr="003E3F0C" w:rsidRDefault="005C01CD" w:rsidP="005C01CD">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E3F0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Прил</w:t>
       </w:r>
       <w:r w:rsidR="00C12BF9" w:rsidRPr="003E3F0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -1481,115 +1501,97 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>пълномощно или копие от договор с погребална агенция;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C12BF9" w:rsidRPr="0020643D" w:rsidRDefault="00C12BF9" w:rsidP="00C12BF9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0020643D">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>документ за актуална регистрация съгласно законодателството на съответната държава по регистрация - когато заявлението се подава от погребална агенция, която не е регистрирана на територията на Република България;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C12BF9" w:rsidRPr="0020643D" w:rsidRDefault="00C12BF9" w:rsidP="00C12BF9">
-[...17 lines deleted...]
-    </w:p>
     <w:p w:rsidR="00C12BF9" w:rsidRPr="003E3F0C" w:rsidRDefault="00C12BF9" w:rsidP="005C01CD">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D45A1D" w:rsidRPr="003E3F0C" w:rsidRDefault="00D45A1D" w:rsidP="005C01CD">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0090379D" w:rsidRDefault="0090379D" w:rsidP="0090379D">
+    <w:p w:rsidR="006A335C" w:rsidRDefault="006A335C" w:rsidP="0090379D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00D45A1D" w:rsidRPr="003E3F0C" w:rsidRDefault="00D45A1D" w:rsidP="0090379D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E3F0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Заплащането на извършената услуга ще извърша</w:t>
       </w:r>
       <w:r w:rsidRPr="003E3F0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D45A1D" w:rsidRPr="003E3F0C" w:rsidRDefault="00D45A1D" w:rsidP="0090379D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E3F0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
@@ -1822,290 +1824,239 @@
       <w:r w:rsidRPr="003E3F0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>“ да бъде получен</w:t>
       </w:r>
       <w:r w:rsidR="00132FD6">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>о</w:t>
       </w:r>
       <w:r w:rsidRPr="003E3F0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D45A1D" w:rsidRPr="003E3F0C" w:rsidRDefault="00BB07A8" w:rsidP="0090379D">
+    <w:p w:rsidR="006A335C" w:rsidRPr="006A335C" w:rsidRDefault="006A335C" w:rsidP="006A335C">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:contextualSpacing/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">1431 гр. София, бул. „Акад. Иван </w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A335C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ на място, лично или чрез упълномощено лице, в Центъра за административно обслужване на РЗИ – Софийска област, на адрес: гр. София, бул. Акад. Иван </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BB07A8">
+      <w:r w:rsidRPr="006A335C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>Гешов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BB07A8">
-[...26 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+      <w:r w:rsidRPr="006A335C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 15; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A335C" w:rsidRPr="006A335C" w:rsidRDefault="006A335C" w:rsidP="006A335C">
+      <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="003E3F0C">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A335C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve">□ по електронен път на адрес </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidRPr="003E3F0C">
+        <w:r w:rsidRPr="003C1377">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           </w:rPr>
           <w:t>https://edelivery.egov.bg/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="003E3F0C">
-[...6 lines deleted...]
-    <w:p w:rsidR="00D45A1D" w:rsidRPr="003E3F0C" w:rsidRDefault="00D45A1D" w:rsidP="0090379D">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A335C" w:rsidRPr="006A335C" w:rsidRDefault="006A335C" w:rsidP="006A335C">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="1080"/>
-[...25 lines deleted...]
-    <w:p w:rsidR="00D45A1D" w:rsidRPr="003E3F0C" w:rsidRDefault="00D45A1D" w:rsidP="0090379D">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A335C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>□ чрез елект</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>ронна поща на адрес: …</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A335C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>…………………</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A335C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>………………...………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A335C" w:rsidRPr="006A335C" w:rsidRDefault="006A335C" w:rsidP="006A335C">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="1080"/>
-[...25 lines deleted...]
-    <w:p w:rsidR="00D45A1D" w:rsidRPr="003E3F0C" w:rsidRDefault="00D45A1D" w:rsidP="0090379D">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A335C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ чрез лицензиран пощенски оператор на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>адрес: ………</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A335C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>………………………………………………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A335C" w:rsidRPr="006A335C" w:rsidRDefault="006A335C" w:rsidP="006A335C">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="1080"/>
-[...24 lines deleted...]
-    <w:p w:rsidR="00D45A1D" w:rsidRPr="003E3F0C" w:rsidRDefault="002C55F7" w:rsidP="0090379D">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A335C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>□ като куриерск</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>а пратка на адрес  …</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A335C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>…...................……………….………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A335C" w:rsidRPr="006A335C" w:rsidRDefault="006A335C" w:rsidP="006A335C">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="1080"/>
-        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
-        <w:t>като декларирам, че</w:t>
-[...40 lines deleted...]
-    <w:p w:rsidR="003E3F0C" w:rsidRPr="003E3F0C" w:rsidRDefault="003E3F0C" w:rsidP="0090379D">
+        <w:t>………</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A335C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>…………………………………………………………………….телефон ……………………………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E3F0C" w:rsidRPr="003E3F0C" w:rsidRDefault="006A335C" w:rsidP="006A335C">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A335C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>като декларирам, че разходите за доставка са за моя сметка платими при получаването.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A335C" w:rsidRDefault="006A335C" w:rsidP="0090379D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000B0889" w:rsidRPr="003E3F0C" w:rsidRDefault="000B0889" w:rsidP="0090379D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E3F0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve">С подписване на настоящото заявление изразявам своето съгласие Регионална здравна инспекция – </w:t>
       </w:r>
       <w:r w:rsidR="003E3F0C" w:rsidRPr="003E3F0C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -2450,79 +2401,79 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Hebar">
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1AFB439C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1654F194"/>
     <w:lvl w:ilvl="0" w:tplc="04020005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -2638,98 +2589,99 @@
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005C01CD"/>
     <w:rsid w:val="000B0889"/>
     <w:rsid w:val="001101C2"/>
     <w:rsid w:val="00132FD6"/>
     <w:rsid w:val="001F5124"/>
     <w:rsid w:val="0020643D"/>
     <w:rsid w:val="00216DBE"/>
     <w:rsid w:val="00240A91"/>
     <w:rsid w:val="00244F78"/>
     <w:rsid w:val="002C55F7"/>
     <w:rsid w:val="00300E5D"/>
     <w:rsid w:val="0033391A"/>
     <w:rsid w:val="00345F5B"/>
     <w:rsid w:val="003972F4"/>
     <w:rsid w:val="003E3F0C"/>
     <w:rsid w:val="00547EB1"/>
     <w:rsid w:val="00554607"/>
     <w:rsid w:val="005C01CD"/>
     <w:rsid w:val="00691FD6"/>
+    <w:rsid w:val="006A335C"/>
     <w:rsid w:val="006B2C02"/>
     <w:rsid w:val="00792F7E"/>
     <w:rsid w:val="00795B73"/>
     <w:rsid w:val="007E5DFA"/>
     <w:rsid w:val="00822ED8"/>
     <w:rsid w:val="008C77BE"/>
     <w:rsid w:val="008F28FF"/>
     <w:rsid w:val="0090379D"/>
     <w:rsid w:val="00970BC6"/>
     <w:rsid w:val="0097261D"/>
     <w:rsid w:val="00987892"/>
     <w:rsid w:val="00993B13"/>
     <w:rsid w:val="009F6B9D"/>
     <w:rsid w:val="00A24428"/>
     <w:rsid w:val="00AF0E65"/>
     <w:rsid w:val="00BA464C"/>
     <w:rsid w:val="00BB07A8"/>
     <w:rsid w:val="00C12BF9"/>
     <w:rsid w:val="00C44D18"/>
     <w:rsid w:val="00D45A1D"/>
     <w:rsid w:val="00EB30EF"/>
     <w:rsid w:val="00ED18EF"/>
     <w:rsid w:val="00FC6137"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="53C163B6"/>
+  <w14:docId w14:val="7521C2AE"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{DCF4EF76-0DCD-4298-AB56-4A4B8B50262A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3556,76 +3508,76 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>5528</Characters>
+  <Pages>2</Pages>
+  <Words>974</Words>
+  <Characters>5556</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>46</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6485</CharactersWithSpaces>
+  <CharactersWithSpaces>6517</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>7274614</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://edelivery.egov.bg/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>