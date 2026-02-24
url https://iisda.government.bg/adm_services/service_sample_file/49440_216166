--- v0 (2025-11-24)
+++ v1 (2026-02-24)
@@ -3,1984 +3,1689 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00AA4CC1" w:rsidRPr="005E4FBE" w:rsidRDefault="00AA4CC1" w:rsidP="00C875B5">
+    <w:p w:rsidR="00AA4CC1" w:rsidRDefault="00AA4CC1" w:rsidP="00C875B5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="-426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00C875B5" w:rsidRPr="005E4FBE" w:rsidRDefault="00C875B5" w:rsidP="00C875B5">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00C875B5" w:rsidRPr="00173013" w:rsidRDefault="00C875B5" w:rsidP="00C875B5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="-426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00173013">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ДО</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C875B5" w:rsidRPr="005E4FBE" w:rsidRDefault="00C875B5" w:rsidP="00C875B5">
+    <w:p w:rsidR="00C875B5" w:rsidRPr="00173013" w:rsidRDefault="00C875B5" w:rsidP="00C875B5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="-426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00173013">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>МИНИСТЪРА НА ЗДРАВЕОПАЗВАНЕТО</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C875B5" w:rsidRPr="005E4FBE" w:rsidRDefault="00C875B5" w:rsidP="00C875B5">
+    <w:p w:rsidR="00C875B5" w:rsidRPr="00173013" w:rsidRDefault="00C875B5" w:rsidP="00C875B5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="-426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C875B5" w:rsidRPr="005E4FBE" w:rsidRDefault="00C875B5" w:rsidP="00C875B5">
+    <w:p w:rsidR="00C875B5" w:rsidRPr="00173013" w:rsidRDefault="00C875B5" w:rsidP="00C875B5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="-426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00173013">
         <w:rPr>
           <w:b/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ЧРЕЗ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C875B5" w:rsidRPr="005E4FBE" w:rsidRDefault="00C875B5" w:rsidP="00C875B5">
+    <w:p w:rsidR="00C875B5" w:rsidRPr="00173013" w:rsidRDefault="00C875B5" w:rsidP="00C875B5">
       <w:pPr>
         <w:ind w:left="-426"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00173013">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">ДИРЕКТОРА </w:t>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00173013">
         <w:rPr>
           <w:b/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">НА </w:t>
       </w:r>
-      <w:r w:rsidR="004C2A9F" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="004C2A9F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>РЕГИОНАЛНА ЗДРАВНА ИНСПЕКЦИЯ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C875B5" w:rsidRPr="005E4FBE" w:rsidRDefault="00190799" w:rsidP="00C875B5">
+    <w:p w:rsidR="00C875B5" w:rsidRDefault="00190799" w:rsidP="00C875B5">
       <w:pPr>
         <w:ind w:left="-426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ГР</w:t>
       </w:r>
-      <w:r w:rsidR="004C2A9F" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="004C2A9F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004C2A9F" w:rsidRPr="005E4FBE" w:rsidRDefault="004C2A9F" w:rsidP="00C875B5">
+    <w:p w:rsidR="004C2A9F" w:rsidRDefault="004C2A9F" w:rsidP="00C875B5">
       <w:pPr>
         <w:ind w:left="-426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00136334" w:rsidRPr="005E4FBE" w:rsidRDefault="00136334" w:rsidP="00C875B5">
+    <w:p w:rsidR="00D70440" w:rsidRDefault="00D70440" w:rsidP="00C875B5">
       <w:pPr>
         <w:ind w:left="-426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C875B5" w:rsidRPr="005E4FBE" w:rsidRDefault="00C875B5" w:rsidP="00C875B5">
+    <w:p w:rsidR="00136334" w:rsidRDefault="00136334" w:rsidP="00C875B5">
+      <w:pPr>
+        <w:ind w:left="-426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C875B5" w:rsidRDefault="00C875B5" w:rsidP="00C875B5">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:ind w:left="-426" w:right="-523"/>
         <w:rPr>
           <w:spacing w:val="60"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00173013">
         <w:rPr>
           <w:spacing w:val="60"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ЗАЯВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D26166" w:rsidRPr="005E4FBE" w:rsidRDefault="00D26166" w:rsidP="00D26166"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="005E4FBE">
+    <w:p w:rsidR="00D26166" w:rsidRPr="00D26166" w:rsidRDefault="00D26166" w:rsidP="00D26166"/>
+    <w:p w:rsidR="00D26166" w:rsidRDefault="00292B34" w:rsidP="00D26166">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00292B34">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">за </w:t>
       </w:r>
-      <w:r w:rsidR="00D26166" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="00D26166">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">уведомяване за промени по извършената регистрация и във вписаните обстоятелства в разрешението за осъществяване на </w:t>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00292B34">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>лечебна дейност</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00292B34" w:rsidRPr="005E4FBE" w:rsidRDefault="00292B34" w:rsidP="00D26166">
-[...21 lines deleted...]
-    <w:p w:rsidR="00C875B5" w:rsidRPr="005E4FBE" w:rsidRDefault="00C875B5" w:rsidP="00C875B5">
+    <w:p w:rsidR="00292B34" w:rsidRDefault="00292B34" w:rsidP="00D26166">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006C26F0" w:rsidRPr="00173013" w:rsidRDefault="006C26F0" w:rsidP="00C875B5"/>
+    <w:p w:rsidR="00C875B5" w:rsidRPr="00173013" w:rsidRDefault="00C875B5" w:rsidP="00C875B5">
       <w:pPr>
         <w:ind w:left="-426" w:right="-523"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00C875B5" w:rsidRPr="005E4FBE" w:rsidRDefault="00C875B5" w:rsidP="00CB2A63">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C875B5" w:rsidRDefault="00C875B5" w:rsidP="00CB2A63">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="-425" w:right="-428"/>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00173013">
         <w:t>От...........................................................................................................................................................</w:t>
       </w:r>
-      <w:r w:rsidR="00920457" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="00920457">
         <w:t>..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000505D4" w:rsidRPr="005E4FBE" w:rsidRDefault="00920457" w:rsidP="00CB2A63">
+    <w:p w:rsidR="000505D4" w:rsidRPr="00173013" w:rsidRDefault="00920457" w:rsidP="00CB2A63">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="-425" w:right="-428"/>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
-[...3 lines deleted...]
-    <w:p w:rsidR="00C875B5" w:rsidRPr="005E4FBE" w:rsidRDefault="00C875B5" w:rsidP="00CB2A63">
+      <w:r w:rsidRPr="00920457">
+        <w:t>...........................................................................................................................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.......</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C875B5" w:rsidRPr="00901669" w:rsidRDefault="00C875B5" w:rsidP="00CB2A63">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-425" w:right="-428"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00901669">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>(трите имена на лицето</w:t>
       </w:r>
-      <w:r w:rsidR="004C2A9F" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="004C2A9F" w:rsidRPr="00901669">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>/лицата</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00901669">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>, представляващо</w:t>
       </w:r>
-      <w:r w:rsidR="004C2A9F" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="004C2A9F" w:rsidRPr="00901669">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>/и</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00901669">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> лечебното заведение)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C875B5" w:rsidRPr="005E4FBE" w:rsidRDefault="00C875B5" w:rsidP="00CB2A63">
+    <w:p w:rsidR="00C875B5" w:rsidRDefault="00C875B5" w:rsidP="00CB2A63">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-425" w:right="-428"/>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00173013">
         <w:t>Адрес .............................................................</w:t>
       </w:r>
-      <w:r w:rsidR="0007433C" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="0007433C">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00173013">
         <w:t>тел. за връзка.................................................................</w:t>
       </w:r>
-      <w:r w:rsidR="00920457" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="00920457">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00437D0A" w:rsidRPr="005E4FBE" w:rsidRDefault="00437D0A" w:rsidP="00CB2A63">
+    <w:p w:rsidR="006C26F0" w:rsidRPr="006C26F0" w:rsidRDefault="006C26F0" w:rsidP="00CB2A63">
+      <w:pPr>
+        <w:ind w:left="-425" w:right="-428"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0069418A" w:rsidRDefault="00D26166" w:rsidP="00CB2A63">
       <w:pPr>
         <w:pStyle w:val="Heading7"/>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-425" w:right="-428" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...8 lines deleted...]
-        <w:ind w:left="-425" w:right="-428" w:firstLine="0"/>
+      <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
+        <w:t xml:space="preserve">На </w:t>
+      </w:r>
+      <w:r w:rsidR="00C875B5" w:rsidRPr="00173013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">На </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C875B5" w:rsidRPr="005E4FBE">
+        <w:t xml:space="preserve">основание </w:t>
+      </w:r>
+      <w:r w:rsidR="009925A2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">основание </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009925A2" w:rsidRPr="005E4FBE">
+        <w:t xml:space="preserve">чл. 50, ал. </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">чл. 50, ал. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005E4FBE">
+        <w:t>1 и/или ал. 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C875B5" w:rsidRPr="00173013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1 и/или ал. 2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C875B5" w:rsidRPr="005E4FBE">
+        <w:t xml:space="preserve"> от Закона за лечебните заведения</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7370D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> от Закона за лечебните заведения</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D7370D" w:rsidRPr="005E4FBE">
+        <w:t xml:space="preserve"> заявявам следните промени по извършената регистрация и/или във вписаните обстоятелства в </w:t>
+      </w:r>
+      <w:r w:rsidR="002838B6" w:rsidRPr="002838B6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> заявявам следните промени по извършената регистрация и/или във вписаните обстоятелства в </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002838B6" w:rsidRPr="005E4FBE">
+        <w:t>разрешение</w:t>
+      </w:r>
+      <w:r w:rsidR="00D7370D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>разрешение</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D7370D" w:rsidRPr="005E4FBE">
+        <w:t xml:space="preserve"> за осъществяване на лечебна дейност №…………………………., издадено на  </w:t>
+      </w:r>
+      <w:r w:rsidR="0069418A" w:rsidRPr="00173013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> за осъществяване на лечебна дейност №…………………………., издадено на  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0069418A" w:rsidRPr="005E4FBE">
+        <w:t>................................................................................................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="0069418A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>...........................................................................................................................................................................................................................................................................................................</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00104403" w:rsidRPr="005E4FBE">
+        <w:t>...........................................................................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00104403">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>...............................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0069418A" w:rsidRPr="005E4FBE" w:rsidRDefault="0069418A" w:rsidP="00CB2A63">
+    <w:p w:rsidR="0069418A" w:rsidRPr="00901669" w:rsidRDefault="0069418A" w:rsidP="00CB2A63">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-425" w:right="-428"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
-[...5 lines deleted...]
-      <w:r w:rsidR="000F084B" w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00901669">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пълно наименование на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>лечебно</w:t>
+      </w:r>
+      <w:r w:rsidR="000F084B">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>то</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
-[...6 lines deleted...]
-    <w:p w:rsidR="00C875B5" w:rsidRPr="005E4FBE" w:rsidRDefault="0069418A" w:rsidP="00CB2A63">
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901669">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>заведение по търговска регистрация)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C875B5" w:rsidRPr="00F520DB" w:rsidRDefault="0069418A" w:rsidP="00CB2A63">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-425" w:right="-428"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00F520DB">
         <w:t>ЕИК……………………………</w:t>
       </w:r>
-      <w:r w:rsidR="00F520DB" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="00F520DB" w:rsidRPr="00F520DB">
         <w:t>…………..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00104403" w:rsidRPr="005E4FBE" w:rsidRDefault="00104403" w:rsidP="00104403">
+    <w:p w:rsidR="00104403" w:rsidRPr="00F520DB" w:rsidRDefault="00104403" w:rsidP="00104403">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="-425" w:right="-428"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AC5B33" w:rsidRPr="005E4FBE" w:rsidRDefault="00AC5B33" w:rsidP="008D0993">
+    <w:p w:rsidR="00AC5B33" w:rsidRDefault="00AC5B33" w:rsidP="008D0993">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="-428"/>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00F520DB">
         <w:t xml:space="preserve">Промяна </w:t>
       </w:r>
-      <w:r w:rsidR="00D7370D" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="00D7370D" w:rsidRPr="00F520DB">
         <w:t>по чл. 50, ал. 1 от З</w:t>
       </w:r>
-      <w:r w:rsidR="00F520DB" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="00F520DB" w:rsidRPr="00F520DB">
         <w:t xml:space="preserve">акона за лечебните заведения, както следва: </w:t>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00F520DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D0993" w:rsidRPr="005E4FBE" w:rsidRDefault="008D0993" w:rsidP="00BF633D">
+    <w:p w:rsidR="008D0993" w:rsidRDefault="008D0993" w:rsidP="00BF633D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="-425" w:right="-428"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00BF633D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">(седалище, капитал, член на управителен или контролен орган, </w:t>
       </w:r>
-      <w:r w:rsidR="00BF633D" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="00BF633D" w:rsidRPr="00BF633D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>име от документа за самоличност на член на управителен или контролен орган на лечебното заведение</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00BF633D">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BF633D" w:rsidRPr="005E4FBE" w:rsidRDefault="00BF633D" w:rsidP="00BF633D">
+    <w:p w:rsidR="00BF633D" w:rsidRDefault="00BF633D" w:rsidP="00BF633D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="-425" w:right="-428"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00BF633D">
         <w:t>…………………………………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BF633D" w:rsidRPr="005E4FBE" w:rsidRDefault="00BF633D" w:rsidP="00BF633D">
+    <w:p w:rsidR="00BF633D" w:rsidRPr="00BF633D" w:rsidRDefault="00BF633D" w:rsidP="00BF633D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="-425" w:right="-428"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BF633D" w:rsidRPr="005E4FBE" w:rsidRDefault="00BF633D" w:rsidP="00BF633D">
+    <w:p w:rsidR="00BF633D" w:rsidRDefault="00BF633D" w:rsidP="00BF633D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:right="-428"/>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
-[...3 lines deleted...]
-    <w:p w:rsidR="00BF633D" w:rsidRPr="005E4FBE" w:rsidRDefault="00BF633D" w:rsidP="00BF633D">
+      <w:r w:rsidRPr="00F520DB">
+        <w:t xml:space="preserve">Промяна </w:t>
+      </w:r>
+      <w:r>
+        <w:t>по чл. 50, ал. 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F520DB">
+        <w:t xml:space="preserve"> от Закона за лечебните заведения, както следва:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BF633D" w:rsidRPr="00BF633D" w:rsidRDefault="00BF633D" w:rsidP="00BF633D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="-425" w:right="-428"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00104403">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>наименование</w:t>
       </w:r>
-      <w:r w:rsidR="00104403" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="00104403" w:rsidRPr="00104403">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>то</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00104403">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> на лечебното заведение по търговска регистрация</w:t>
       </w:r>
-      <w:r w:rsidR="00104403" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="00104403" w:rsidRPr="00104403">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00104403">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> единен идентификационен код или единен регистрационен номер</w:t>
       </w:r>
-      <w:r w:rsidR="00104403" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="00104403" w:rsidRPr="00104403">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00104403">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> дейностите съответно по </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="005E4FBE">
+        <w:r w:rsidRPr="00104403">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
           </w:rPr>
           <w:t>чл. 19</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00104403">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00BF633D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00146CBB" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="00146CBB">
         <w:t xml:space="preserve">ал. 1, </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="005E4FBE">
+        <w:r w:rsidRPr="00104403">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
           </w:rPr>
           <w:t>чл. 26</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00104403">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="005E4FBE">
+        <w:r w:rsidRPr="00104403">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
           </w:rPr>
           <w:t>26а</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00104403">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="005E4FBE">
+        <w:r w:rsidRPr="00104403">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
           </w:rPr>
           <w:t>26б</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00104403">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="005E4FBE">
+        <w:r w:rsidRPr="00104403">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
           </w:rPr>
           <w:t>27</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00104403">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="005E4FBE">
+        <w:r w:rsidRPr="00104403">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
           </w:rPr>
           <w:t>28а</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00104403">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidRPr="005E4FBE">
+        <w:r w:rsidRPr="00104403">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
           </w:rPr>
           <w:t>28б</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00104403">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> и по </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidRPr="005E4FBE">
+        <w:r w:rsidRPr="00104403">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
           </w:rPr>
           <w:t>чл. 131, ал. 1 от Закона за здравето</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00104403">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:r w:rsidR="00104403" w:rsidRPr="005E4FBE">
-[...20 lines deleted...]
-    <w:p w:rsidR="00104403" w:rsidRPr="005E4FBE" w:rsidRDefault="00AC5B33" w:rsidP="00104403">
+      <w:r w:rsidR="00104403" w:rsidRPr="00104403">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>нивото на компетентност на структурите; медицинските специалности, по които се осъществява дейността; клиниките и отделенията, в които се осъществява дейността, както и клинико-диагностичните структури, с техните нива на компетентност; адресът, на който се осъществява дейността</w:t>
+      </w:r>
+      <w:r w:rsidR="00104403">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00104403" w:rsidRPr="00104403">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00104403" w:rsidRDefault="00AC5B33" w:rsidP="00104403">
       <w:pPr>
         <w:pStyle w:val="Heading7"/>
         <w:ind w:left="-425" w:right="-428" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00F520DB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>...........................................................................................................................................................................................................................................................................................................</w:t>
       </w:r>
-      <w:r w:rsidR="00104403" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="00104403">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>...............................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009539F2" w:rsidRPr="005E4FBE" w:rsidRDefault="009539F2" w:rsidP="009539F2">
+    <w:p w:rsidR="009539F2" w:rsidRDefault="009539F2" w:rsidP="009539F2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="-425" w:right="-428"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00F520DB">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>(съответните промени се записват изчерпателно, включително адреса, на който се извършват)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D5ED4" w:rsidRPr="005E4FBE" w:rsidRDefault="005D5ED4" w:rsidP="005D5ED4"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="000C22F6" w:rsidRPr="005E4FBE" w:rsidRDefault="000C22F6" w:rsidP="000C22F6">
+    <w:p w:rsidR="00164540" w:rsidRDefault="00164540" w:rsidP="00164540">
+      <w:pPr>
+        <w:pStyle w:val="Heading7"/>
+        <w:ind w:left="-425" w:right="-522" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D5ED4" w:rsidRPr="005D5ED4" w:rsidRDefault="005D5ED4" w:rsidP="005D5ED4"/>
+    <w:p w:rsidR="002D3A5A" w:rsidRPr="00104403" w:rsidRDefault="00104403" w:rsidP="00104403">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00104403">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Представят се само документи относно промяната и такива, чийто срок на валидност е изтекъл, придружени с декларация за липсата на промяна във всички останали документи и обстоятелства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C22F6" w:rsidRPr="000C22F6" w:rsidRDefault="000C22F6" w:rsidP="000C22F6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C875B5" w:rsidRPr="005E4FBE" w:rsidRDefault="00190799" w:rsidP="00920457">
+    <w:p w:rsidR="00C875B5" w:rsidRPr="00173013" w:rsidRDefault="00190799" w:rsidP="00920457">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="-425" w:right="-523" w:firstLine="425"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Приложения</w:t>
       </w:r>
-      <w:r w:rsidR="00920457" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="00920457">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B52A7" w:rsidRPr="005E4FBE" w:rsidRDefault="00C875B5" w:rsidP="000B52A7">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005E4FBE">
+    <w:p w:rsidR="000B52A7" w:rsidRDefault="00C875B5" w:rsidP="000B52A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00173013">
         <w:sym w:font="Symbol" w:char="F09F"/>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00173013">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00752217" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="00752217">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Д</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="000B52A7" w:rsidRPr="000B52A7">
+        <w:t>окумент за актуална регистрация по националното законодателство, издаден от компетентен орган на съответната държава - за дружествата, регистрирани в държава - членка на Европейския съюз, или в държава - страна по Споразумението за Европейското икономическо пространство;</w:t>
+      </w:r>
+      <w:r w:rsidR="000B52A7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B52A7" w:rsidRPr="000B52A7" w:rsidRDefault="000B52A7" w:rsidP="000B52A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000B52A7">
         <w:sym w:font="Symbol" w:char="F09F"/>
       </w:r>
-      <w:r w:rsidR="00752217" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="00752217">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B52A7">
+        <w:t>равилник за устройството, дейността и вътрешния ред на лечебното заведение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B52A7" w:rsidRPr="000B52A7" w:rsidRDefault="000B52A7" w:rsidP="000B52A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000B52A7">
         <w:sym w:font="Symbol" w:char="F09F"/>
       </w:r>
-      <w:r w:rsidR="00752217" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="00752217">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B52A7">
+        <w:t>иплома за съответното висше образование на лицата, управляващи лечебното заведение, а за лицата по чл. 63, ал. 1, съответно и диплома, свидетелство или удостоверение за квалификация по здравен мениджмънт или диплома, или свидетелство за придобита образователна и/или научна степен, специалност или преминато обучение за повишаване на квалификацията по чл. 43 от Закона за висшето образование в областта на здравния мениджмънт;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B52A7" w:rsidRPr="000B52A7" w:rsidRDefault="000B52A7" w:rsidP="000B52A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000B52A7">
         <w:sym w:font="Symbol" w:char="F09F"/>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="000B52A7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B52A7">
+        <w:t>анните от документа за самоличност - за членовете на управителните и контролните органи на лечебното заведение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B52A7" w:rsidRPr="000B52A7" w:rsidRDefault="000B52A7" w:rsidP="000B52A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000B52A7">
         <w:sym w:font="Symbol" w:char="F09F"/>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="000B52A7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005765EA" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="005765EA" w:rsidRPr="005765EA">
         <w:t>Стандартните оперативни процедури, които съдържат подробни писмени описания на последователността и начина на извършване на дейностите по трансплантация за всеки специфичен процес, материалите и методите, които ще се използват, и очаквания резултат - за тъканните банки</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="000B52A7">
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B52A7" w:rsidRPr="005E4FBE" w:rsidRDefault="000B52A7" w:rsidP="000B52A7">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005E4FBE">
+    <w:p w:rsidR="000B52A7" w:rsidRDefault="000B52A7" w:rsidP="000B52A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000B52A7">
         <w:sym w:font="Symbol" w:char="F09F"/>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
-[...2 lines deleted...]
-      <w:r w:rsidR="00861D45" w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="000B52A7">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B52A7">
+        <w:t xml:space="preserve">окументи за платена държавна такса по чл. 49, ал. 5 </w:t>
+      </w:r>
+      <w:r w:rsidR="00861D45">
         <w:t xml:space="preserve">от ЗЛЗ </w:t>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="000B52A7">
         <w:t>и по чл. 46 от За</w:t>
       </w:r>
-      <w:r w:rsidR="00D00017" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="00D00017">
         <w:t>кона за здравето;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D00017" w:rsidRPr="005E4FBE" w:rsidRDefault="00D00017" w:rsidP="000B52A7">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="005E4FBE">
+    <w:p w:rsidR="00D00017" w:rsidRDefault="00D00017" w:rsidP="000B52A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D00017">
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidR="00164540" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="00164540">
         <w:t xml:space="preserve"> Декларация </w:t>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r>
         <w:t>по чл. 50, ал. 2 от Закона за лечебните заведения.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="005E4FBE" w:rsidRPr="005E4FBE" w:rsidRDefault="005E4FBE" w:rsidP="005E4FBE">
+    </w:p>
+    <w:p w:rsidR="00D00017" w:rsidRDefault="00D00017" w:rsidP="000B52A7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E56401" w:rsidRPr="00C949EF" w:rsidRDefault="00E56401" w:rsidP="00E56401">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:b/>
+        <w:rPr>
           <w:bCs/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00C949EF">
+        <w:rPr>
           <w:bCs/>
         </w:rPr>
+        <w:t xml:space="preserve">Заявявам желанието си издаденият индивидуален административен акт да бъде получен: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56401" w:rsidRPr="00C949EF" w:rsidRDefault="00E56401" w:rsidP="00E56401">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C949EF">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Чрез лицензиран пощенски оператор (куриерска услуга) на адрес: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56401" w:rsidRPr="00C949EF" w:rsidRDefault="00E56401" w:rsidP="00E56401">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C949EF">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лично от звеното за административно обслужване </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E56401" w:rsidRPr="00C949EF" w:rsidRDefault="00E56401" w:rsidP="00E56401">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C949EF">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Чрез Системата за сигурно електронно връчване </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C875B5" w:rsidRPr="00F71847" w:rsidRDefault="00E56401" w:rsidP="00E56401">
+      <w:pPr>
+        <w:ind w:left="-425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C949EF">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">По електронен път </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> съгласно Закона за електронното управление</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C949EF">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
-[...212 lines deleted...]
-    <w:p w:rsidR="00D00017" w:rsidRPr="005E4FBE" w:rsidRDefault="00D00017" w:rsidP="00D00017">
+    </w:p>
+    <w:p w:rsidR="00C875B5" w:rsidRPr="00F71847" w:rsidRDefault="006769BC" w:rsidP="00F71847">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="-425" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>С уважение:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F71847">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>…………………….</w:t>
+      </w:r>
+      <w:r w:rsidR="00F71847">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00127C96" w:rsidRPr="00E75654">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+        <w:t>подпис</w:t>
+      </w:r>
+      <w:r w:rsidR="00F71847">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D00017" w:rsidRDefault="006769BC" w:rsidP="00F71847">
+      <w:pPr>
+        <w:ind w:left="-425" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006769BC">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Дата:……………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00F71847">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>202...г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D00017" w:rsidRPr="00E56401" w:rsidRDefault="00D00017" w:rsidP="00D00017">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005E4FBE">
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D00017" w:rsidRPr="005E4FBE" w:rsidRDefault="00D00017" w:rsidP="00D00017">
+    <w:p w:rsidR="00D00017" w:rsidRPr="00D00017" w:rsidRDefault="00D00017" w:rsidP="00D00017">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00D00017">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Д Е К Л А Р А Ц И Я</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D00017" w:rsidRPr="005E4FBE" w:rsidRDefault="00D00017" w:rsidP="00D00017">
+    <w:p w:rsidR="00D00017" w:rsidRPr="00D00017" w:rsidRDefault="00D00017" w:rsidP="00D00017">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D00017" w:rsidRPr="005E4FBE" w:rsidRDefault="00D00017" w:rsidP="00D00017">
+    <w:p w:rsidR="00D00017" w:rsidRPr="00D00017" w:rsidRDefault="00D00017" w:rsidP="00D00017">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00D00017">
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>по чл. 50, ал. 2 от Закона за лечебните заведения</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D00017" w:rsidRPr="005E4FBE" w:rsidRDefault="00D00017" w:rsidP="00D00017">
+    <w:p w:rsidR="00D00017" w:rsidRPr="00D00017" w:rsidRDefault="00D00017" w:rsidP="00D00017">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D00017" w:rsidRPr="005E4FBE" w:rsidRDefault="00D00017" w:rsidP="00D00017">
+    <w:p w:rsidR="00D00017" w:rsidRPr="00D00017" w:rsidRDefault="00D00017" w:rsidP="00D00017">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CA4828" w:rsidRPr="005E4FBE" w:rsidRDefault="00CA4828" w:rsidP="00CA4828">
+    <w:p w:rsidR="00CA4828" w:rsidRPr="00173013" w:rsidRDefault="00CA4828" w:rsidP="00CA4828">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="-425" w:right="-522"/>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
-[...3 lines deleted...]
-    <w:p w:rsidR="00CA4828" w:rsidRPr="005E4FBE" w:rsidRDefault="00CA4828" w:rsidP="00CA4828">
+      <w:r>
+        <w:t>От</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920457">
+        <w:t>...........................................................................................................................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:t>...............................................................................................................................................................................................................................................................................................................................................................................................................................................................................................................................................................................................................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CA4828" w:rsidRDefault="00CA4828" w:rsidP="00CA4828">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-425" w:right="-522"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00901669">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>(трите имена на лицето/лицата, представляващо/и лечебното заведение)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA4828" w:rsidRPr="005E4FBE" w:rsidRDefault="00CA4828" w:rsidP="00CA4828">
+    <w:p w:rsidR="00CA4828" w:rsidRPr="00173013" w:rsidRDefault="00CA4828" w:rsidP="00CA4828">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="-425" w:right="-522"/>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
-[...2 lines deleted...]
-      <w:r w:rsidR="005031A0" w:rsidRPr="005E4FBE">
+      <w:r>
+        <w:t xml:space="preserve">Изпълнителен директор/Управител на: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920457">
+        <w:t>................................................................................................................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:t>...................................................................................................................................................................................................................................................................................................................................................................................................................................................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="005031A0">
         <w:t>.....................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005031A0" w:rsidRPr="005E4FBE" w:rsidRDefault="005031A0" w:rsidP="005031A0">
+    <w:p w:rsidR="005031A0" w:rsidRPr="00901669" w:rsidRDefault="005031A0" w:rsidP="005031A0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-425" w:right="-522"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
-[...6 lines deleted...]
-    <w:p w:rsidR="00E83EB6" w:rsidRPr="005E4FBE" w:rsidRDefault="00285CC9" w:rsidP="00285CC9">
+      <w:r w:rsidRPr="00901669">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">(пълно наименование на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">лечебното </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00901669">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>заведение по търговска регистрация)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E83EB6" w:rsidRDefault="00285CC9" w:rsidP="00285CC9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-425" w:right="-522"/>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r>
         <w:t xml:space="preserve">ЕИК…………………………, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00285CC9" w:rsidRPr="005E4FBE" w:rsidRDefault="00E83EB6" w:rsidP="00285CC9">
+    <w:p w:rsidR="00285CC9" w:rsidRDefault="00E83EB6" w:rsidP="00285CC9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="-425" w:right="-522"/>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r>
         <w:t xml:space="preserve">седалище и </w:t>
       </w:r>
-      <w:r w:rsidR="00285CC9" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="00285CC9">
         <w:t>адрес</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r>
         <w:t xml:space="preserve"> на управление:.</w:t>
       </w:r>
-      <w:r w:rsidR="00285CC9" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="00285CC9">
         <w:t>……………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D00017" w:rsidRPr="005E4FBE" w:rsidRDefault="00D00017" w:rsidP="00104403">
+    <w:p w:rsidR="00D00017" w:rsidRPr="00D00017" w:rsidRDefault="00D00017" w:rsidP="00104403">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="-425" w:right="-522" w:firstLine="425"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00D00017">
         <w:t>Декларирам, че липсва промяна във всички останали документи и обстоятелства</w:t>
       </w:r>
-      <w:r w:rsidR="00CC1BBD" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="00CC1BBD">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00D00017">
         <w:t xml:space="preserve"> освен заявените и удостоверени нови обстоятелства.</w:t>
       </w:r>
-      <w:r w:rsidR="00285CC9" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="00285CC9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D75C50" w:rsidRPr="005E4FBE">
+      <w:r w:rsidR="00D75C50">
         <w:t>Известна ми е наказателната отговорност за деклариране на неверни данни, съгласно чл. 313 от Наказателния кодекс.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E83EB6" w:rsidRPr="005E4FBE" w:rsidRDefault="00E83EB6" w:rsidP="00285CC9">
+    <w:p w:rsidR="00E83EB6" w:rsidRDefault="00E83EB6" w:rsidP="00285CC9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="-425" w:right="-522"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D00017" w:rsidRPr="005E4FBE" w:rsidRDefault="00E83EB6" w:rsidP="00285CC9">
+    <w:p w:rsidR="00D00017" w:rsidRDefault="00E83EB6" w:rsidP="00285CC9">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="-425" w:right="-522"/>
       </w:pPr>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r>
         <w:t>дата………………………</w:t>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r>
         <w:tab/>
         <w:t>Декларатор:………………………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C875B5" w:rsidRPr="005E4FBE" w:rsidRDefault="00E83EB6" w:rsidP="00E83EB6">
+    <w:p w:rsidR="00C875B5" w:rsidRPr="00E83EB6" w:rsidRDefault="00E83EB6" w:rsidP="00E83EB6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="-425" w:right="-522"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r>
+        <w:t>гр………………………...</w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="005E4FBE">
+      <w:r w:rsidRPr="00E83EB6">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>(подпис)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00C875B5" w:rsidRPr="005E4FBE" w:rsidSect="005E4FBE">
+    <w:sectPr w:rsidR="00C875B5" w:rsidRPr="00E83EB6" w:rsidSect="00FC7F77">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="even" r:id="rId16"/>
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="426" w:right="1418" w:bottom="426" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="540" w:right="1418" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00161035" w:rsidRDefault="00161035">
+    <w:p w:rsidR="00957C58" w:rsidRDefault="00957C58">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00161035" w:rsidRDefault="00161035">
+    <w:p w:rsidR="00957C58" w:rsidRDefault="00957C58">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:font w:name="Wingdings">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...12 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00A947F5" w:rsidRDefault="00A947F5" w:rsidP="00C875B5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00A947F5" w:rsidRDefault="00A947F5" w:rsidP="00C875B5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00A947F5" w:rsidRDefault="00A947F5" w:rsidP="00C875B5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="008C7D6A">
+    <w:r w:rsidR="00EB266B">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00A947F5" w:rsidRDefault="00A947F5" w:rsidP="00C875B5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00161035" w:rsidRDefault="00161035">
+    <w:p w:rsidR="00957C58" w:rsidRDefault="00957C58">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00161035" w:rsidRDefault="00161035">
+    <w:p w:rsidR="00957C58" w:rsidRDefault="00957C58">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="003C7237" w:rsidRPr="003C7237" w:rsidRDefault="003C7237" w:rsidP="003C7237">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9070"/>
       </w:tabs>
       <w:rPr>
         <w:i/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="006A02B4">
-[...4 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0BDA6CB0"/>
-[...279 lines deleted...]
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="753F511C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B1D83C4A"/>
     <w:lvl w:ilvl="0" w:tplc="77241F14">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="-65" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="655" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
@@ -2025,504 +1730,206 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4255" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4975" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="5695" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...278 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
-[...1 lines deleted...]
-  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C875B5"/>
     <w:rsid w:val="0000325D"/>
     <w:rsid w:val="00006C98"/>
     <w:rsid w:val="0001773C"/>
     <w:rsid w:val="000321D2"/>
     <w:rsid w:val="0003625C"/>
     <w:rsid w:val="000505D4"/>
     <w:rsid w:val="00053EF9"/>
     <w:rsid w:val="00053FE9"/>
     <w:rsid w:val="00061ED4"/>
     <w:rsid w:val="0007433C"/>
     <w:rsid w:val="00082F28"/>
     <w:rsid w:val="000A05A4"/>
     <w:rsid w:val="000A252A"/>
     <w:rsid w:val="000B2552"/>
     <w:rsid w:val="000B52A7"/>
     <w:rsid w:val="000C22F6"/>
     <w:rsid w:val="000C3953"/>
     <w:rsid w:val="000C5369"/>
     <w:rsid w:val="000D641F"/>
     <w:rsid w:val="000F084B"/>
     <w:rsid w:val="000F45DE"/>
     <w:rsid w:val="001013D5"/>
     <w:rsid w:val="00104403"/>
     <w:rsid w:val="00127C96"/>
     <w:rsid w:val="00136334"/>
     <w:rsid w:val="0014172C"/>
     <w:rsid w:val="00146CBB"/>
-    <w:rsid w:val="00161035"/>
     <w:rsid w:val="00164540"/>
     <w:rsid w:val="00190799"/>
     <w:rsid w:val="001B6B8E"/>
     <w:rsid w:val="001E2D8E"/>
     <w:rsid w:val="001E7FEF"/>
     <w:rsid w:val="002044C8"/>
     <w:rsid w:val="00233FE3"/>
     <w:rsid w:val="0025067F"/>
     <w:rsid w:val="0025248B"/>
     <w:rsid w:val="00267F5C"/>
     <w:rsid w:val="002838B6"/>
     <w:rsid w:val="00285CC9"/>
     <w:rsid w:val="00292B34"/>
     <w:rsid w:val="002D3A5A"/>
     <w:rsid w:val="002D687D"/>
     <w:rsid w:val="002E5C43"/>
     <w:rsid w:val="00300D7B"/>
     <w:rsid w:val="003105E8"/>
-    <w:rsid w:val="00366485"/>
     <w:rsid w:val="003C7237"/>
     <w:rsid w:val="003D25B1"/>
     <w:rsid w:val="00401BD5"/>
     <w:rsid w:val="004369A9"/>
     <w:rsid w:val="00437D0A"/>
     <w:rsid w:val="00453072"/>
     <w:rsid w:val="004558C8"/>
     <w:rsid w:val="004602E0"/>
     <w:rsid w:val="00461C4F"/>
     <w:rsid w:val="00462970"/>
     <w:rsid w:val="00465645"/>
     <w:rsid w:val="0049757D"/>
     <w:rsid w:val="004C227F"/>
     <w:rsid w:val="004C2A9F"/>
     <w:rsid w:val="004C5076"/>
     <w:rsid w:val="004D04D4"/>
     <w:rsid w:val="004F65C2"/>
     <w:rsid w:val="005031A0"/>
     <w:rsid w:val="00507400"/>
     <w:rsid w:val="00543888"/>
     <w:rsid w:val="00546169"/>
     <w:rsid w:val="00554458"/>
     <w:rsid w:val="0055773E"/>
     <w:rsid w:val="005765EA"/>
     <w:rsid w:val="00577C34"/>
     <w:rsid w:val="005B6EDD"/>
     <w:rsid w:val="005C4036"/>
     <w:rsid w:val="005D5ED4"/>
     <w:rsid w:val="005D7319"/>
-    <w:rsid w:val="005E4FBE"/>
     <w:rsid w:val="005E530A"/>
     <w:rsid w:val="005F5251"/>
     <w:rsid w:val="0061569B"/>
     <w:rsid w:val="00647385"/>
     <w:rsid w:val="00660DC8"/>
     <w:rsid w:val="00664509"/>
     <w:rsid w:val="006769BC"/>
     <w:rsid w:val="0068698E"/>
     <w:rsid w:val="00693CCF"/>
     <w:rsid w:val="0069418A"/>
-    <w:rsid w:val="006A02B4"/>
     <w:rsid w:val="006B6B2B"/>
     <w:rsid w:val="006B76F6"/>
     <w:rsid w:val="006B79FE"/>
     <w:rsid w:val="006C26F0"/>
     <w:rsid w:val="006C4ADD"/>
     <w:rsid w:val="006D0367"/>
     <w:rsid w:val="006E062A"/>
     <w:rsid w:val="00712C47"/>
     <w:rsid w:val="00713122"/>
     <w:rsid w:val="00726B53"/>
     <w:rsid w:val="00752217"/>
     <w:rsid w:val="00763196"/>
     <w:rsid w:val="00795982"/>
     <w:rsid w:val="007C485B"/>
     <w:rsid w:val="007E0947"/>
     <w:rsid w:val="007E2E00"/>
     <w:rsid w:val="007F2BD3"/>
     <w:rsid w:val="007F4449"/>
     <w:rsid w:val="00851BF6"/>
     <w:rsid w:val="00861D45"/>
     <w:rsid w:val="008639EA"/>
     <w:rsid w:val="00881EED"/>
     <w:rsid w:val="008A352A"/>
     <w:rsid w:val="008A61D1"/>
-    <w:rsid w:val="008C7D6A"/>
     <w:rsid w:val="008D0993"/>
     <w:rsid w:val="008E675D"/>
     <w:rsid w:val="008F2819"/>
     <w:rsid w:val="00901669"/>
     <w:rsid w:val="009060BF"/>
     <w:rsid w:val="00920457"/>
     <w:rsid w:val="00945E6A"/>
     <w:rsid w:val="009539F2"/>
+    <w:rsid w:val="00957C58"/>
     <w:rsid w:val="009665B5"/>
     <w:rsid w:val="009925A2"/>
     <w:rsid w:val="009A5F7D"/>
     <w:rsid w:val="009A6F8D"/>
     <w:rsid w:val="009C4A60"/>
     <w:rsid w:val="009E48A0"/>
     <w:rsid w:val="009E5341"/>
     <w:rsid w:val="009F35F1"/>
-    <w:rsid w:val="009F39D6"/>
     <w:rsid w:val="00A00446"/>
     <w:rsid w:val="00A009C9"/>
     <w:rsid w:val="00A24C27"/>
     <w:rsid w:val="00A31F61"/>
     <w:rsid w:val="00A46278"/>
     <w:rsid w:val="00A47B4C"/>
     <w:rsid w:val="00A66EC9"/>
     <w:rsid w:val="00A947F5"/>
     <w:rsid w:val="00A95E67"/>
     <w:rsid w:val="00AA4CC1"/>
     <w:rsid w:val="00AA7112"/>
     <w:rsid w:val="00AA7CA4"/>
     <w:rsid w:val="00AB4EE5"/>
     <w:rsid w:val="00AC171E"/>
     <w:rsid w:val="00AC5B33"/>
     <w:rsid w:val="00AE5380"/>
     <w:rsid w:val="00B00760"/>
     <w:rsid w:val="00B33661"/>
     <w:rsid w:val="00B343A6"/>
     <w:rsid w:val="00B43BDC"/>
     <w:rsid w:val="00B663B3"/>
     <w:rsid w:val="00B836EA"/>
     <w:rsid w:val="00BC21B4"/>
     <w:rsid w:val="00BC2F04"/>
     <w:rsid w:val="00BC430B"/>
@@ -2533,171 +1940,128 @@
     <w:rsid w:val="00C81E35"/>
     <w:rsid w:val="00C874B2"/>
     <w:rsid w:val="00C875B5"/>
     <w:rsid w:val="00C95979"/>
     <w:rsid w:val="00C97B20"/>
     <w:rsid w:val="00CA4828"/>
     <w:rsid w:val="00CB2A63"/>
     <w:rsid w:val="00CC1BBD"/>
     <w:rsid w:val="00CE02F9"/>
     <w:rsid w:val="00CF77F5"/>
     <w:rsid w:val="00D00017"/>
     <w:rsid w:val="00D26166"/>
     <w:rsid w:val="00D66BE9"/>
     <w:rsid w:val="00D70440"/>
     <w:rsid w:val="00D7370D"/>
     <w:rsid w:val="00D73829"/>
     <w:rsid w:val="00D73DC0"/>
     <w:rsid w:val="00D74527"/>
     <w:rsid w:val="00D75C50"/>
     <w:rsid w:val="00D91C62"/>
     <w:rsid w:val="00DA101A"/>
     <w:rsid w:val="00DA16DB"/>
     <w:rsid w:val="00DC4608"/>
     <w:rsid w:val="00DE62AA"/>
     <w:rsid w:val="00E3540E"/>
+    <w:rsid w:val="00E56401"/>
     <w:rsid w:val="00E75654"/>
     <w:rsid w:val="00E83EB6"/>
     <w:rsid w:val="00EA6E2D"/>
+    <w:rsid w:val="00EB266B"/>
     <w:rsid w:val="00EB3778"/>
     <w:rsid w:val="00EE5982"/>
     <w:rsid w:val="00F24C60"/>
     <w:rsid w:val="00F30512"/>
     <w:rsid w:val="00F520DB"/>
     <w:rsid w:val="00F65383"/>
     <w:rsid w:val="00F71847"/>
     <w:rsid w:val="00F73E3E"/>
     <w:rsid w:val="00F74A0D"/>
     <w:rsid w:val="00F90835"/>
     <w:rsid w:val="00F930F6"/>
     <w:rsid w:val="00FB2BD2"/>
     <w:rsid w:val="00FC783B"/>
     <w:rsid w:val="00FC7F77"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="293A941B"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{B6E2F8E3-0FEC-4D81-B3B8-B8DE95D2C5FA}"/>
+  <w15:docId w15:val="{BE9D425F-635F-4208-B319-59C33A0537A2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:uiPriority="99"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...42 lines deleted...]
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -2922,74 +2286,68 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:qFormat/>
     <w:rsid w:val="00C875B5"/>
     <w:pPr>
       <w:keepNext/>
       <w:tabs>
         <w:tab w:val="left" w:pos="1800"/>
       </w:tabs>
       <w:ind w:left="720" w:firstLine="540"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
-    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00C875B5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00C875B5"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00C875B5"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
@@ -3149,119 +2507,101 @@
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:color w:val="000000"/>
       <w:u w:val="none"/>
       <w:effect w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BF633D"/>
     <w:pPr>
       <w:ind w:firstLine="990"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextIndent2Char"/>
-    <w:rsid w:val="005E4FBE"/>
+    <w:rsid w:val="00E56401"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
     <w:name w:val="Body Text Indent 2 Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyTextIndent2"/>
-    <w:rsid w:val="005E4FBE"/>
+    <w:rsid w:val="00E56401"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
-    </w:rPr>
-[...16 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="897978025">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1741441374">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="150"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="apis://Base=NARH&amp;DocCode=40426&amp;ToPar=Art26&amp;Type=201/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="apis://Base=NARH&amp;DocCode=40426&amp;ToPar=Art28&#1073;&amp;Type=201/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="apis://Base=NARH&amp;DocCode=40426&amp;ToPar=Art19&amp;Type=201/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="apis://Base=NARH&amp;DocCode=40426&amp;ToPar=Art28&#1072;&amp;Type=201/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="apis://Base=NARH&amp;DocCode=40426&amp;ToPar=Art27&amp;Type=201/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="apis://Base=NARH&amp;DocCode=40426&amp;ToPar=Art26&#1073;&amp;Type=201/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="apis://Base=NARH&amp;DocCode=40426&amp;ToPar=Art26&#1072;&amp;Type=201/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="apis://Base=NARH&amp;DocCode=40426&amp;ToPar=Art131_Al1&amp;Type=201/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
@@ -3491,82 +2831,82 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>532</Words>
-  <Characters>6564</Characters>
+  <Words>1101</Words>
+  <Characters>6279</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>54</Lines>
+  <Lines>52</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
-      </vt:variant>
-[...4 lines deleted...]
-        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>&lt;arabianhorse&gt;</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7082</CharactersWithSpaces>
+  <CharactersWithSpaces>7366</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="48" baseType="variant">
       <vt:variant>
         <vt:i4>6815818</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>21</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>apis://Base=NARH&amp;DocCode=40426&amp;ToPar=Art131_Al1&amp;Type=201/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5243929</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -3681,34 +3021,34 @@
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>apis://Base=NARH&amp;DocCode=40426&amp;ToPar=Art19&amp;Type=201/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>sss</dc:creator>
+  <dc:creator>MD-517GK</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>