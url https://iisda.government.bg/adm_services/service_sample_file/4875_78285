--- v0 (2025-10-13)
+++ v1 (2025-11-23)
@@ -1,15079 +1,9533 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="0066669F" w:rsidRPr="0056155E" w:rsidRDefault="000C57A9" w:rsidP="0066669F">
+    <w:p w:rsidR="00006298" w:rsidRPr="00094A4F" w:rsidRDefault="00006298" w:rsidP="00006298">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-114300</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="716280" cy="683260"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:effectExtent l="0" t="0" r="7620" b="2540"/>
             <wp:wrapSquare wrapText="bothSides"/>
-            <wp:docPr id="5" name="Picture 1" descr="untitled"/>
+            <wp:docPr id="2" name="Picture 2" descr="untitled"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="untitled"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4">
+                    <a:blip r:embed="rId7">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="716280" cy="683260"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="0066669F" w:rsidRPr="0043282B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
         <w:t>Бланка № АУ-</w:t>
       </w:r>
-      <w:r w:rsidR="00681C79" w:rsidRPr="008843B7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>685</w:t>
       </w:r>
-      <w:r w:rsidR="0066669F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-        <w:t>_</w:t>
+          <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>_20</w:t>
       </w:r>
-      <w:r w:rsidR="0066669F" w:rsidRPr="0043282B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-        <w:t>20</w:t>
+          <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00FC1E34">
+      <w:r w:rsidR="00094A4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...13 lines deleted...]
-        <w:t>4</w:t>
+          <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00682FCE" w:rsidRPr="0085299E" w:rsidRDefault="000C57A9" w:rsidP="00682FCE">
+    <w:p w:rsidR="00006298" w:rsidRDefault="00006298" w:rsidP="00006298">
       <w:pPr>
         <w:ind w:left="1134"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
-        <w:rPr>
-[...65 lines deleted...]
-      <w:r w:rsidR="00682FCE" w:rsidRPr="0085299E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>РЕПУБЛИКА БЪЛГАРИЯ</w:t>
       </w:r>
-      <w:r w:rsidR="00682FCE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00682FCE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00682FCE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00682FCE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00682FCE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00682FCE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00682FCE" w:rsidRPr="0085299E" w:rsidRDefault="00682FCE" w:rsidP="00682FCE">
+    <w:p w:rsidR="00006298" w:rsidRPr="00056B71" w:rsidRDefault="00006298" w:rsidP="00006298">
       <w:pPr>
         <w:ind w:left="1134"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0085299E">
+      <w:r w:rsidRPr="00056B71">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>МИНИСТЕРСТВО НА ЗДРАВЕОПАЗВАНЕТО</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00682FCE" w:rsidRPr="008D6E67" w:rsidRDefault="00682FCE" w:rsidP="00682FCE">
+    <w:p w:rsidR="00006298" w:rsidRPr="00056B71" w:rsidRDefault="00006298" w:rsidP="00006298">
       <w:pPr>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:smallCaps/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0085299E">
+      <w:r w:rsidRPr="00056B71">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>РЕГИОНАЛНА ЗДРАВНА ИНСПЕКЦИЯ – СОФИЙСКА ОБЛАСТ</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6E67">
+      <w:r w:rsidRPr="00056B71">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00682FCE" w:rsidRPr="008D6E67" w:rsidRDefault="00682FCE" w:rsidP="00682FCE">
+    <w:p w:rsidR="00006298" w:rsidRDefault="00006298" w:rsidP="00006298">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00682FCE" w:rsidRPr="008D6E67" w:rsidRDefault="00682FCE" w:rsidP="00682FCE">
+    <w:p w:rsidR="00006298" w:rsidRDefault="00006298" w:rsidP="00006298">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0085299E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Гр. София, 1431, бул. Акад. Иван Гешов № 15</w:t>
       </w:r>
-      <w:r w:rsidRPr="0085299E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0085299E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6E67">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="0085299E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>mail</w:t>
       </w:r>
-      <w:r w:rsidRPr="0085299E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidR="00955992" w:rsidRPr="0039692A">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="001B7A77" w:rsidRPr="009C362F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>rzi</w:t>
         </w:r>
-        <w:r w:rsidR="00955992" w:rsidRPr="0039692A">
+        <w:r w:rsidR="001B7A77" w:rsidRPr="009C362F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>_</w:t>
         </w:r>
-        <w:r w:rsidR="00955992" w:rsidRPr="0039692A">
+        <w:r w:rsidR="001B7A77" w:rsidRPr="009C362F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>so</w:t>
         </w:r>
-        <w:r w:rsidR="00955992" w:rsidRPr="0039692A">
+        <w:r w:rsidR="001B7A77" w:rsidRPr="009C362F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>@</w:t>
         </w:r>
-        <w:r w:rsidR="00955992" w:rsidRPr="0039692A">
+        <w:r w:rsidR="001B7A77" w:rsidRPr="009C362F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>rzi</w:t>
         </w:r>
-        <w:r w:rsidR="00955992" w:rsidRPr="0039692A">
+        <w:r w:rsidR="001B7A77" w:rsidRPr="009C362F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
-        <w:r w:rsidR="00955992" w:rsidRPr="0039692A">
+        <w:r w:rsidR="001B7A77" w:rsidRPr="009C362F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>sfo</w:t>
         </w:r>
-        <w:r w:rsidR="00955992" w:rsidRPr="0039692A">
+        <w:r w:rsidR="001B7A77" w:rsidRPr="009C362F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
-        <w:r w:rsidR="00955992" w:rsidRPr="0039692A">
+        <w:r w:rsidR="001B7A77" w:rsidRPr="009C362F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>bg</w:t>
+          <w:t>egov.bg</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00682FCE" w:rsidRDefault="00682FCE" w:rsidP="00682FCE">
+    <w:p w:rsidR="00006298" w:rsidRDefault="00006298" w:rsidP="00006298">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5670"/>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0085299E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Тел. 02/807 87 00;  факс: 02/807 87 10</w:t>
       </w:r>
-      <w:r w:rsidRPr="0085299E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="008D6E67">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00955992" w:rsidRPr="0039692A">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="001B7A77" w:rsidRPr="009C362F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>www</w:t>
         </w:r>
-        <w:r w:rsidR="00955992" w:rsidRPr="0039692A">
+        <w:r w:rsidR="001B7A77" w:rsidRPr="009C362F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
-        <w:r w:rsidR="00955992" w:rsidRPr="0039692A">
+        <w:r w:rsidR="001B7A77" w:rsidRPr="009C362F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>rzi</w:t>
         </w:r>
-        <w:r w:rsidR="00955992" w:rsidRPr="0039692A">
+        <w:r w:rsidR="001B7A77" w:rsidRPr="009C362F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
-        <w:r w:rsidR="00955992" w:rsidRPr="0039692A">
+        <w:r w:rsidR="001B7A77" w:rsidRPr="009C362F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>sfo</w:t>
         </w:r>
-        <w:r w:rsidR="00955992" w:rsidRPr="0039692A">
+        <w:r w:rsidR="001B7A77" w:rsidRPr="009C362F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
-        <w:r w:rsidR="00955992" w:rsidRPr="0039692A">
+        <w:r w:rsidR="001B7A77" w:rsidRPr="009C362F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>bg</w:t>
+          <w:t>egov.bg</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00682FCE" w:rsidRDefault="00682FCE" w:rsidP="00682FCE">
+    <w:p w:rsidR="00006298" w:rsidRDefault="00006298" w:rsidP="00006298">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5670"/>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="right"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5236"/>
+        <w:gridCol w:w="4518"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00006298" w:rsidRPr="001B7A77" w:rsidTr="00094A4F">
+        <w:trPr>
+          <w:trHeight w:val="60"/>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00006298" w:rsidRPr="001B7A77" w:rsidRDefault="00006298">
+            <w:pPr>
+              <w:spacing w:line="60" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00006298" w:rsidRPr="001B7A77" w:rsidRDefault="00006298" w:rsidP="001B7A77">
+            <w:pPr>
+              <w:spacing w:line="60" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B7A77">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Вх. №_</w:t>
+            </w:r>
+            <w:r w:rsidR="001B7A77">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.............................</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B7A77">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>_ 20</w:t>
+            </w:r>
+            <w:r w:rsidR="001B7A77">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.......</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B7A77">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4530" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00006298" w:rsidRPr="001B7A77" w:rsidRDefault="00006298" w:rsidP="002C3CF4">
+            <w:pPr>
+              <w:spacing w:line="60" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B7A77">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                     </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00006298" w:rsidRPr="001B7A77" w:rsidTr="00094A4F">
+        <w:trPr>
+          <w:trHeight w:val="60"/>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00006298" w:rsidRPr="001B7A77" w:rsidRDefault="00006298">
+            <w:pPr>
+              <w:spacing w:line="60" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B7A77">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ДО </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C3CF4" w:rsidRPr="001B7A77" w:rsidRDefault="00006298" w:rsidP="002C3CF4">
+            <w:pPr>
+              <w:spacing w:line="60" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B7A77">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ДИРЕКТОР</w:t>
+            </w:r>
+            <w:r w:rsidR="00094A4F" w:rsidRPr="001B7A77">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>А</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00006298" w:rsidRPr="001B7A77" w:rsidRDefault="00006298" w:rsidP="002C3CF4">
+            <w:pPr>
+              <w:spacing w:line="60" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B7A77">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>НА РЗИ-СОФИЙСКА ОБЛАСТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4530" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00006298" w:rsidRPr="001B7A77" w:rsidRDefault="00006298">
+            <w:pPr>
+              <w:spacing w:line="60" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00006298" w:rsidRPr="001B7A77" w:rsidRDefault="00006298">
+            <w:pPr>
+              <w:spacing w:line="60" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00006298" w:rsidRPr="001B7A77" w:rsidRDefault="00006298">
+            <w:pPr>
+              <w:spacing w:line="60" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00006298" w:rsidRPr="001B7A77" w:rsidTr="00094A4F">
+        <w:trPr>
+          <w:trHeight w:val="60"/>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00006298" w:rsidRPr="001B7A77" w:rsidRDefault="00006298">
+            <w:pPr>
+              <w:spacing w:line="60" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4530" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00006298" w:rsidRPr="001B7A77" w:rsidRDefault="00006298">
+            <w:pPr>
+              <w:spacing w:line="60" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="000D3852" w:rsidRPr="006F5352" w:rsidRDefault="00006298" w:rsidP="00006298">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3780"/>
+          <w:tab w:val="right" w:pos="9754"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000D3852" w:rsidRPr="0066006D" w:rsidRDefault="000D3852">
+      <w:pPr>
+        <w:pStyle w:val="Style4"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C02DDB" w:rsidRPr="009D6FA0" w:rsidRDefault="00C02DDB">
+      <w:pPr>
+        <w:pStyle w:val="Style4"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00251BCE" w:rsidRPr="00DB413D" w:rsidRDefault="00DB413D" w:rsidP="00DB413D">
+      <w:pPr>
+        <w:pStyle w:val="Style3"/>
+        <w:widowControl/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:spacing w:val="140"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="0"/>
+          <w:spacing w:val="140"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЗАЯВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C02DDB" w:rsidRPr="00C02DDB" w:rsidRDefault="00C02DDB">
+      <w:pPr>
+        <w:pStyle w:val="Style2"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="9138"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00251BCE" w:rsidTr="00C229D2">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00251BCE" w:rsidRDefault="004D24E2">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>От</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9138" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00251BCE" w:rsidRDefault="00251BCE">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00A02689" w:rsidRPr="00A02689" w:rsidRDefault="00A02689">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3774"/>
+        <w:gridCol w:w="5865"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009561E4" w:rsidTr="00C10E00">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3774" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="009561E4" w:rsidRDefault="009561E4">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>с удостоверение за регистрация</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="009561E4" w:rsidRDefault="009561E4">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="009D7B1F" w:rsidRPr="009D7B1F" w:rsidRDefault="009D7B1F" w:rsidP="009D7B1F">
+      <w:pPr>
+        <w:pStyle w:val="Style2"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="495"/>
+        <w:gridCol w:w="3279"/>
+        <w:gridCol w:w="2406"/>
+        <w:gridCol w:w="864"/>
+        <w:gridCol w:w="865"/>
+        <w:gridCol w:w="865"/>
+        <w:gridCol w:w="865"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009D7B1F" w:rsidTr="00885B87">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D7B1F" w:rsidRDefault="009D7B1F">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>гр.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D7B1F" w:rsidRDefault="009D7B1F">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D7B1F" w:rsidRDefault="009D7B1F" w:rsidP="009D7B1F">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>код</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D7B1F" w:rsidRDefault="009D7B1F">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D7B1F" w:rsidRDefault="009D7B1F">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D7B1F" w:rsidRDefault="009D7B1F">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="009D7B1F" w:rsidRDefault="009D7B1F">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00251BCE" w:rsidRPr="008421F6" w:rsidRDefault="00251BCE">
+      <w:pPr>
+        <w:pStyle w:val="Style2"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1073"/>
+        <w:gridCol w:w="8566"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009059C4" w:rsidTr="00086159">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="009059C4" w:rsidRDefault="009059C4" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>община:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="009059C4" w:rsidRDefault="009059C4" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00251BCE" w:rsidRDefault="00251BCE">
+      <w:pPr>
+        <w:pStyle w:val="Style2"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1054"/>
+        <w:gridCol w:w="3709"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="845"/>
+        <w:gridCol w:w="2047"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001E16FA" w:rsidTr="00F974ED">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E16FA" w:rsidRDefault="001E16FA" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ул./бул.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E16FA" w:rsidRDefault="001E16FA" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E16FA" w:rsidRDefault="00F831E2" w:rsidP="00F831E2">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E16FA" w:rsidRDefault="001E16FA" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E16FA" w:rsidRDefault="00F974ED" w:rsidP="00F974ED">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п.к.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2047" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="001E16FA" w:rsidRDefault="001E16FA" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008421F6" w:rsidRDefault="008421F6">
+      <w:pPr>
+        <w:pStyle w:val="Style2"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1054"/>
+        <w:gridCol w:w="3709"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="845"/>
+        <w:gridCol w:w="2047"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0042299B" w:rsidTr="0042299B">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="0042299B" w:rsidRDefault="0042299B" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тел.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="0042299B" w:rsidRDefault="0042299B" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="0042299B" w:rsidRDefault="0042299B" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="0042299B" w:rsidRDefault="0042299B" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="845" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="0042299B" w:rsidRDefault="0042299B" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2047" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="0042299B" w:rsidRDefault="0042299B" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008421F6" w:rsidRDefault="008421F6">
+      <w:pPr>
+        <w:pStyle w:val="Style2"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A02689" w:rsidRPr="00A02689" w:rsidRDefault="00A02689">
+      <w:pPr>
+        <w:pStyle w:val="Style2"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2211"/>
+        <w:gridCol w:w="7428"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D22AB1" w:rsidTr="00D22AB1">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2211" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D22AB1" w:rsidRDefault="00D22AB1" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>представлявано от</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7428" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D22AB1" w:rsidRDefault="00D22AB1" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008421F6" w:rsidRDefault="008421F6">
+      <w:pPr>
+        <w:pStyle w:val="Style2"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1077"/>
+        <w:gridCol w:w="3686"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="3742"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009F7807" w:rsidTr="009F7807">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="009F7807" w:rsidRDefault="009F7807" w:rsidP="00E421E5">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Л.К. №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="009F7807" w:rsidRDefault="009F7807" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="009F7807" w:rsidRDefault="009F7807" w:rsidP="009F7807">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>изд. от</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3742" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="009F7807" w:rsidRDefault="009F7807" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00D22AB1" w:rsidRDefault="00D22AB1">
+      <w:pPr>
+        <w:pStyle w:val="Style2"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="652"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="544"/>
+        <w:gridCol w:w="544"/>
+        <w:gridCol w:w="544"/>
+        <w:gridCol w:w="545"/>
+        <w:gridCol w:w="544"/>
+        <w:gridCol w:w="544"/>
+        <w:gridCol w:w="545"/>
+        <w:gridCol w:w="544"/>
+        <w:gridCol w:w="544"/>
+        <w:gridCol w:w="545"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D50477" w:rsidTr="00DA2099">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="652" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D50477" w:rsidRDefault="00D50477" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D50477" w:rsidRDefault="00D50477" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D50477" w:rsidRDefault="00D50477" w:rsidP="00FB406A">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ЕГН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D50477" w:rsidRDefault="00D50477" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D50477" w:rsidRDefault="00D50477" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D50477" w:rsidRDefault="00D50477" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D50477" w:rsidRDefault="00D50477" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D50477" w:rsidRDefault="00D50477" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D50477" w:rsidRDefault="00D50477" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D50477" w:rsidRDefault="00D50477" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D50477" w:rsidRDefault="00D50477" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D50477" w:rsidRDefault="00D50477" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D50477" w:rsidRDefault="00D50477" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00D50477" w:rsidRPr="00251BCE" w:rsidRDefault="00D50477" w:rsidP="00D50477">
+      <w:pPr>
+        <w:pStyle w:val="Style2"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="495"/>
+        <w:gridCol w:w="582"/>
+        <w:gridCol w:w="2697"/>
+        <w:gridCol w:w="2406"/>
+        <w:gridCol w:w="864"/>
+        <w:gridCol w:w="865"/>
+        <w:gridCol w:w="865"/>
+        <w:gridCol w:w="865"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA07CF" w:rsidTr="00EA07CF">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA07CF" w:rsidRDefault="00EA07CF" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>адрес:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8562" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA07CF" w:rsidRDefault="00EA07CF" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F64AF4" w:rsidTr="001A1F67">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F64AF4" w:rsidRDefault="00F64AF4" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>гр.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F64AF4" w:rsidRDefault="00F64AF4" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F64AF4" w:rsidRDefault="00F64AF4" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>код</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F64AF4" w:rsidRDefault="00F64AF4" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F64AF4" w:rsidRDefault="00F64AF4" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F64AF4" w:rsidRDefault="00F64AF4" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F64AF4" w:rsidRDefault="00F64AF4" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00D22AB1" w:rsidRDefault="00D22AB1">
+      <w:pPr>
+        <w:pStyle w:val="Style2"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1073"/>
+        <w:gridCol w:w="8566"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F64AF4" w:rsidTr="00086159">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F64AF4" w:rsidRDefault="00F64AF4" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>община:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F64AF4" w:rsidRDefault="00F64AF4" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00F64AF4" w:rsidRDefault="00F64AF4" w:rsidP="00F64AF4">
+      <w:pPr>
+        <w:pStyle w:val="Style2"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1054"/>
+        <w:gridCol w:w="3709"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="845"/>
+        <w:gridCol w:w="2047"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F64AF4" w:rsidTr="001A1F67">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F64AF4" w:rsidRDefault="00F64AF4" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ул./бул.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F64AF4" w:rsidRDefault="00F64AF4" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F64AF4" w:rsidRDefault="00F64AF4" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F64AF4" w:rsidRDefault="00F64AF4" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F64AF4" w:rsidRDefault="00F64AF4" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п.к.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2047" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F64AF4" w:rsidRDefault="00F64AF4" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00F64AF4" w:rsidRDefault="00F64AF4" w:rsidP="00F64AF4">
+      <w:pPr>
+        <w:pStyle w:val="Style2"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1054"/>
+        <w:gridCol w:w="3709"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="845"/>
+        <w:gridCol w:w="2047"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F64AF4" w:rsidTr="001A1F67">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F64AF4" w:rsidRDefault="00F64AF4" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тел.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F64AF4" w:rsidRDefault="00F64AF4" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F64AF4" w:rsidRDefault="00F64AF4" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F64AF4" w:rsidRDefault="00F64AF4" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="845" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F64AF4" w:rsidRDefault="00F64AF4" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2047" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F64AF4" w:rsidRDefault="00F64AF4" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00D22AB1" w:rsidRDefault="00D22AB1">
+      <w:pPr>
+        <w:pStyle w:val="Style2"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9639"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AD1983" w:rsidTr="00AD1983">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="1613"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AD1983" w:rsidRPr="00251BCE" w:rsidRDefault="00AD1983" w:rsidP="00DA591A">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:spacing w:after="120"/>
+              <w:ind w:firstLine="720"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Моля. на основание чл. 4. ал. 2 от Наредба</w:t>
+            </w:r>
+            <w:r w:rsidR="00005C8D">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> №</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 от 2011 г. за условията и реда за получаване на разрешение за съхранение и продажба на лекарствени продукти от</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лекари</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лекари по дентална медицина и снабдяването им с лекарствени продукти</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD1983" w:rsidRDefault="00AD1983" w:rsidP="00AD1983">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>да бъде издадено разрешение за съхранение и продажба на лекарствени продукти</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AD1983" w:rsidRPr="00AD1983" w:rsidRDefault="00AD1983" w:rsidP="00AD1983">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B41E8A">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>във:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00A02689" w:rsidRDefault="00A02689">
+      <w:pPr>
+        <w:pStyle w:val="Style2"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="495"/>
+        <w:gridCol w:w="3279"/>
+        <w:gridCol w:w="2406"/>
+        <w:gridCol w:w="864"/>
+        <w:gridCol w:w="865"/>
+        <w:gridCol w:w="865"/>
+        <w:gridCol w:w="865"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00862489" w:rsidTr="001A1F67">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00862489" w:rsidRDefault="00862489" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>гр.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00862489" w:rsidRDefault="00862489" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00862489" w:rsidRDefault="00862489" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>код</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00862489" w:rsidRDefault="00862489" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00862489" w:rsidRDefault="00862489" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00862489" w:rsidRDefault="00862489" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00862489" w:rsidRDefault="00862489" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00862489" w:rsidRDefault="00862489" w:rsidP="00862489">
+      <w:pPr>
+        <w:pStyle w:val="Style2"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1219"/>
+        <w:gridCol w:w="8420"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00862489" w:rsidTr="001A1F67">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1219" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00862489" w:rsidRDefault="00862489" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>община:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8420" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00862489" w:rsidRDefault="00862489" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00862489" w:rsidRDefault="00862489" w:rsidP="00862489">
+      <w:pPr>
+        <w:pStyle w:val="Style2"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1054"/>
+        <w:gridCol w:w="3709"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="845"/>
+        <w:gridCol w:w="2047"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00862489" w:rsidTr="001A1F67">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00862489" w:rsidRDefault="00862489" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ул./бул.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00862489" w:rsidRDefault="00862489" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00862489" w:rsidRDefault="00862489" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00862489" w:rsidRDefault="00862489" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00862489" w:rsidRDefault="00862489" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п.к.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2047" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00862489" w:rsidRDefault="00862489" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00862489" w:rsidRDefault="00862489" w:rsidP="00862489">
+      <w:pPr>
+        <w:pStyle w:val="Style2"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1054"/>
+        <w:gridCol w:w="3709"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="845"/>
+        <w:gridCol w:w="2047"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00862489" w:rsidTr="001A1F67">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00862489" w:rsidRDefault="00862489" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тел.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00862489" w:rsidRDefault="00862489" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00862489" w:rsidRDefault="00862489" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00862489" w:rsidRDefault="00862489" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="845" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00862489" w:rsidRDefault="00862489" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2047" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00862489" w:rsidRDefault="00862489" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00EC7CA9" w:rsidRPr="00EC7CA9" w:rsidRDefault="00EC7CA9">
+      <w:pPr>
+        <w:pStyle w:val="Style2"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D3852" w:rsidRPr="00251BCE" w:rsidRDefault="000D3852" w:rsidP="00086159">
+      <w:pPr>
+        <w:pStyle w:val="Style2"/>
+        <w:widowControl/>
+        <w:spacing w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00251BCE">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Лекарствените продукти ще се съхраняват и продават от:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9639"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B4783F" w:rsidTr="00F95586">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B4783F" w:rsidRDefault="00B4783F" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B4783F" w:rsidTr="00F95586">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="298"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00B64C61" w:rsidRPr="00B64C61" w:rsidRDefault="00B64C61" w:rsidP="00B64C61">
+            <w:pPr>
+              <w:pStyle w:val="Style6"/>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B64C61">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>трите имена</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B4783F" w:rsidRDefault="00B4783F" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00B4783F" w:rsidRPr="00B4783F" w:rsidRDefault="00B4783F">
+      <w:pPr>
+        <w:pStyle w:val="Style6"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1077"/>
+        <w:gridCol w:w="3686"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="3742"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F95586" w:rsidTr="001A1F67">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F95586" w:rsidRDefault="00F95586" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Л.К. №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3686" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F95586" w:rsidRDefault="00F95586" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F95586" w:rsidRDefault="00F95586" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>изд. от</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3742" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F95586" w:rsidRDefault="00F95586" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00B4783F" w:rsidRPr="00B4783F" w:rsidRDefault="00B4783F">
+      <w:pPr>
+        <w:pStyle w:val="Style6"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="652"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="544"/>
+        <w:gridCol w:w="544"/>
+        <w:gridCol w:w="544"/>
+        <w:gridCol w:w="545"/>
+        <w:gridCol w:w="544"/>
+        <w:gridCol w:w="544"/>
+        <w:gridCol w:w="545"/>
+        <w:gridCol w:w="544"/>
+        <w:gridCol w:w="544"/>
+        <w:gridCol w:w="545"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F95586" w:rsidTr="001A1F67">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="652" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F95586" w:rsidRDefault="00F95586" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F95586" w:rsidRDefault="00F95586" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F95586" w:rsidRDefault="00F95586" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ЕГН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F95586" w:rsidRDefault="00F95586" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F95586" w:rsidRDefault="00F95586" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F95586" w:rsidRDefault="00F95586" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F95586" w:rsidRDefault="00F95586" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F95586" w:rsidRDefault="00F95586" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F95586" w:rsidRDefault="00F95586" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F95586" w:rsidRDefault="00F95586" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F95586" w:rsidRDefault="00F95586" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F95586" w:rsidRDefault="00F95586" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="545" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F95586" w:rsidRDefault="00F95586" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00B4783F" w:rsidRPr="00B4783F" w:rsidRDefault="00B4783F">
+      <w:pPr>
+        <w:pStyle w:val="Style6"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="495"/>
+        <w:gridCol w:w="582"/>
+        <w:gridCol w:w="2697"/>
+        <w:gridCol w:w="2406"/>
+        <w:gridCol w:w="864"/>
+        <w:gridCol w:w="865"/>
+        <w:gridCol w:w="865"/>
+        <w:gridCol w:w="865"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA07CF" w:rsidTr="001A1F67">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1077" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA07CF" w:rsidRDefault="00EA07CF" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>адрес:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8562" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA07CF" w:rsidRDefault="00EA07CF" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA07CF" w:rsidTr="001A1F67">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA07CF" w:rsidRDefault="00EA07CF" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>гр.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA07CF" w:rsidRDefault="00EA07CF" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2406" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA07CF" w:rsidRDefault="00EA07CF" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>код</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="864" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA07CF" w:rsidRDefault="00EA07CF" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA07CF" w:rsidRDefault="00EA07CF" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA07CF" w:rsidRDefault="00EA07CF" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EA07CF" w:rsidRDefault="00EA07CF" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="002F1AE8" w:rsidRPr="002F1AE8" w:rsidRDefault="002F1AE8">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1073"/>
+        <w:gridCol w:w="8566"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D52BCD" w:rsidTr="00086159">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D52BCD" w:rsidRDefault="00D52BCD" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>община:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D52BCD" w:rsidRDefault="00D52BCD" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00D52BCD" w:rsidRDefault="00D52BCD" w:rsidP="00D52BCD">
+      <w:pPr>
+        <w:pStyle w:val="Style2"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1054"/>
+        <w:gridCol w:w="3709"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="845"/>
+        <w:gridCol w:w="2047"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D52BCD" w:rsidTr="001A1F67">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D52BCD" w:rsidRDefault="00D52BCD" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ул./бул.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D52BCD" w:rsidRDefault="00D52BCD" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D52BCD" w:rsidRDefault="00D52BCD" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D52BCD" w:rsidRDefault="00D52BCD" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="845" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D52BCD" w:rsidRDefault="00D52BCD" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>п.к.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2047" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D52BCD" w:rsidRDefault="00D52BCD" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00D52BCD" w:rsidRDefault="00D52BCD" w:rsidP="00D52BCD">
+      <w:pPr>
+        <w:pStyle w:val="Style2"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1054"/>
+        <w:gridCol w:w="3709"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="845"/>
+        <w:gridCol w:w="2047"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D52BCD" w:rsidTr="001A1F67">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1054" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D52BCD" w:rsidRDefault="00D52BCD" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тел.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3709" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D52BCD" w:rsidRDefault="00D52BCD" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D52BCD" w:rsidRDefault="00D52BCD" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D52BCD" w:rsidRDefault="00D52BCD" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="845" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D52BCD" w:rsidRDefault="00D52BCD" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2047" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00D52BCD" w:rsidRDefault="00D52BCD" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00290DF2" w:rsidRDefault="00290DF2">
+      <w:pPr>
+        <w:pStyle w:val="Style5"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000F6503" w:rsidRPr="000F6503" w:rsidRDefault="000F6503">
+      <w:pPr>
+        <w:pStyle w:val="Style5"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4479"/>
+        <w:gridCol w:w="5160"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005442BE" w:rsidTr="005442BE">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4479" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="005442BE" w:rsidRDefault="005442BE" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>образователно-квалификационна степен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="005442BE" w:rsidRDefault="005442BE" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00290DF2" w:rsidRDefault="00290DF2">
+      <w:pPr>
+        <w:pStyle w:val="Style5"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2046"/>
+        <w:gridCol w:w="2717"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="2892"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00194846" w:rsidTr="004D7CC2">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2046" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00194846" w:rsidRDefault="00194846" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на дипломата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2717" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00194846" w:rsidRDefault="00194846" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00194846" w:rsidRDefault="00194846" w:rsidP="004D7CC2">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidR="004D7CC2">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2892" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00194846" w:rsidRDefault="00194846" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00290DF2" w:rsidRDefault="00290DF2">
+      <w:pPr>
+        <w:pStyle w:val="Style5"/>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1644"/>
+        <w:gridCol w:w="7995"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00893C34" w:rsidTr="00893C34">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1644" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="004D7CC2" w:rsidRDefault="00893C34" w:rsidP="00893C34">
+            <w:pPr>
+              <w:pStyle w:val="Style5"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>издадена от</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7995" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="004D7CC2" w:rsidRDefault="004D7CC2" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="000D3852" w:rsidRPr="009D6FA0" w:rsidRDefault="000D3852" w:rsidP="00C862D0">
+      <w:pPr>
+        <w:pStyle w:val="Style5"/>
+        <w:widowControl/>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2637"/>
+        <w:gridCol w:w="7002"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002F1AE8" w:rsidTr="00082A86">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="002F1AE8" w:rsidRDefault="002F1AE8" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E27036">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>А.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кратко</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>описание на сградата:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00596F05" w:rsidTr="00F101C4">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="005B43F8" w:rsidRDefault="005B43F8" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>магазинни помещения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="005B43F8" w:rsidRDefault="005B43F8" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00596F05" w:rsidTr="00596F05">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00596F05" w:rsidRDefault="00596F05" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="005B43F8" w:rsidRDefault="005B43F8" w:rsidP="008D3618">
+      <w:pPr>
+        <w:pStyle w:val="Style5"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2637"/>
+        <w:gridCol w:w="7002"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FF6A1D" w:rsidTr="00F101C4">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF6A1D" w:rsidRDefault="00FF6A1D" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>самостоятелна сграда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7002" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF6A1D" w:rsidRDefault="00FF6A1D" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF6A1D" w:rsidTr="001A1F67">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF6A1D" w:rsidRDefault="00FF6A1D" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="005B43F8" w:rsidRDefault="005B43F8" w:rsidP="008D3618">
+      <w:pPr>
+        <w:pStyle w:val="Style5"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3464"/>
+        <w:gridCol w:w="6175"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FF6A1D" w:rsidTr="00F101C4">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3464" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF6A1D" w:rsidRDefault="00FF6A1D" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>апартамент в жилищна сграда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6175" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF6A1D" w:rsidRDefault="00FF6A1D" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF6A1D" w:rsidTr="001A1F67">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FF6A1D" w:rsidRDefault="00FF6A1D" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="000D3852" w:rsidRDefault="000D3852" w:rsidP="008D3618">
+      <w:pPr>
+        <w:pStyle w:val="Style5"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="652"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="5670"/>
+        <w:gridCol w:w="907"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000D2A7C" w:rsidTr="00F101C4">
+        <w:trPr>
+          <w:trHeight w:val="1175"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9639" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="000D2A7C" w:rsidRDefault="000D2A7C" w:rsidP="000D2A7C">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E27036">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>В.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Описание на размерите на помещенията, в които е разкрито лечебното заведение за извьнболнична</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>помощ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> чл. 8, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ап. 1,</w:t>
+            </w:r>
+            <w:r w:rsidR="000549B7">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>т. 1,</w:t>
+            </w:r>
+            <w:r w:rsidR="000549B7">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> буква „</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="000549B7">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>“ или пот. 2, буква. „</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">“ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Закона</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>за лечебните заведения:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006E361C" w:rsidTr="00F101C4">
+        <w:trPr>
+          <w:trHeight w:val="402"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="652" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E361C" w:rsidRPr="001C39C7" w:rsidRDefault="001C39C7" w:rsidP="001C39C7">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C39C7">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E361C" w:rsidRDefault="001C39C7" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обща площ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E361C" w:rsidRDefault="006E361C" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="006E361C" w:rsidRPr="00B17FD1" w:rsidRDefault="00B17FD1" w:rsidP="00C02DDB">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B17FD1">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C02DDB" w:rsidTr="00F101C4">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="652" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C02DDB" w:rsidRPr="001C39C7" w:rsidRDefault="00C02DDB" w:rsidP="001C39C7">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C39C7">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C02DDB" w:rsidRDefault="00C02DDB" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лекарски кабинет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C02DDB" w:rsidRDefault="00C02DDB" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C02DDB" w:rsidRPr="00B17FD1" w:rsidRDefault="00C02DDB" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B17FD1">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C02DDB" w:rsidTr="00F101C4">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="652" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C02DDB" w:rsidRPr="001C39C7" w:rsidRDefault="00C02DDB" w:rsidP="001C39C7">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C39C7">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C02DDB" w:rsidRDefault="00C02DDB" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>чакалня</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C02DDB" w:rsidRDefault="00C02DDB" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C02DDB" w:rsidRPr="00B17FD1" w:rsidRDefault="00C02DDB" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B17FD1">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C02DDB" w:rsidTr="00F101C4">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="652" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C02DDB" w:rsidRPr="001C39C7" w:rsidRDefault="00C02DDB" w:rsidP="001C39C7">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C39C7">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C02DDB" w:rsidRDefault="00C02DDB" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>манипупационна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C02DDB" w:rsidRDefault="00C02DDB" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C02DDB" w:rsidRPr="00B17FD1" w:rsidRDefault="00C02DDB" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B17FD1">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C02DDB" w:rsidTr="00F101C4">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="652" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C02DDB" w:rsidRPr="001C39C7" w:rsidRDefault="00C02DDB" w:rsidP="001C39C7">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C39C7">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C02DDB" w:rsidRDefault="00C02DDB" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санитарен възел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C02DDB" w:rsidRDefault="00C02DDB" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C02DDB" w:rsidRPr="00B17FD1" w:rsidRDefault="00C02DDB" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B17FD1">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C02DDB" w:rsidTr="00F101C4">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="652" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C02DDB" w:rsidRPr="001C39C7" w:rsidRDefault="00C02DDB" w:rsidP="001C39C7">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C39C7">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C02DDB" w:rsidRDefault="00C02DDB" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>други помещения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C02DDB" w:rsidRDefault="00C02DDB" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C02DDB" w:rsidRPr="00B17FD1" w:rsidRDefault="00C02DDB" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B17FD1">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C02DDB" w:rsidTr="00F101C4">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="652" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C02DDB" w:rsidRPr="001C39C7" w:rsidRDefault="00C02DDB" w:rsidP="001C39C7">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001C39C7">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C02DDB" w:rsidRDefault="00C02DDB" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00251BCE">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>място за съхранение на лекарствата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C02DDB" w:rsidRDefault="00C02DDB" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C02DDB" w:rsidRPr="00B17FD1" w:rsidRDefault="00C02DDB" w:rsidP="001A1F67">
+            <w:pPr>
+              <w:pStyle w:val="Style2"/>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B17FD1">
+              <w:rPr>
+                <w:rStyle w:val="FontStyle15"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008D3618" w:rsidRDefault="008D3618" w:rsidP="008D3618">
+      <w:pPr>
+        <w:pStyle w:val="Style5"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CF53D7" w:rsidRDefault="00CF53D7" w:rsidP="008D3618">
+      <w:pPr>
+        <w:pStyle w:val="Style5"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AF72C1" w:rsidRPr="00AF72C1" w:rsidRDefault="00AF72C1" w:rsidP="00AF72C1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Желая да получа отговор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF72C1" w:rsidRPr="00AF72C1" w:rsidRDefault="00AF72C1" w:rsidP="00AF72C1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(отбелязва се избрания начин на получаване)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF72C1" w:rsidRPr="00AF72C1" w:rsidRDefault="00AF72C1" w:rsidP="00AF72C1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AF72C1" w:rsidRPr="00AF72C1" w:rsidRDefault="00AF72C1" w:rsidP="00AF72C1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>□ С писмо (на посочения адрес)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF72C1" w:rsidRPr="00AF72C1" w:rsidRDefault="00AF72C1" w:rsidP="00AF72C1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>□ На място в звеното за административно обслужване</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF72C1" w:rsidRPr="00AF72C1" w:rsidRDefault="00AF72C1" w:rsidP="00AF72C1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>□ Ч</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>рез куриер, за сметка на получателя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF72C1" w:rsidRPr="00AF72C1" w:rsidRDefault="00AF72C1" w:rsidP="00AF72C1">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>□ П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="x-none"/>
+        </w:rPr>
+        <w:t>о електронен път на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адрес:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00AF72C1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          </w:rPr>
+          <w:t>https://edelivery.egov.bg/</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="right"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="597"/>
-[...35 lines deleted...]
-        <w:gridCol w:w="135"/>
+        <w:gridCol w:w="3686"/>
+        <w:gridCol w:w="6068"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0066669F" w:rsidRPr="008843B7">
+      <w:tr w:rsidR="009C5A60" w:rsidRPr="009C5A60" w:rsidTr="009C5A60">
         <w:trPr>
           <w:trHeight w:val="60"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0066669F" w:rsidRPr="008843B7" w:rsidRDefault="0066669F" w:rsidP="0066669F">
+          <w:p w:rsidR="009C5A60" w:rsidRPr="009C5A60" w:rsidRDefault="009C5A60" w:rsidP="007069B4">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5A60">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C5A60" w:rsidRPr="009C5A60" w:rsidRDefault="009C5A60" w:rsidP="007069B4">
             <w:pPr>
               <w:spacing w:line="60" w:lineRule="atLeast"/>
-              <w:rPr>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>____</w:t>
-[...20 lines deleted...]
-            <w:gridSpan w:val="23"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5A60">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>град................................</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6068" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0066669F" w:rsidRPr="008843B7" w:rsidRDefault="0066669F" w:rsidP="0066669F">
+          <w:p w:rsidR="009C5A60" w:rsidRPr="009C5A60" w:rsidRDefault="009C5A60" w:rsidP="007069B4">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5A60">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009C5A60" w:rsidRPr="009C5A60" w:rsidRDefault="009C5A60" w:rsidP="007069B4">
             <w:pPr>
               <w:spacing w:line="60" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008843B7">
-[...23 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="009C5A60">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>ДО</w:t>
+              <w:t>подпис: ............................................................................</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0066669F" w:rsidRPr="008843B7">
+      <w:tr w:rsidR="009C5A60" w:rsidRPr="009C5A60" w:rsidTr="009C5A60">
         <w:trPr>
           <w:trHeight w:val="60"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0066669F" w:rsidRPr="008843B7" w:rsidRDefault="0066669F" w:rsidP="0066669F">
+          <w:p w:rsidR="009C5A60" w:rsidRPr="009C5A60" w:rsidRDefault="009C5A60" w:rsidP="007069B4">
             <w:pPr>
               <w:spacing w:line="60" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008843B7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+            <w:r w:rsidRPr="009C5A60">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4530" w:type="dxa"/>
-            <w:gridSpan w:val="23"/>
+            <w:tcW w:w="6068" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0066669F" w:rsidRPr="008843B7" w:rsidRDefault="0066669F" w:rsidP="0066669F">
+          <w:p w:rsidR="009C5A60" w:rsidRPr="009C5A60" w:rsidRDefault="009C5A60" w:rsidP="007069B4">
             <w:pPr>
               <w:spacing w:line="60" w:lineRule="atLeast"/>
-              <w:jc w:val="both"/>
+              <w:jc w:val="center"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-[...27 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5A60">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>ДИРЕКТОРА</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> НА</w:t>
+              <w:t>(печат)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0066669F" w:rsidRPr="008843B7">
+      <w:tr w:rsidR="009C5A60" w:rsidRPr="009C5A60" w:rsidTr="009C5A60">
         <w:trPr>
           <w:trHeight w:val="60"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0066669F" w:rsidRPr="008843B7" w:rsidRDefault="0066669F" w:rsidP="0066669F">
+          <w:p w:rsidR="009C5A60" w:rsidRPr="009C5A60" w:rsidRDefault="009C5A60" w:rsidP="007069B4">
             <w:pPr>
               <w:spacing w:line="60" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008843B7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+            <w:r w:rsidRPr="009C5A60">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t> </w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="23"/>
+              <w:t>дата................................</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6068" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0066669F" w:rsidRPr="008843B7" w:rsidRDefault="0066669F" w:rsidP="0066669F">
+          <w:p w:rsidR="009C5A60" w:rsidRPr="009C5A60" w:rsidRDefault="009C5A60" w:rsidP="007069B4">
             <w:pPr>
               <w:spacing w:line="60" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-[...47 lines deleted...]
-              <w:t>СОФИЙСКА ОБЛАСТ</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C5A60">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>..........................................................................................</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0066669F" w:rsidRPr="008843B7">
+      <w:tr w:rsidR="009C5A60" w:rsidRPr="009C5A60" w:rsidTr="009C5A60">
         <w:trPr>
           <w:trHeight w:val="60"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4110" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:tcW w:w="3686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0066669F" w:rsidRPr="008843B7" w:rsidRDefault="0066669F" w:rsidP="0066669F">
+          <w:p w:rsidR="009C5A60" w:rsidRPr="009C5A60" w:rsidRDefault="009C5A60" w:rsidP="007069B4">
             <w:pPr>
               <w:spacing w:line="60" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008843B7">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+            <w:r w:rsidRPr="009C5A60">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4530" w:type="dxa"/>
-            <w:gridSpan w:val="23"/>
+            <w:tcW w:w="6068" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0066669F" w:rsidRPr="008843B7" w:rsidRDefault="0066669F" w:rsidP="0066669F">
-[...159 lines deleted...]
-          <w:p w:rsidR="0066669F" w:rsidRPr="008843B7" w:rsidRDefault="0066669F" w:rsidP="0066669F">
+          <w:p w:rsidR="009C5A60" w:rsidRPr="009C5A60" w:rsidRDefault="009C5A60" w:rsidP="007069B4">
             <w:pPr>
               <w:spacing w:line="60" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008843B7">
-[...39 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+            <w:r w:rsidRPr="009C5A60">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">с </w:t>
-[...4519 lines deleted...]
-              <w:t> </w:t>
+              <w:t>(трите имена на лицето)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0066669F" w:rsidRPr="008843B7" w:rsidRDefault="0066669F" w:rsidP="0066669F">
+    <w:p w:rsidR="003F3EBB" w:rsidRDefault="003F3EBB" w:rsidP="003F3EBB">
       <w:pPr>
-        <w:spacing w:line="268" w:lineRule="auto"/>
-        <w:ind w:firstLine="283"/>
+        <w:overflowPunct w:val="0"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="center"/>
-[...8576 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...34 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A11D48" w:rsidRDefault="00A11D48" w:rsidP="00A11D48">
+    <w:p w:rsidR="009C5A60" w:rsidRDefault="009C5A60" w:rsidP="00094A4F">
       <w:pPr>
-        <w:rPr>
-[...158 lines deleted...]
-          <w:szCs w:val="16"/>
+        <w:overflowPunct w:val="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00881324" w:rsidRDefault="007F3F09" w:rsidP="00881324">
+    <w:p w:rsidR="009C5A60" w:rsidRDefault="009C5A60" w:rsidP="00094A4F">
+      <w:pPr>
+        <w:overflowPunct w:val="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3EBB" w:rsidRDefault="003F3EBB" w:rsidP="00AF72C1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F3EBB" w:rsidRDefault="003F3EBB" w:rsidP="00AF72C1">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AF72C1" w:rsidRPr="00AF72C1" w:rsidRDefault="00AF72C1" w:rsidP="00AF72C1">
+      <w:pPr>
+        <w:ind w:left="720"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001357F4">
-[...39 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Декларация за ползване на лични данни</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00881324" w:rsidRDefault="00881324" w:rsidP="00881324">
+    <w:p w:rsidR="00AF72C1" w:rsidRPr="00AF72C1" w:rsidRDefault="00AF72C1" w:rsidP="00AF72C1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00881324" w:rsidRDefault="00881324" w:rsidP="00881324">
+    <w:p w:rsidR="00AF72C1" w:rsidRPr="00AF72C1" w:rsidRDefault="00AF72C1" w:rsidP="00AF72C1">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Запознат съм с Политиката за прозрачност, обявена на интернет страницата на</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">на РЗИ – Софийска област и </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ДАВАМ СВОЕТО СЪГЛАСИЕ</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> за обработване на личните ми данни чрез компютърни и други системи, с цел осъществяване на законово регламентираните функции. Уведомен/а съм за целта и средствата за обработка на данните ми и сферата на ползването им, както и с правото ми на достъп до и на корекция на данните.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00881324" w:rsidRDefault="00881324" w:rsidP="00881324">
+    <w:p w:rsidR="00AF72C1" w:rsidRPr="00AF72C1" w:rsidRDefault="00AF72C1" w:rsidP="00AF72C1">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00881324" w:rsidRDefault="00881324" w:rsidP="00881324">
+    <w:p w:rsidR="00AF72C1" w:rsidRPr="00AF72C1" w:rsidRDefault="00AF72C1" w:rsidP="00AF72C1">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Подпис на декларатор: .......................................                                     </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>               </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
-        <w:t>                 дата: .......................... 20</w:t>
+        <w:t>      дата: .......................... 20</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r w:rsidRPr="00AF72C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>...г.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00881324" w:rsidRDefault="00881324" w:rsidP="00881324">
+    <w:p w:rsidR="00AF72C1" w:rsidRPr="00AF72C1" w:rsidRDefault="00AF72C1" w:rsidP="00AF72C1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00881324" w:rsidRDefault="00881324" w:rsidP="00881324">
+    <w:p w:rsidR="00B353AA" w:rsidRPr="00AF72C1" w:rsidRDefault="00B353AA" w:rsidP="008D3618">
       <w:pPr>
-        <w:ind w:left="720"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:pStyle w:val="Style5"/>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle15"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00881324" w:rsidRDefault="00881324" w:rsidP="00881324">
-[...20 lines deleted...]
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
+    <w:sectPr w:rsidR="00B353AA" w:rsidRPr="00AF72C1" w:rsidSect="00D370D5">
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11909" w:h="16834"/>
+      <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="1304" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:docGrid w:linePitch="360"/>
+      <w:noEndnote/>
+      <w:titlePg/>
+      <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00E26394" w:rsidRDefault="00E26394">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00E26394" w:rsidRDefault="00E26394">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cordia New">
+    <w:panose1 w:val="020B0304020202020204"/>
+    <w:charset w:val="DE"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="01000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Franklin Gothic Book">
+    <w:panose1 w:val="020B0503020102020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00D370D5" w:rsidRPr="00B252A3" w:rsidRDefault="00D370D5" w:rsidP="00D370D5">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:b/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00B252A3">
+      <w:rPr>
+        <w:b/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Предоставените от Вас лични данни са защитени, съгласно Закона за защита на личните данни и нормативните актове, регламентиращи защитата на информация и се обработват само във връзка с осъществяването на установените</w:t>
+    </w:r>
+    <w:r w:rsidR="00AF72C1">
+      <w:rPr>
+        <w:b/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> със закон функции на РЗИ</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B252A3">
+      <w:rPr>
+        <w:b/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>.</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00D370D5" w:rsidRDefault="00D370D5" w:rsidP="00D370D5">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="00D370D5" w:rsidRDefault="00D370D5">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="00D370D5" w:rsidRDefault="00D370D5">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00E26394" w:rsidRDefault="00E26394">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00E26394" w:rsidRDefault="00E26394">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="04973BB4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="70FA9DC4"/>
+    <w:lvl w:ilvl="0" w:tplc="9B52309C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="19935A44"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7CF40320"/>
+    <w:lvl w:ilvl="0" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="213F1421"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DC22C60A"/>
+    <w:lvl w:ilvl="0" w:tplc="907C6DBA">
+      <w:start w:val="10"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6840"/>
+        </w:tabs>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:embedSystemFonts/>
+  <w:bordersDoNotSurroundHeader/>
+  <w:bordersDoNotSurroundFooter/>
   <w:defaultTabStop w:val="720"/>
-  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:evenAndOddHeaders/>
+  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:drawingGridVerticalSpacing w:val="120"/>
+  <w:displayHorizontalDrawingGridEvery w:val="0"/>
+  <w:displayVerticalDrawingGridEvery w:val="3"/>
+  <w:doNotUseMarginsForDrawingGridOrigin/>
+  <w:doNotShadeFormData/>
+  <w:characterSpacingControl w:val="compressPunctuation"/>
+  <w:doNotValidateAgainstSchema/>
+  <w:doNotDemarcateInvalidXml/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
+    <w:spaceForUL/>
+    <w:balanceSingleByteDoubleByteWidth/>
+    <w:doNotLeaveBackslashAlone/>
+    <w:ulTrailSpace/>
+    <w:adjustLineHeightInTable/>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0066669F"/>
-[...24 lines deleted...]
-    <w:rsid w:val="00FC1E34"/>
+    <w:rsidRoot w:val="0073392E"/>
+    <w:rsid w:val="00005C8D"/>
+    <w:rsid w:val="00006298"/>
+    <w:rsid w:val="000549B7"/>
+    <w:rsid w:val="00056B71"/>
+    <w:rsid w:val="0006261C"/>
+    <w:rsid w:val="00082A86"/>
+    <w:rsid w:val="00086159"/>
+    <w:rsid w:val="00094A4F"/>
+    <w:rsid w:val="000A0229"/>
+    <w:rsid w:val="000B66DB"/>
+    <w:rsid w:val="000D2A7C"/>
+    <w:rsid w:val="000D3852"/>
+    <w:rsid w:val="000F6503"/>
+    <w:rsid w:val="00147B3C"/>
+    <w:rsid w:val="001876D1"/>
+    <w:rsid w:val="00194846"/>
+    <w:rsid w:val="00196124"/>
+    <w:rsid w:val="001A1F67"/>
+    <w:rsid w:val="001A3B88"/>
+    <w:rsid w:val="001B7A77"/>
+    <w:rsid w:val="001C39C7"/>
+    <w:rsid w:val="001D59B5"/>
+    <w:rsid w:val="001E16FA"/>
+    <w:rsid w:val="00251BCE"/>
+    <w:rsid w:val="00290DF2"/>
+    <w:rsid w:val="002C3CF4"/>
+    <w:rsid w:val="002F1AE8"/>
+    <w:rsid w:val="003259A3"/>
+    <w:rsid w:val="00347781"/>
+    <w:rsid w:val="00362392"/>
+    <w:rsid w:val="003F3EBB"/>
+    <w:rsid w:val="0042299B"/>
+    <w:rsid w:val="004A30BC"/>
+    <w:rsid w:val="004D24E2"/>
+    <w:rsid w:val="004D3F49"/>
+    <w:rsid w:val="004D7CC2"/>
+    <w:rsid w:val="005442BE"/>
+    <w:rsid w:val="00596F05"/>
+    <w:rsid w:val="005B43F8"/>
+    <w:rsid w:val="006021A2"/>
+    <w:rsid w:val="0066006D"/>
+    <w:rsid w:val="006A2208"/>
+    <w:rsid w:val="006E361C"/>
+    <w:rsid w:val="006F5352"/>
+    <w:rsid w:val="0073392E"/>
+    <w:rsid w:val="007565CA"/>
+    <w:rsid w:val="00764682"/>
+    <w:rsid w:val="007A618B"/>
+    <w:rsid w:val="007F1652"/>
+    <w:rsid w:val="00823143"/>
+    <w:rsid w:val="008421F6"/>
+    <w:rsid w:val="008566E4"/>
+    <w:rsid w:val="0086237B"/>
+    <w:rsid w:val="00862489"/>
+    <w:rsid w:val="00872330"/>
+    <w:rsid w:val="00885B87"/>
+    <w:rsid w:val="00893C34"/>
+    <w:rsid w:val="008D3618"/>
+    <w:rsid w:val="009059C4"/>
+    <w:rsid w:val="0090778F"/>
+    <w:rsid w:val="009561E4"/>
+    <w:rsid w:val="009C5A60"/>
+    <w:rsid w:val="009D2E51"/>
+    <w:rsid w:val="009D6FA0"/>
+    <w:rsid w:val="009D7B1F"/>
+    <w:rsid w:val="009F7807"/>
+    <w:rsid w:val="00A02689"/>
+    <w:rsid w:val="00AD1983"/>
+    <w:rsid w:val="00AD310C"/>
+    <w:rsid w:val="00AF72C1"/>
+    <w:rsid w:val="00B065E8"/>
+    <w:rsid w:val="00B17FD1"/>
+    <w:rsid w:val="00B252A3"/>
+    <w:rsid w:val="00B353AA"/>
+    <w:rsid w:val="00B41E8A"/>
+    <w:rsid w:val="00B4783F"/>
+    <w:rsid w:val="00B64C61"/>
+    <w:rsid w:val="00C02DDB"/>
+    <w:rsid w:val="00C03289"/>
+    <w:rsid w:val="00C10E00"/>
+    <w:rsid w:val="00C229D2"/>
+    <w:rsid w:val="00C4032A"/>
+    <w:rsid w:val="00C862D0"/>
+    <w:rsid w:val="00C93957"/>
+    <w:rsid w:val="00CD4B6A"/>
+    <w:rsid w:val="00CD7DE2"/>
+    <w:rsid w:val="00CF53D7"/>
+    <w:rsid w:val="00D22AB1"/>
+    <w:rsid w:val="00D22EF1"/>
+    <w:rsid w:val="00D370D5"/>
+    <w:rsid w:val="00D42273"/>
+    <w:rsid w:val="00D50477"/>
+    <w:rsid w:val="00D52BCD"/>
+    <w:rsid w:val="00D764C9"/>
+    <w:rsid w:val="00DA2099"/>
+    <w:rsid w:val="00DA591A"/>
+    <w:rsid w:val="00DB413D"/>
+    <w:rsid w:val="00DE4F14"/>
+    <w:rsid w:val="00E26394"/>
+    <w:rsid w:val="00E27036"/>
+    <w:rsid w:val="00E421E5"/>
+    <w:rsid w:val="00EA07CF"/>
+    <w:rsid w:val="00EC7CA9"/>
+    <w:rsid w:val="00F101C4"/>
+    <w:rsid w:val="00F64AF4"/>
+    <w:rsid w:val="00F831E2"/>
+    <w:rsid w:val="00F95586"/>
+    <w:rsid w:val="00F96CE8"/>
+    <w:rsid w:val="00F974ED"/>
+    <w:rsid w:val="00FB406A"/>
+    <w:rsid w:val="00FF6A1D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
-  <w:smartTagType w:namespaceuri="schemas-fourth-com/fourthcoffee2" w:url=" " w:name="flavor2"/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="metricconverter"/>
+  <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{8D7F4021-0523-4A8A-B649-6F2CAE7D4ED1}"/>
+  <w14:defaultImageDpi w14:val="0"/>
+  <w15:docId w15:val="{C7833876-C78B-4096-A141-DE0791C609E1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Verdana" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...15 lines deleted...]
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -15226,540 +9680,812 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0066669F"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
+      <w:rFonts w:hAnsi="Verdana"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style1">
+    <w:name w:val="Style1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style2">
+    <w:name w:val="Style2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style3">
+    <w:name w:val="Style3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style4">
+    <w:name w:val="Style4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style5">
+    <w:name w:val="Style5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style6">
+    <w:name w:val="Style6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style7">
+    <w:name w:val="Style7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style8">
+    <w:name w:val="Style8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
+    <w:name w:val="Font Style11"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle12">
+    <w:name w:val="Font Style12"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cordia New" w:hAnsi="Cordia New" w:cs="Cordia New"/>
+      <w:sz w:val="34"/>
+      <w:szCs w:val="34"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle13">
+    <w:name w:val="Font Style13"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:w w:val="50"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle14">
+    <w:name w:val="Font Style14"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Franklin Gothic Book"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle15">
+    <w:name w:val="Font Style15"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle16">
+    <w:name w:val="Font Style16"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Franklin Gothic Book"/>
+      <w:b/>
+      <w:bCs/>
+      <w:w w:val="50"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle17">
+    <w:name w:val="Font Style17"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle18">
+    <w:name w:val="Font Style18"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book" w:cs="Franklin Gothic Book"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle19">
+    <w:name w:val="Font Style19"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="10"/>
+      <w:sz w:val="12"/>
+      <w:szCs w:val="12"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle20">
+    <w:name w:val="Font Style20"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="004E4544"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:color w:val="0066CC"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style">
-[...1 lines deleted...]
-    <w:rsid w:val="00717324"/>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00251BCE"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...4 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003259A3"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="003259A3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Списък на абзаци1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="003259A3"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00A11D48"/>
+    <w:rsid w:val="00CF53D7"/>
     <w:pPr>
+      <w:widowControl/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D370D5"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00D370D5"/>
+    <w:rPr>
+      <w:rFonts w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D370D5"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00D370D5"/>
+    <w:rPr>
+      <w:rFonts w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
-    <w:rsid w:val="00595062"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D370D5"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
-    <w:rsid w:val="00595062"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:locked/>
+    <w:rsid w:val="00D370D5"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style">
+    <w:name w:val="Style"/>
+    <w:rsid w:val="00AF72C1"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="140" w:right="140" w:firstLine="840"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="182593170">
+    <w:div w:id="394083095">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="185757070">
-[...13 lines deleted...]
-      <w:bodyDiv w:val="1"/>
+    <w:div w:id="440225129">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edelivery.egov.bg/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rzi-sfo.bg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rzi_so@rzi-sfo.bg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rzi_so@rzi-sfo.egov.bg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edelivery.egov.bg/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rzi-sfo.egov.bg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office тема">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Оffice">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Оffice">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Оffice">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>4199</Characters>
+  <Pages>3</Pages>
+  <Words>367</Words>
+  <Characters>2707</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>Бланка № АУ-2133_2016</vt:lpstr>
-      <vt:lpstr>Бланка № АУ-2133_2016</vt:lpstr>
+      <vt:lpstr/>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>RCZ</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4926</CharactersWithSpaces>
+  <CharactersWithSpaces>3068</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...56 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Бланка № АУ-2133_2016</dc:title>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>РЗИ Бургас</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>