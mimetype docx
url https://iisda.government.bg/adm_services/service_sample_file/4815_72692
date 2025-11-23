--- v0 (2025-10-13)
+++ v1 (2025-11-23)
@@ -10,75 +10,73 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="001873FB" w:rsidRPr="004A20B4" w:rsidRDefault="004D2F3D" w:rsidP="00E7381C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve">Вх.№ </w:t>
       </w:r>
       <w:r w:rsidR="003F4D07">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>АУ-477-</w:t>
       </w:r>
       <w:r w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>.........................................../</w:t>
       </w:r>
-      <w:r w:rsidR="00095C12" w:rsidRPr="004A20B4">
-[...3 lines deleted...]
-        <w:t>............... 201</w:t>
+      <w:r w:rsidR="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>............... 20…</w:t>
       </w:r>
       <w:r w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
       <w:r w:rsidR="001873FB" w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>г.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E7381C" w:rsidRPr="004A20B4" w:rsidRDefault="00E7381C" w:rsidP="00E7381C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004D2F3D" w:rsidRPr="004A20B4" w:rsidRDefault="00817673" w:rsidP="004D2F3D">
@@ -200,51 +198,67 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">от </w:t>
       </w:r>
       <w:r w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(трите имена) </w:t>
       </w:r>
       <w:r w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>..................................................</w:t>
+        <w:t>......................................</w:t>
+      </w:r>
+      <w:r w:rsidR="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...............</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>............</w:t>
       </w:r>
       <w:r w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00FA4153" w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>................</w:t>
       </w:r>
       <w:r w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -320,51 +334,68 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>с адрес</w:t>
       </w:r>
       <w:r w:rsidR="00442876" w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>: гр./с. .............................................</w:t>
       </w:r>
       <w:r w:rsidR="00442876" w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>.......................</w:t>
+        <w:t>....................</w:t>
+      </w:r>
+      <w:r w:rsidR="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>................</w:t>
+      </w:r>
+      <w:r w:rsidR="00442876" w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>...</w:t>
       </w:r>
       <w:r w:rsidR="00FA4153" w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.................</w:t>
       </w:r>
       <w:r w:rsidR="00442876" w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
       <w:r w:rsidR="00442876" w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -447,94 +478,142 @@
         <w:t>..........</w:t>
       </w:r>
       <w:r w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>..</w:t>
       </w:r>
       <w:r w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.......</w:t>
       </w:r>
       <w:r w:rsidR="00817673">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidR="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.............</w:t>
+      </w:r>
+      <w:r w:rsidR="00817673">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...... № ........ бл. .......вх. .......ап.......тел...........</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4153" w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.....</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4153" w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>....</w:t>
-      </w:r>
-[...14 lines deleted...]
-        <w:t>.....</w:t>
       </w:r>
       <w:r w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>................</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00031677" w:rsidRDefault="00442876" w:rsidP="00031677">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>в качеството си на ..........................................................................</w:t>
+        <w:t>в качеството си на ......................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>....................</w:t>
       </w:r>
       <w:r w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>...........................</w:t>
       </w:r>
       <w:r w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>...........................</w:t>
       </w:r>
       <w:r w:rsidR="00817673">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>....</w:t>
@@ -593,357 +672,167 @@
       </w:r>
       <w:r w:rsidRPr="00031677">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00442876" w:rsidRPr="004A20B4" w:rsidRDefault="00442876" w:rsidP="00442876">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>на фирма......................................</w:t>
+        <w:t>на фирма....................................</w:t>
+      </w:r>
+      <w:r w:rsidR="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..</w:t>
       </w:r>
       <w:r w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>................</w:t>
       </w:r>
       <w:r w:rsidR="00FA4153" w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>................</w:t>
       </w:r>
       <w:r w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
       <w:r w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>................................................................</w:t>
       </w:r>
       <w:r w:rsidR="00817673">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>......</w:t>
       </w:r>
       <w:r w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>. ЕИК ..........................................</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00442876" w:rsidRPr="004A20B4" w:rsidRDefault="00442876" w:rsidP="00442876">
+        <w:t>. ЕИК .....................</w:t>
+      </w:r>
+      <w:r w:rsidR="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.............</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.....................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00914CB3" w:rsidRPr="004A20B4" w:rsidRDefault="00817673" w:rsidP="00442876">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A20B4">
-[...33 lines deleted...]
-      <w:r w:rsidRPr="004A20B4">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ел. адрес. .........................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="008444EB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>...........</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A20B4">
-[...194 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">ел. адрес. ...........................................................................................................................тел/факс </w:t>
+        <w:t xml:space="preserve">..................................................................тел/факс </w:t>
       </w:r>
       <w:r w:rsidR="00442876" w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>...................................</w:t>
       </w:r>
       <w:r w:rsidR="00442876" w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>......................</w:t>
       </w:r>
@@ -1063,113 +952,184 @@
         <w:tab/>
         <w:t>М</w:t>
       </w:r>
       <w:r w:rsidR="003F4D07">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve">оля, </w:t>
       </w:r>
       <w:r w:rsidR="00A050E2" w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve">да ми бъде издаден/о: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A050E2" w:rsidRPr="00031677" w:rsidRDefault="00A050E2" w:rsidP="004D2F3D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A050E2" w:rsidRPr="004A20B4" w:rsidRDefault="00A050E2" w:rsidP="00A050E2">
+    <w:p w:rsidR="00A050E2" w:rsidRDefault="00A050E2" w:rsidP="00A050E2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve">                                </w:t>
       </w:r>
       <w:r w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>З</w:t>
+      </w:r>
       <w:r w:rsidR="00031677">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
-        <w:t xml:space="preserve">заверен </w:t>
+        <w:t xml:space="preserve">аверен </w:t>
       </w:r>
       <w:r w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve">препис            </w:t>
       </w:r>
       <w:r w:rsidR="00031677">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00031677">
-[...3 lines deleted...]
-        <w:t>допълнителен екземпляр</w:t>
+      <w:r w:rsidR="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>Допълнителен екземпляр</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008444EB" w:rsidRPr="004A20B4" w:rsidRDefault="008444EB" w:rsidP="00A050E2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>□</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Копие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>□</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>Дубликат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A050E2" w:rsidRPr="00031677" w:rsidRDefault="00A050E2" w:rsidP="00A050E2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A20B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve">                                </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00442876" w:rsidRDefault="00A050E2" w:rsidP="00A050E2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1311,684 +1271,657 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>........................</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008D277A" w:rsidRDefault="008D277A" w:rsidP="00A050E2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008D277A" w:rsidRPr="004A20B4" w:rsidRDefault="008D277A" w:rsidP="00A050E2">
-[...4 lines deleted...]
-          <w:i/>
+    <w:p w:rsidR="00A050E2" w:rsidRDefault="003F4D07" w:rsidP="00A050E2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:i/>
-[...8 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/н</w:t>
+      </w:r>
+      <w:r w:rsidR="00A050E2" w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>аименование на документа/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008444EB" w:rsidRDefault="008444EB" w:rsidP="008444EB">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>/н</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="003F4D07" w:rsidRPr="003F4D07" w:rsidRDefault="003F4D07" w:rsidP="003F4D07">
+        <w:t>Прилагам следните документи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008444EB" w:rsidRDefault="008444EB" w:rsidP="008444EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. …………………………………………………………………………………………………………………………………………………………………...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008444EB" w:rsidRPr="004A20B4" w:rsidRDefault="008444EB" w:rsidP="008444EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. …………………………………………………………………………………………………………………………………………………………………...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008444EB" w:rsidRDefault="008444EB" w:rsidP="003F4D07">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Заплащането на извършената услуга ще извърша</w:t>
-[...8 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="003F4D07" w:rsidRPr="003F4D07" w:rsidRDefault="003F4D07" w:rsidP="003F4D07">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F4D07">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:sz w:val="20"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">ПК </w:t>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Заплащането на извършената услуга ще извърша</w:t>
       </w:r>
       <w:r w:rsidRPr="003F4D07">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>1431 гр. София, бул. „Акад. Иван Гешов“ № 15, етаж 3, кабинет</w:t>
-[...18 lines deleted...]
-    <w:p w:rsidR="003F4D07" w:rsidRPr="003F4D07" w:rsidRDefault="003F4D07" w:rsidP="003F4D07">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4D07" w:rsidRPr="008444EB" w:rsidRDefault="003F4D07" w:rsidP="003F4D07">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...9 lines deleted...]
-      <w:r w:rsidR="00435BC0">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ в брой - в Центъра за административно обслужване на РЗИ – Софийска област, на адрес: </w:t>
+      </w:r>
+      <w:r w:rsidR="00435BC0" w:rsidRPr="008444EB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ПК </w:t>
       </w:r>
-      <w:r w:rsidRPr="003F4D07">
-[...7 lines deleted...]
-      <w:r w:rsidR="00435BC0">
+      <w:r w:rsidRPr="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1431 гр. София, бул. „Акад. Иван </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Гешов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>“ № 15, етаж 3, кабинет</w:t>
+      </w:r>
+      <w:r w:rsidR="00435BC0" w:rsidRPr="008444EB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> №</w:t>
       </w:r>
-      <w:r w:rsidRPr="003F4D07">
+      <w:r w:rsidRPr="008444EB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 41;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003F4D07" w:rsidRDefault="003F4D07" w:rsidP="003F4D07">
+    <w:p w:rsidR="003F4D07" w:rsidRPr="008444EB" w:rsidRDefault="003F4D07" w:rsidP="003F4D07">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4D07">
-[...108 lines deleted...]
-    <w:p w:rsidR="003F4D07" w:rsidRPr="003F4D07" w:rsidRDefault="003F4D07" w:rsidP="003F4D07">
+      <w:r w:rsidRPr="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>□ картови плащания чрез инсталиран ПОС терминал - в Центъра за административно обслужване на Р</w:t>
+      </w:r>
+      <w:r w:rsidR="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ЗИ – Софийска област</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4D07" w:rsidRPr="008444EB" w:rsidRDefault="008444EB" w:rsidP="003F4D07">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4D07">
-[...44 lines deleted...]
-        <w:ind w:left="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ по банков път </w:t>
+      </w:r>
+      <w:r w:rsidR="003F4D07" w:rsidRPr="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- по транзитната сметка на РЗИ – Софийска област.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D277A" w:rsidRPr="008444EB" w:rsidRDefault="008D277A" w:rsidP="008D277A">
+      <w:pPr>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F4D07">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">□ по електронен път на адрес </w:t>
+      <w:r w:rsidRPr="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ E-плащане чрез единната входна точка, достъпна на адрес:  </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="003F4D07">
+        <w:r w:rsidR="008444EB" w:rsidRPr="008444EB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>https://edelivery</w:t>
+          <w:t>https://pay.egov.bg/</w:t>
         </w:r>
-        <w:r w:rsidRPr="003F4D07">
+      </w:hyperlink>
+      <w:r w:rsidR="008444EB" w:rsidRPr="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008444EB" w:rsidRPr="008D277A" w:rsidRDefault="008444EB" w:rsidP="008D277A">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F4D07" w:rsidRPr="008444EB" w:rsidRDefault="008444EB" w:rsidP="003F4D07">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Заявявам</w:t>
+      </w:r>
+      <w:r w:rsidR="003F4D07" w:rsidRPr="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> желанието си издаденият индивидуален административ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ен акт</w:t>
+      </w:r>
+      <w:r w:rsidR="003F4D07" w:rsidRPr="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да бъде получен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008444EB" w:rsidRPr="003A1BA9" w:rsidRDefault="008444EB" w:rsidP="008444EB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A1BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ на място, лично или чрез упълномощено лице, в Центъра за административно обслужване на РЗИ – Софийска област, на адрес: гр. София, бул. Акад. Иван </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003A1BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Гешов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003A1BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 15; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008444EB" w:rsidRPr="003A1BA9" w:rsidRDefault="008444EB" w:rsidP="008444EB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A1BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ по електронен път на адрес </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="003A1BA9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>.</w:t>
-[...8 lines deleted...]
-          <w:t>egov.bg/</w:t>
+          <w:t>https://edelivery.egov.bg/</w:t>
         </w:r>
       </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="008444EB" w:rsidRPr="003A1BA9" w:rsidRDefault="008444EB" w:rsidP="008444EB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A1BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>□ чрез електро</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="003A1BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нна поща на адрес: ……………………………………………………………………...………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008444EB" w:rsidRPr="003A1BA9" w:rsidRDefault="008444EB" w:rsidP="008444EB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A1BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>□ чрез лицензиран пощенски оператор на адрес: ……………….................…………………………………………………………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008444EB" w:rsidRPr="003A1BA9" w:rsidRDefault="008444EB" w:rsidP="008444EB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A1BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>□ като куриерска пратка на адрес  ………...…………………………...................……………….………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008444EB" w:rsidRPr="003A1BA9" w:rsidRDefault="008444EB" w:rsidP="008444EB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A1BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>………………………………………………………………………………………………………….телефон ……………………………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4D07" w:rsidRPr="008444EB" w:rsidRDefault="008444EB" w:rsidP="008444EB">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="1080" w:hanging="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A1BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>като декларирам, че разходите за доставка са за моя сметка платими при получаването.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003F4D07" w:rsidRPr="003F4D07" w:rsidRDefault="003F4D07" w:rsidP="00AD37DD">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="003F4D07">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="003F4D07" w:rsidRPr="003F4D07" w:rsidRDefault="003F4D07" w:rsidP="003F4D07">
+        <w:t xml:space="preserve">Заявител: .....................................                                                                                                        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D277A" w:rsidRPr="008D277A" w:rsidRDefault="003F4D07" w:rsidP="00AD37DD">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="1080" w:hanging="1080"/>
-[...1 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F4D07">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>□ чрез лицензиран пощенски оператор……</w:t>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD37DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="008D277A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>……………………………...</w:t>
-[...124 lines deleted...]
-    <w:p w:rsidR="003F4D07" w:rsidRPr="003E3F0C" w:rsidRDefault="003F4D07" w:rsidP="003F4D07">
+        <w:t>(подпис)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D277A" w:rsidRDefault="008D277A" w:rsidP="003F4D07">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-        </w:rPr>
-[...59 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008D277A" w:rsidRPr="00155A7E" w:rsidRDefault="008D277A" w:rsidP="008D277A">
+    <w:p w:rsidR="008D277A" w:rsidRPr="00155A7E" w:rsidRDefault="006478EB" w:rsidP="008D277A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:pict>
           <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w:rsidR="008D277A" w:rsidRPr="00155A7E" w:rsidRDefault="008D277A" w:rsidP="008D277A">
       <w:pPr>
         <w:ind w:left="2844" w:firstLine="696"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -2119,176 +2052,176 @@
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>...г.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C1406B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003F4D07" w:rsidRPr="003F4D07" w:rsidSect="00221074">
-      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="707" w:bottom="567" w:left="851" w:header="708" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00137F1B" w:rsidRDefault="00137F1B" w:rsidP="00031677">
+    <w:p w:rsidR="006478EB" w:rsidRDefault="006478EB" w:rsidP="00031677">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00137F1B" w:rsidRDefault="00137F1B" w:rsidP="00031677">
+    <w:p w:rsidR="006478EB" w:rsidRDefault="006478EB" w:rsidP="00031677">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Hebar">
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00221074" w:rsidRDefault="00221074" w:rsidP="00221074">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="8085"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00137F1B" w:rsidRDefault="00137F1B" w:rsidP="00031677">
+    <w:p w:rsidR="006478EB" w:rsidRDefault="006478EB" w:rsidP="00031677">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00137F1B" w:rsidRDefault="00137F1B" w:rsidP="00031677">
+    <w:p w:rsidR="006478EB" w:rsidRDefault="006478EB" w:rsidP="00031677">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F0939C1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C9A3C96"/>
     <w:lvl w:ilvl="0" w:tplc="FF6A1318">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
         <w:b/>
       </w:rPr>
@@ -2612,138 +2545,141 @@
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00914CB3"/>
     <w:rsid w:val="000027DD"/>
     <w:rsid w:val="00031677"/>
     <w:rsid w:val="00095C12"/>
     <w:rsid w:val="000F3284"/>
     <w:rsid w:val="00137F1B"/>
     <w:rsid w:val="001873FB"/>
     <w:rsid w:val="001874BC"/>
     <w:rsid w:val="00221074"/>
     <w:rsid w:val="00243209"/>
     <w:rsid w:val="00296366"/>
     <w:rsid w:val="002E0D69"/>
     <w:rsid w:val="00300E5D"/>
     <w:rsid w:val="00322C58"/>
     <w:rsid w:val="00361781"/>
     <w:rsid w:val="003F4D07"/>
     <w:rsid w:val="00410D4C"/>
     <w:rsid w:val="00435BC0"/>
     <w:rsid w:val="00442876"/>
     <w:rsid w:val="004A20B4"/>
     <w:rsid w:val="004D2F3D"/>
     <w:rsid w:val="00545381"/>
+    <w:rsid w:val="006478EB"/>
     <w:rsid w:val="00654A2B"/>
     <w:rsid w:val="007D485D"/>
     <w:rsid w:val="00817673"/>
+    <w:rsid w:val="008444EB"/>
     <w:rsid w:val="008D277A"/>
     <w:rsid w:val="00914CB3"/>
     <w:rsid w:val="009712A8"/>
     <w:rsid w:val="00A050E2"/>
     <w:rsid w:val="00A442B1"/>
     <w:rsid w:val="00A46FA2"/>
     <w:rsid w:val="00AD05F7"/>
     <w:rsid w:val="00AD37DD"/>
     <w:rsid w:val="00B1085E"/>
     <w:rsid w:val="00B96FDB"/>
     <w:rsid w:val="00BC1318"/>
     <w:rsid w:val="00C252A2"/>
     <w:rsid w:val="00CF1237"/>
     <w:rsid w:val="00E53F7E"/>
     <w:rsid w:val="00E72F1E"/>
     <w:rsid w:val="00E7381C"/>
     <w:rsid w:val="00E9312A"/>
     <w:rsid w:val="00F3049D"/>
     <w:rsid w:val="00FA4153"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="32B70952"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{0CD56E42-0F22-4D40-8E38-0144CFD21107}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3132,51 +3068,50 @@
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:line="300" w:lineRule="atLeast"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Hebar" w:hAnsi="Hebar"/>
       <w:b/>
       <w:sz w:val="42"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
     <w:rsid w:val="00914CB3"/>
     <w:rPr>
       <w:rFonts w:ascii="Hebar" w:eastAsia="Times New Roman" w:hAnsi="Hebar" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="42"/>
       <w:szCs w:val="20"/>
@@ -3310,56 +3245,55 @@
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00031677"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00817673"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edelivery.egov.bg/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edelivery.egov.bg/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pay.egov.bg/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3584,75 +3518,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>720</Words>
-  <Characters>4109</Characters>
+  <Words>658</Words>
+  <Characters>3755</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>31</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4820</CharactersWithSpaces>
+  <CharactersWithSpaces>4405</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>7274614</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://edelivery.egov.bg/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>