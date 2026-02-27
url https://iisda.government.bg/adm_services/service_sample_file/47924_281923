--- v0 (2025-12-29)
+++ v1 (2026-02-27)
@@ -1,50 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00027BC0" w:rsidRDefault="0035031B" w:rsidP="005C394A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7FBCB20C" wp14:editId="0507845A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1946275</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
@@ -57,51 +56,51 @@
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2514600" cy="1377950"/>
                           <a:chOff x="3518" y="492"/>
                           <a:chExt cx="3960" cy="2170"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="2" name="Picture 6"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6">
+                          <a:blip r:embed="rId5">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="4856" y="492"/>
                             <a:ext cx="1260" cy="1680"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
@@ -182,78 +181,78 @@
                                   <w:szCs w:val="32"/>
                                 </w:rPr>
                                 <w:t>ОБЩИНА    КАРЛОВО</w:t>
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group id="Group 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:153.25pt;margin-top:-29.75pt;width:198pt;height:108.5pt;z-index:251657728" coordorigin="3518,492" coordsize="3960,2170" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAMf/fT9KBAAAXQwAAA4AAABkcnMvZTJvRG9jLnhtbOxX227jNhB9L9B/&#10;IPSuWJIlyxJiLxxfggXSNuhuP4CWKItYiVRJOnZa9N87Q0q+JAE2yL6uATskhxzOzDkzw9x+OrYN&#10;eWJKcylmXngTeISJQpZc7GbeX183/tQj2lBR0kYKNvOemfY+zX/95fbQ5SyStWxKpggoETo/dDOv&#10;NqbLRyNd1Kyl+kZ2TICwkqqlBqZqNyoVPYD2thlFQTAZHaQqOyULpjWsrpzQm1v9VcUK80dVaWZI&#10;M/PANmN/lf3d4u9ofkvznaJdzYveDPoBK1rKBVx6UrWihpK94q9UtbxQUsvK3BSyHcmq4gWzPoA3&#10;YfDCm3sl9531ZZcfdt0pTBDaF3H6sNri96dHRXgJ2HlE0BYgsreSBENz6HY57LhX3ZfuUTn/YPgg&#10;i28axKOXcpzv3GayPfwmS1BH90ba0Bwr1aIKcJocLQLPJwTY0ZACFqMkjCcBAFWALBynaZb0GBU1&#10;AInnxkkInAJxnEUOvqJe98fH2aQ/G4WpPTiiubvX2trbNr/teJHDt48ojF5F9PvMg1Nmr5jXK2nf&#10;paOl6tu+8wH8jhq+5Q03z5bIECI0Sjw98gJDjZMzONEADkjxUjJB14c97gRFjyw0RMhlTcWOLXQH&#10;GeCwHZaUkoea0VLjMoJ4rcVOr6zYNrzb8KZB7HDc+wtJ9IKEb4TMEXwli33LhHEZq1gDrkuha95p&#10;j6ictVsGBFSfy9ASBcjwoA1eh7SwWfRvNF0EQRbd+cskWPpxkK79RRanfhqs0ziIp+EyXP6Hp8M4&#10;32sGYaDNquO9rbD6yto3U6YvLi4ZbVKTJ2pLB0bKGjT8tSbCEoYEbdWq+BOCDftgbBQzRY3DCiLX&#10;r8Pmk8CG+RxZxEBDin03a+JpMrlm/5A6YTRwP5xMr7kPzFDa3DPZEhxAqMFQG2r6BG4414YtaLSQ&#10;CLh1pRFXC+CDW3kLpCzI1tP1NPbjaLIGkFYrf7FZxv5kE6bJarxaLlfhAFLNy5IJvObHMbIhlw0v&#10;B5pqtdsuG+Ww29iPpToAcN42Qq6czRhwRWVn3mVhFAd3UeZvJtPUjzdx4mdpMPWDMLuDYhNn8Wpz&#10;7dIDF+zHXSKHmZclUWJRujAaeXbhW2A/r32jecsNNNaGtzNvetpEc8z8tSgttIbyxo0vQoHmn0Ph&#10;KO+oPnAUpDiELzYIaNt6KAkwe1+aYdN+q+F9qWnHwGVUey5+46H4fUVc7uSRpOhxvwk7EzFHWMaC&#10;ZqngGtS5Cr4qeRdHnZ535d6p80TBZIwWOKJg3zo3niTLejiGfjck1s/c+5l7H809JCxy1LHVHLfH&#10;PgG2snwG/isJVR2ePvASh0Et1T8eOcCrdubpv/cUHynNZwHJmYVxjM9gO4mTNIKJupRsLyVUFKBq&#10;5hmPuOHSuKfzvlN8V8NNLuGEXMAjr+K2k6CpziooFDiB+mBH9g1rS0v/3sZH8uXc7jr/VzD/HwAA&#10;//8DAFBLAwQUAAYACAAAACEAWGCzG7oAAAAiAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJl&#10;bHOEj8sKwjAQRfeC/xBmb9O6EJGmbkRwK/UDhmSaRpsHSRT79wbcKAgu517uOUy7f9qJPSgm452A&#10;pqqBkZNeGacFXPrjagssZXQKJ+9IwEwJ9t1y0Z5pwlxGaTQhsUJxScCYc9hxnuRIFlPlA7nSDD5a&#10;zOWMmgeUN9TE13W94fGTAd0Xk52UgHhSDbB+DsX8n+2HwUg6eHm35PIPBTe2uAsQo6YswJIy+A6b&#10;6hpIA+9a/vVZ9wIAAP//AwBQSwMEFAAGAAgAAAAhAKTfieThAAAACwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FuwjAMhu+T9g6RJ+0GSUGB0TVFCG07oUmDSRO30Ji2okmqJrTl7eedxu23/On352w9&#10;2ob12IXaOwXJVABDV3hTu1LB9+F98gIsRO2MbrxDBTcMsM4fHzKdGj+4L+z3sWRU4kKqFVQxtinn&#10;oajQ6jD1LTranX1ndaSxK7np9EDltuEzIRbc6trRhUq3uK2wuOyvVsHHoIfNPHnrd5fz9nY8yM+f&#10;XYJKPT+Nm1dgEcf4D8OfPqlDTk4nf3UmsEbBXCwkoQomckWBiKWYUTgRKpcSeJ7x+x/yXwAAAP//&#10;AwBQSwMECgAAAAAAAAAhAFMFS9HpNQAA6TUAABUAAABkcnMvbWVkaWEvaW1hZ2UxLmpwZWf/2P/h&#10;AOZFeGlmAABJSSoACAAAAAUAEgEDAAEAAAABAAAAMQECABwAAABKAAAAMgECABQAAABmAAAAEwID&#10;AAEAAAABAAAAaYcEAAEAAAB6AAAAAAAAAEFDRCBTeXN0ZW1zIERpZ2l0YWwgSW1hZ2luZwAyMDA0&#10;OjEyOjAzIDExOjQzOjQ2AAUAAJAHAAQAAAAwMjIwkJICAAQAAAAyNjUAAqAEAAEAAACHAAAAA6AE&#10;AAEAAADAAAAABaAEAAEAAAC8AAAAAAAAAAIAAQACAAQAAABSOTgAAgAHAAQAAAAwMTAwAAAAAAoA&#10;AAD/wAARCADAAIcDASEAAhEBAxEB/9sAhAADAgICAgEDAgICAwMDAwQHBAQEBAQJBgYFBwoJCwsK&#10;CQoKDA0RDgwMEAwKCg8UDxAREhMTEwsOFRYVEhYREhMSAQQFBQYFBg0HBw0bEg8SGxsbGxsbGxsb&#10;GxsbGxsbGxsbGxsbGxsbGxsbGxsbGxsbGxsbGxsbGxsbGxsbGxsbGxv/xADHAAACAgMBAQEAAAAA&#10;AAAAAAAABwUGBAgJAwECEAABAwMCAwUEBAgLBQgDAAABAgMEBQYRACEHEjEIEyJBURRhcYEjMkKR&#10;CRUWOVJyobMzN2Jjc3R1gpKxslNUg6LBJCU2Q0ST0dJFo/ABAAIDAQEBAQAAAAAAAAAAAAUGAAQH&#10;AwgCAREAAQIEAgYGBAsHBQEBAAAAAQIDAAQFESExBhJBUWFxEyKBkaGxFDJSwRUjMzRCYnJzgsLw&#10;JGOSorLR4QclNUNTFvH/2gAMAwEAAhEDEQA/AOqejUiQaNSJBqPr1w0K1rVfrlx1eJTKfGTzOyZT&#10;obbSPifP3eevwkAXMfK1pbSVKNgI1d4k/hBbFoinYHDagSrikp8ImysxYg94BHeL+BCPjpIy+1d2&#10;q+IUxX5LvKgx3CfBSKQnu0/8RwLUP8Wgs5U2pVBcWoJSNphAma7OVB/0aloJ4gXJ7Ng5+EYIuvtm&#10;MTlTfynuoqxun29tafkjmI8vIalYXa27VVguBV1sJqMdJ/8Ay9GCEY9zjQbJ+OToLJ6SSE25qMvg&#10;nccL8r28I+HW9KKSnpphCtXbeyh22vbvEOLhv+EIs2tTWadxKtqRb7izymfDUZMUH1UnHeJHwC9b&#10;S2/cdAuu1Ga5bNZh1SnyBlqTEeS62r1GR5jzHUeem1l4OjjDLSawzU0WyWMx7xw8oktGrEH4NGpE&#10;g0akSDRqRINGpEhNdoHtN2dwLoXsLiRVrmktc8WlNLxyA5w48r7CNviryGMkaHXPcfFntC3M7dV7&#10;18sUaO4eVx9RagROvgZaH1l422BUduY+egNUn0yre/YAM1E5AcT/AJOAhGqzz1VmxTZY2AxWdgAz&#10;vwTt3nDOMmjMW3a1Lel2tQGJz7HhVVKwpClE/wAyyTgHz25lAHfU5UJlwTYlOmVu8pHdS32eZlpz&#10;uUpjrAy4AMJGFBSTtsU6VDJNtuh+bR0rxJAuDqIwvZIOB4qzJvllBiVsxL+jSiujaAuThrLxtdRG&#10;I4DIC2ecRzVOtRbj78qvOuLbaSptXPhTrnI6T64HMhv7wPtAjNVVrkol5Cn0S6pXs7bSnVOPyvaG&#10;ChOcqAwUkEJ2AB6gZ1ZeBnVFmoS4LYSbYY4AYBWFjjYZHC8dGiJVIdk3iF3xx4nMbRv5xh1yPa9x&#10;thN30GLFU+VGPW6K2G1LxjKlt9FjJAOwI3A315W1VuLfZyribz4fXA3UqBJUC8prLkOSB0S+z1Qr&#10;yzsRnAUNxrjKTC6S62ytRU0s2QpWaVbW1eOqezcYDVGSU4o1KSAS83itIyUn20jdY9Ydu+N3+APa&#10;gsnjlSxTmwKNczKOZ+kvuglwAZK2Vbd4n1GApONxjBLn1oTaw4nWEM0hOt1CXS8jbmNx2iDRrpBC&#10;DRqRINGpEg1rf2pO1hT+EdPesqy1szrwkNeNeQpqlpUNlrHRThBylHwUrbAVxdc6NF4E1WeFPlFO&#10;7chzP6vGnNAtRc6eviRxael1GRVnDIiQHHCZNTdUf4RfmEZI+PwwFWCoPGfXlIvcrp0RiOFQIMVK&#10;e5Q0rwgtYUE5SSk+eeVQPTGs7S65OTKppuxULpaByJBsteRyyG8BVsyYFU+TTJSgQ/cFdlOnaAcU&#10;o2Z5niRfIRHVi7w5IcYo8OMw2cgvd0CpZKOUqGR4TgkZGDjGdxnVaUtawkLWVBI5U5OcD001U6QE&#10;m0NckrNrk+Q5X7czjFSdm/SXDqiyRlb3x+dftl52PIS8w6ttaeikKwR89FFJCgUqFwYoAlJuM4s1&#10;MvV4RVQa00mSy6QXHMeNeBkJV6pKkoJ8zg5zk6zbZkXBHEquUj2RqNJX3aqY9/BTU7JUOTHL1KRk&#10;ADKsDGcaTpymyso06h25acsABmCdo+yACNuHeyy06/MrQpFukRcknIjcftXIPOK/clohmSeIXC5y&#10;VTJVKdD8ymtOFMmnOJO7rRG5QD/h+Gw2+7LHa0gcUYUaw79fbiXc03ysSDhDVUAHUeSXcblPQ7lP&#10;mEkaHNuFJYfN1oOqTv3KHBQse8bIEslFIqmojBh/FP1Tf1eYN09xjZrRpsh2g0akSDRqRI1r7S/a&#10;7t/hlb8u0rAqEaqXe5lla28OMUz1Us9FODyRvg7q6cqtQLRthEJKeId/NOVWsVd4v0umvkqclOqV&#10;nv3gdykqOQPtaUa7MrUgSzJspZ1QdwzUr8KQe20JrjjdUqtldZpgXP1lXsE9qrDlrGJGZIj1J2dM&#10;u6c6mqPYejyWlh5tSAccjfIeXY5GMgbdU4IVA1Ws1CsyUOz3gtSE8ownAJwMqPqo43Pn92utPlUh&#10;QVq2QjBvZgQAQRmCLbcb3wEfc4+dUjW6y8V7cbkgg5WN9nDGMHRo/AiDRqRINSFHrMqj1Rt9olba&#10;F94WishJVggK2+0M7HyOq8ywmZZU0rIju4x2YdUw4HE7ItvfxJtzR5vDxkxZ7PeSnVpJbbbbO5Sv&#10;mGOpwAMjGBlXlWbts/8AHUd6+bIjrp9Wprne1SmR1FDkdxJz37GNwMjJA3SemkTXdknEPTCruJsl&#10;z7KidQk5dU9yVYwZqUoioyy0S6bDFTf2kgawG3rDvUnCNruy/wBsKj3rb8eyeKlXjU6446Q3HqMh&#10;YaYqSR05lHAS77tgry3ONbUAgpyDkHWjMudIi+2LtHqCahKJWT1hgef+c4+6Nd4NRrvx67Y9t8GO&#10;IsmyYlqT61XYzSHHOZ1MeKjnSFJ8fiUo4IJASPj6ax3N2mO0pxxaeoltNrpVOfPI41RGVMDlPk5I&#10;USoZHUcyQfTQSoVJqTbUt1WqkZk/r/MIs/VZydmjTqeglVyL7eNtw4nnhFUoHD+3bRq7L9ddRc9w&#10;c2WaRCy5HbWN/pV48ZH6IHkc5G+rDMl1KEt+561JYXU5vI4pJVyqQyoHAZV9nyGRzEEYIACipJSV&#10;zjvSvApU4NVCdqUE4qUN6yBceyCCcyDElJIpUv0TZCtU6y1bCsDBIO5AJx9o3tkIpVRqUmpyw4+U&#10;AIBCEttpQlIJJOyQB1JPTWJrQWWksNhtOQ7fE4wvuOKdWVq2waNdo5waNSJBo1IkSNFrc2iVDvIz&#10;qg04U982CB3gBz5g4PXChuM7auLUtMynQLjt9xMCtNpcITGwGkIRuoOZA8j9ok+JI8WcoU6vKIQ6&#10;Ji10r6qxjYp1TcnHOwsOO/CGGmzClNlm9lJxSdxuLDLK5uYgrntC1bum9883+R1yOAKdZkMqRBkq&#10;IyFerROc9MfE76krX4p9pzgRBYiQZ06TRI+O7jyUCfBKOuEqGS2k+iVJ1Qp9RNPUmVmV3B+TXfBa&#10;dmOWsNo25iBNQkJmWeVUqYkj/wBEWxQdvV2oJxB2ZYWjZbs79syVxh4xwuH9wWQ1AqMtp11M2HKK&#10;mD3aCsgtqHMnZJ+0rW0On9lzpU3hipFRNTlumKbEGx8P7xzw7WMOI9+FzpjD0ZtxqUulB9C0hSXA&#10;VJSQoHYgpAGNV9uqVa6rkqNEn3I9CixlFDMdnDLAQF8u6UjGBkE58gTkY0kVNpozi31t65bSCkHI&#10;EqsTbK9tuyBtOUpLz7SFagW4oEjOwF7XztfZGEu4qMiMqBQKK+jZp9lUZZC0u9TzZCicZSM+qSRj&#10;m1ju21xBuuSJz1HqEjIwhbiOROMeXNj066+mjK0g+lVN5OucicxcC4wzy2DKLSw/UviJFs6m4ZYE&#10;2PDtOcYrlgXo3UhEVbFQK1dClkqR/iHh/bq0xeBVzv0Xv5FQgx5BxhhSlKx+soAgH4Z1xqOmdJkU&#10;IUhXSFWxNjYbzu5HHzjrJaMVCbUpK06ltqr4nhv55RX6xwzvSi5U9RnJDQ/8yL9KPuG4+YGq3Iiy&#10;oqwmVGdZKhkBxBST9+j9NrMhVWwuWcB4ZEcxn7oETtMm6espfQRx2Htjy0aMQMi6W1wnuq4WkyHG&#10;E06KrcOyQQpQ/kp6n54Hv0wqXwZtKi09c2uyHqj3KC4srUWm0gDJOEnP3nWSaQabFtwydMxVkV5i&#10;/wBUbeZw3A5xotG0WC0CZn8E56u3t3cs49aPw6sSrWdFuFFtK5pTAkCMmW5jcZ5RlX/wNVtfDOYy&#10;pFycNqsXUHmSqNJVyOpPRSMkAZByMKwRjrnQqT0pm23nWaorpGb6isACM7KsLXvY33WwxzITOj8s&#10;tpDkgNR22uMSQcrjHdcW8eEDUqtUI1VZhXjAlspS2sOMSmuZpxxR/hE4wQMqKiU74ASDjAHnGrT9&#10;AuamRrZrEmOy89h5hE0PNkd5hKiAMAlPUdR89OiJFp1kNoCVy6wTlcX6x1gfonIHecrYwrqmnG3S&#10;tRKHkkDOx2C3EZnzvhFi7MWB+GSfA/36r/6XtdF9N9I+Yt8h5CK1D9R77xXujnt2rfzvtF/pKV+8&#10;GvLhzw/plZrtRuWtspkNInOtR46t0EhW6lDz64A9xzpH0nqTlLS+60bKKUpB3XUrHuvbjHbR+RRP&#10;1BxtzFIcUSN9gMO+0M2ZPo1u09pLgbjpeWG2WWW/E6s9EpSBknXlX2rlfo6RbcuFFkdVe1NFefQA&#10;g4H3HWHMIQlxuYngVNqJvY9Y2zOPHvxAN8tgdUpSFsypAWkDMYC+WXDuwNoTlW4u8QIM16kykwok&#10;qMotOqQxlXMPiSPuGNN+g23HpUduVNcVPqZTl6a+edwqI3CSfqp/kjbGnnSanyVBk2hIX+OuSom5&#10;1RbAZWB1sd9rGFShTk1V5lwzlvirWSBhrG+J3kWw3XwiJql4y7e40Q6DVGkLp1VSPZpP1VNOE45D&#10;5EZ5fTHMMk6sNZodLuChrp1XhokML3wrYpPqD1B940pzLKqWZadlVEa6QoHcoEhQ5XHcbGGJh1M+&#10;H5V8X1SUniCLg9x8Lwralw4tK2a25GqDEyf+MylukoDpSe9zgtqKRgbqSeY+QO2RvardtazrLVBo&#10;r7UaZWJq+dK1tBbhIGSoZ+ogY/Z5nTfUtIKtUpMJQbBwa3VwslA69znYqucdgtthbkaPTpGZKlC5&#10;QbY43Kj1cMrgW7Twi76XvGa5FUvh6iiRVH2qrK7shPUND633kgfM6UtG5X0ysMNnLWueSet7oYq5&#10;MejU11Yztbvw98XajwRTLThU1IwIsdDP+FIH/TS04qxq1adabu62alIhtzHA3LabV4C7jwrKehyB&#10;g5HkPXRHRp5l+s9FMJCkPXSQeOI7bgY5iKVcacZpnSMnVW1YgjhgfAmLxHE+rcIIT0uLDqEt6I2+&#10;6zIQA28ooBKemE5z1wR7tLi57Wthdt0u8LchqguGoNMyovMcNq5sKSU/ZUlQxgYHnolQJx6Rm1Il&#10;1HoysoUk4iyr6pHHCxPLfFGsSzc3LhbyRrhIUFbbi2sDwxw7d0fOzF+eTkf16r/6XtdF9bvR/mLf&#10;IeQjP6H6j33ivdHPbtW/nfaL/SUr94NS9pVyNbfAaqVqUkrRGnyFBAOCtRcwkfMkazjTGXVNuBhO&#10;a1IHeVCCOjDyZacmnlZJLh7gkxmWLRalPlqve60KNUlgiMyoYTEZPQJSehP3495OrtrJa2+29OqQ&#10;z8m31E8k4X7Tc8zGn0plbcqFO+uvrK5nHwFh2Qn6xabVzdsd+OUkRmG2pcvbHMAlPh+ew+/Tg0X0&#10;knS+zJy/sNJ71Ae4CB1ElQ07Mve04ruBPvJilcTbJeuq32p9NcUipU0KWwkHZwbEp9x2GD//AAsV&#10;u1kV60WKiWVMOqBQ+ysEKacScKSQdxgj/LVKZmBOUVlH0mVKTzSvrA9hBHdvi0wyZaqOq2OgHtTg&#10;R2gg98edzW5Gua30wnpDsZ1l1MiPIZOFsuJ6KH36X9g0eqU/tOVhq4JK5sxiHzIkrz9IlSkYUPlt&#10;7txopR6ij4JmpRSRrBBKVbbFSQpPLI98UKlJK+EZeYSTqlQBGy4Bsfd3Q19LG86J+NO1jbSJZKoz&#10;rJUEkbZaK3CPn4c/HQ7RqY9Gm3HBmG3COYQT7ouVxnp5dCDkVovyKgPfDO1Xr9t565+Fs2kxlASF&#10;AOM56FaTkD3Zxj56D0yZElPMzCskqSTyBxgnPMGalHGRmpJHeIj+Fdc/G3CtmC+CiZST7E+2rZSe&#10;XZOR8NviDr7xKitJ4coW02hv/vKO6vlTjnJcSMn39N/dpiU0ZPSUtDLpPAm48CIChwTNDDhz1PEC&#10;x8RFN7Lsdx78MXOcRjDEqruLyfL6RO3zUNdEteiqR8xb5DyEZjQx8W994r3Rz77bdHui1u3fTeJj&#10;lAkLo4RCVFlkfQOvMnmLRUM8qvD0O5GSM414WdcNDeYgzIxTNtityypKJKEldNnZz3a/cTuCfcfe&#10;UfSqVdcUSnDWBsRmFpupJHPrJ5kR9UGZTLVSYZdGOtrY5FCiAruulXIGG3o156jc4r1LiN0y465c&#10;lWW1F9tkJQlTqwkJZaSEpJJ6ZPMfgRrAqnFex6XlP429rcH2IqC5n+99X9umpmkz1emf2RF0gJTr&#10;HBPVSE59l7DHhC+5UZSkMftKrElRtmcVE5dueUVGp8fE4KKNb5Po5Kdx/wAqf/tqunjRdiXHVxot&#10;LjKfX3jhajq8SsAZOVHfAA+WtMp/+n0q03+1uqUo5hOA5ZEnw5QizmmMw4v9mQABkTif7DxiatDi&#10;fdlbukRqhOiNR+ReVeyk5UEKUBkDY+EnfqAdYD3GW4otxqefo9IdfaQWUPhh1tSmyQfNWcHAOMDX&#10;yNDKYudcl2ytACRiFA3vcEEEE7t3iI/f/p55Eqh5YSq6jgQcLWtuH65xL0vj4nnCK1QCB5uRXc/8&#10;qv8A7am1XvZlz3PRqnErTUSXTJKld3MHdEtuIKFgKPhzuD18tAJ3QydpDpmJQ9KiygR9IBSSk4bc&#10;9mPCDErpPK1FsMzHxa7g3+iSCDnsy24cYYLbjbrIcaWlaFDIUk5B1+tZWQUmxjQAQRcRXX7aMLic&#10;zc1FSG1yT3FSZBwl5BGzn6yTj4jPn1pd931TzCm1OpPKFvUl8MtMtnlXVJifEGwrybSRkn3Z3208&#10;UsKqcw2/mttITzVfVQfwpxP2OMJ9VdRSpVxKvUUSr8NrqH4lYD7UZ/Yisy97k7Xk7jJJoio9CdRM&#10;DktXgbcfdVkoaB3Vgk5PQYwTnbW++vRki10EulAyEZ1o+HTJl1wWK1FXfEJednW/f/DKoWhdEBEu&#10;m1JksvNnqPRST5KScEHyIB1zQtGgTLQ7Sl48Gai+p1tRlwm8jHO/HJU08B5ZSkn4EaEaQpAklO7U&#10;db+EhXuj8nmwiqSrozUS2eShb3mHUniRb1M4Z02rVqekSJcVDhYa8Tqlcu+E+Qznc4Gl3cPG+uz1&#10;KYoEZunMnYOK+kdP3jA+4/HWUUDQszcwp+cFmkqIA2qsbdg8Ts3w61fSgS7KWpY3cIBJ2JuPE+UU&#10;Co1ap1eYZFUqEiW5+k84V4+GemsTW2sstS7YaaSEpGQGAjK3XVvLK3DcnaYNZNMRCcuSI3UnFIiK&#10;fQJCk9Ut8w5iPlnX66VhtRb9axtz2RGwkrAXlfHlGwDHDaku8PU0hic7HbExc2PJhK5F8q8gAnfP&#10;gVy/AD4ag+Jlk01u2nKw44htimUpEKG2FHvC4lY5SfUcmR59SdsawGmaSTLlUbBTiVnn1yMCdycb&#10;brxsE/Q2ESCyFYBI5dUHEcTheElo16DjG4kaRcVcoMoO0eqSIpzkhC/CfinofmNMW3+Os5hSWLlp&#10;qJKOhfjeBY95Sdj940kaQ6KStaSXW+o9v2Hgr++Y45Q1UbSGYpag2vrN7t3L+2XLOLzOv+g1DhPV&#10;KpQqo24+xEWpLeeV1CinAJSd+pG/TSIuyhz7u7RNpcIac6GeX2SACoeFL8nkW46R/fT8k6TdFKY/&#10;JTJYmE6qwon+FIAPEfGG0ENNJ1udkkGXVdK9VP8AEonv6gjqDa1t0uz+G9MtWiMJZg0qK3EYQAB4&#10;UJAyfeepPmSTqV1uQFhaLKEBtAQnIYR+XHG2Y6nnnEobQkqUpRwEgdST6a5im54d8/hJ7n4kU8Zp&#10;USRMqSFgY52EILbSvirwHHXf56XtITenOI2qBA5kWHiYBVJY9Nk0fvArsTiYpujRiFmLhw9shm7a&#10;24zUm6gxGShKkyGG8pyT0JIPUA4PQY31cLy4R0OjcK5M+mSX++gBT5W8QpTqSU+E4wBgA4wPPWZV&#10;XSqYk623IthJb1kg2zxwIOOy98t3GHun6PszNKXNruF2Nr5YYgjna2e+E/q5cMrQhXbd7zNSYlri&#10;xkBSiw4hIBJ25s78pAP1d9OdcnV06muzLZAUkYXva97bP1vwhYpUqmdnm2Fg2JxtnbPbDyt8OmdO&#10;UzUkOwG3jGZi+zhsxS34SkEHdOwI2GxB89esKkPJqMp+qvJmKXJLsZSicNI25UhJ2SR0yOvU68zv&#10;voaccARqqIAve+ItrG5H0s757LkExubTSnEIJVdNycrYY2H4cvHMRr1f1rTbWv15iU4y43JUp9lb&#10;eE5ST+gPq46Y6emq3r0/SpxE/ItTCMlAZ+Pjt25xg9QllSc24yrME/r9ZQaNE4oR91M3fWZln9qm&#10;1OKrCVOtu+wVZGPtLY5EuN//AK9/1tAZ4hueYWdoWnv1VflMfsxrfB7ih9BSFd10+ahHUS369Sbo&#10;smDcdBmtzKdUmEyYz6DstChkH3H1B3B2OpDTODcXjQ0KStIUnIxph20+Ot7s8RzwCs+KIbdUZYTL&#10;ltu/TTA9sGBsAhByArfKumQMgoZ2BD4dcNn7MhyWpVYqKkrrMlvdLXL9WOk+eDkk+v3BRqSlTk+1&#10;JjIHXV9lBuO9VuwGE8OLdnJidcwDYLaBxVcE9idY9oEVnRplgXDl4M1GmJpJgIuSWh5sd65DdDaW&#10;jkqGE5BUcYBOFD63TrqzcSjKrHAqoKoL/epQoF3u9+8bSfGAfPHnj0I15/qbSmNKUuzDQSgOJJIv&#10;Y3NwSTt32sMDhnGwyLiXdHy2y4VK1FYG1xYYjDZuvfMY5QhKBR3K/d8ajtSWY65SihLjxwgHBIB+&#10;OMfE6v8ASLB4h2bU35capwoUZTZD8n2sJaAA2KuZJOATnp6+utNr9Yp0uo0+dQpXSJuLC4JvgMCD&#10;e4HhjCJR6ZOvD0yVUBqGxubEYZ5ZWP8AiLTYFWqCr8ehO3TSa4mQ0XH1x2g28hSeiieUc6cbeeMj&#10;pq1xa1Lk8RKxSGmELbp0dhbe+MuLCyQT8AnWN1mRZ9LdIbU0EoSrVViR1kp3m4scMcMtkabTJp30&#10;ZsFYcJURcYX6pVuGNxjvz2xUuKcyh1Dg9CrUmhPTES0JWxIQoNuRgtPMkk4Ox2GOnzxpE61jQdD7&#10;dMKHF6wCiAPZscRfjmOcZ5pUtpc+FITYlIJO++R9x5QaNP8ACfBqwQmadeXD8WLWZSYr7bxfo8xe&#10;eRl1XVtf8hfr5HfQSstLXK9K2LqbIWBvtmOZSSBxMXJVKHVKl3DZLgKSd18j2KAJ5Q3ewzxBve3+&#10;0lO4I1KS29R0plPKjr8RiyGiAotqH2VEHI6Z3GDnO+OjEk6HmErGRy5QY0fW6ZLo3c0Ep7o56drF&#10;xDX4XWjuuHCUKpSlH0AWNLS8f43a5/aUj94rQRA/3hR+p+aA9xqTA/enyiH0aPRTg1snwxrDFa4L&#10;U8oIK4jYhvJ9CgYGfinlPz1mP+obCl01t0fRV5g++0PmhjoTPLbP0k+RELa5+H1IgcZJFPNWYp0a&#10;fGXIp63HAlDT4I+jWfsp64PvGMnU1R7RkOxVprXEanVB8o7tltyW4+hvIIUB9KnqCQduh1Qma+t6&#10;QacXKqcUUghYSMNi8SlViSDsxBi2xR0NTbiETAQkKIKSTjtTgCm9rjbmIlYlBlWhUGVU2n21FmTi&#10;mO2613zjq8nflbUenmfHgAb51ZbURBajVREJbkl5qapuTKcUCqS8EIKj7gCeUDoOXSPVJkzrCphK&#10;lnWtdS7XsDYJASLWvck7SnIWxaqewJV1LJCRq3sE3tci5Jvje1hbYFZm+C5vKLWq9fceyrYlrDFJ&#10;p6I097vS2zsN+8I2IAA233zt11WjaNjsvKhyeI7Al9MtQVrYB9OcbH49NaXS6g/JSjbElLdI4Uha&#10;7EJtrYgEnNVshutCNPybU1Mremn9RAJSnAm+rgSAMhfM74jqlYN0U+byx6W/UY6087UqC2p9lxJ6&#10;EKSP89V4gpUUqBBGxB07yFSlak3rsKBO0X6yeChmDnnCrNyL8ivVdTYbDsPEHaI+azKP/wCLoP8A&#10;WW/9Q1df+RVyPlFZr5RPMQ2eyl+d9rX9JVv3h10J1wpHzFvkPIQw0T5N77xfnHO7te/nXad+rTP9&#10;Q0urx/jdrn9pSP3itUE/8sr7B/qEAtkz977jEPo0citBq4WJd1RoNJqdGpqiJVUDbcQ9eR0rCcj3&#10;8qj80jQWtSTdQkVMu+rdJPIKBPgDBOmTS5OaDqM7EDmQQPEw1yt2mViXRrZVTKbDo8dDlQqEtpTq&#10;ytYKvIjJ5RlRUT9Ya8ol60ys0lUebS59wRFK5e/j0NZYUR6glWfu1hfweucR6SlWq6NVRcU4EJBU&#10;NZKUi2YB34HcLRrPpiJZXQKTrNm4CEoKlWSdUqVjv4eMR8/lguLTw6sSczUpKO59tkRFsNx0k/Z7&#10;zAz8AB656atdn0pNv8NE0pmQJMqLz+0rGTzPnxK69d1Aa+Kq8TIht54OvKUCsgghKUghKbjAklRJ&#10;ttzj6p7Q9LK2my20kEJBBBKjYqNjjsAx7IVM1+c32RjNYKi/U6qs1R37at1bK9BkJ+/36q9iUmn1&#10;zi1TqVVD/wBlfcV3g5sc2EkhOfeQB89a3JOei06deY9ZKnSPwiyfACM6mkekTsq076qko/mPW8SY&#10;2Mccp9CtxyDTURmlxIi3WIoUE+FI6464z1Pv0g+JvsUm9odbgxUx0VintTltg5wtWQc+/br59dIG&#10;gof+EVTCyeuCDfbfrA94OMOGlha9CDKAOra3C2FvERUNZ1CbLt709pJAK5TSRn3rGttmDZhZ4Hyj&#10;LGRd1I4iGv2Uvzvta/pKt+8OuhOuVI+Yt8h5CGCifJvfeL8453dr3867Tv1aZ/qGl1eP8btc/tKR&#10;+8Vqgn/llfYP9QgFsmfvfcYh9erEWTKUsRo7rxbQXFhtBVypHUnHQbjfRpa0tp1lGwjglKlmyRcw&#10;SIsqI8G5cZ1hak8wS4gpJHrv5as/DYojcRGaiu36jVFRvEyiIMhK8bFW3TfOcjGPPQerLS7THdRx&#10;KQpJGsT1RfDPy474JU5Jbnm9dBUQQdUZ4RfaZw9u6rs1E3BJZpzNalpkzkIcLjy0JJKWxjwpAyd8&#10;ny223Z8SJGgUtqFDZS0wwgNtoT0SkdBrz/pFVpadUGJO/RpN7nDWOqlINtwSkAXxzOEbDRac/KpL&#10;0zbXItbOwuVHHeSTfsiqcSbskWhRafUYchPeKlBC4qkgh9vB5t+oxtgj189e0qi1iBWajNo3ePQ6&#10;vyuvR0Pdy+w6AAXGyrwnIAylWOnXy1JdqXlJFl94WD2sk7R1FJIVbd9FQGzLGI849MTbrTRuW9U7&#10;vWSoEX3/AEhfbwhNUy+6lbtyT2EgVGnzXlLlRJrKUh1R+sSBkJPw292p2DRuHt3VVt+2KtJt6r8w&#10;W1FeOW+8G45D8R5H5a1mflZujk1CSSFIUB0rdyQbC2sm+22eGIxIjO5OYlqkBJzStVYPUXtxOSuF&#10;8t2+P1dl51RirR2q/T/Za7Rw4ytTSvo5bTrZST06Z5Tj3noRjS8n1GTUX2lyFZDDKI7YHRKEDAH/&#10;AF+JOiWj1MYlWUutK1k26h+qSVC/Ea1uyKNZn3Zh1Tbgsq/WH1gAk24HVvGLqStr+MWlf11n/WNM&#10;0383XyPlAOX+WRzHnDT7KX532tf0lW/eHXQnXOkfMW+Q8hB+ifJvfeL84559rNpL/wCFxpDCyQlw&#10;0tBx1wVjS1vH+N2uf2lI/eK0OSf94UPqfmgJbqTB/enyiH0zOENBQz318TKjHYhwXFR1NuMlZUcJ&#10;OQc7HxJxjJJ2xqppRMmXpTiQkqK+oADbFWA/W3KClBY6aoIJNgnrG+OCcYb0qj0KtSI06q0eO+8h&#10;JDIlNBSkg79D8M+o1D1O/wC2rYqUqk1Eexuw+RTbSE5DraseJGB5b5Bx089ef5KUn6yoSTSyrUFw&#10;L4W1rEjZtvyvGwzUxJ0xJmnE21szbG9ri/dbnGNXuKVDo1JEplBm9+UGJ3a+VLyVDdXMR4eUggjq&#10;MjbfXrGavO56aiX+UdOpcN3dKaakSVqT6F1WwPvSNFBSWqPLJnZ9BWSbJTkm4z11cDcaoxNjjaKH&#10;wi5U31SsmsJsLlWZsctUcRY3OVxhFXatWJR+Kri7pkxau+FB+LJqFQUwrl8hyqSUqwc9D8tNZCud&#10;lKttxnwnI+R1x0jm1zvQugFLer1U6oCU7wkg2VjyOwiOtElkyvStkgr1usb3J3EgjDDmNoMay8QK&#10;OuicX6nDKCltbxfa9ChfiGPhnHy1ANFwSUFkqDgUOTl658se/Xoimvpmaey6clJSe8YxjE80WJxx&#10;vcojxhhcbOf8uqX36D3/AOLEd6rlwCeZX/XP36XWhujNvgZi2VveYu12/wAJu33+4Qakra/jFpX9&#10;dZ/1jRyb+br5HygVL/LI5jzhp9lL877Wv6SrfvDroTrnSPmLfIeQg/RPk3vvF+cc+u2NGco/4VG3&#10;aq6pPJJjU2Ygq2ACX1IOfm2fv0r7zSU8Xq4FAg/jGQd/6RWqCU2q6j9Q/wBQ/vAU4JmE/vb94MQ2&#10;pOm3FVaU3GZiyPoI0tM0MkeBbgKSObG5HgTsT8NEpmVam2+jdFx79/ZHNh9yXXrtmxiduniTVrlk&#10;U2anmgy4CnCFRnFJT4sYxvnOAQd/PVdrVXk125XqrLShLr/LzBGcbJA8yT5eZ0IpNEl6UhARiUBS&#10;b4XIKtYXwzHdicII1CqvVBayrAKINtxCbYc+/ARg6kKTXq1QpPfUipyIiicqDbhCVfEdD89GZiWZ&#10;m2iy+kKScwYGMvuy7gcaUQobRDQsfipc8upJRcNOXKp2D3s5mKodz/KWUjl5R57DHXy03UqSpAUk&#10;ggjII89eb9K6PLUid1ZVV0HZe5SRmDt3EXxxjbtHqk/UZXWmBZQ22tcbD55RVr7sGn3rRk8yhHns&#10;DDEnGcD9FXqn/L78r6k0KweH9aRVrgudqqT4quZqLETzhCx0JGTuOoyUgHR2g1qpzNMVSJRsqWbg&#10;K2JSc78sbe+1iJq9LkWJ4VKZXqpwJTtUobvC/wDm8VbiFdEW67saqEIrDXdYKFt8ikKzuCMkHYDc&#10;eWM9NVXWy0eTXIU9qWXmkW3/ANv1nGZVKZTOTjj6clG8GpO2EKXxKpKEJJUqcyAB5+MauTZAlnCf&#10;ZPlFaWF30DiPOGv2PI5q/wCFZuSpMH6OPHqcw4I+qqQhA/a4NdBNflKSUySAdw8hB6h4suKG1aj4&#10;xpN+EatZxMizb6joVgd/S33AD4Ts40M/+992kdfCvb61AuVAHJXacxOOOgcKAlwfHmSc/HQ+YPR1&#10;Zo+0lQ/pV+UwJeTqzM2ji2rwI81RW9GjcD4NGpEj6AScAZJ06OGPC+mC22LguKH7RJf8bUZ5PgaT&#10;nYqSepPXfbppH0yq7lKpvxBstZ1QdoG0jy4Xhr0ZpyKhPfGi6EC53E7B7+NovV3LEDhRUXGHkxUM&#10;RycpGMJHVKfQkZA95GvCxnO7tR+lBxTiKVMchNKV9YtjCm8/BC0j5aw1KdekKURjr3vyAFv5rxqy&#10;jq1JIBw1bW5kn8sWLVFf4NWdJrEma+JqlSXVOlAeCUoyc4SAnpv551+UiuzlEK1StrqABuL5R+1K&#10;ky1VCQ/fq3ywzhL3pb7NscRpdHjyFPMtKBbUoEKCTuAdhv7xseuoPXpynzJnJNqYULFSQe8RhE4w&#10;JaZcZBuEkjuMGrDZjjNMq0y6pYHs9AiLmnPRTmOVpPxK1J+7XCrqIp7oGahqjmrqjxMfUiQmZStW&#10;SeseSesfAQ8fwdloS5Fx3fxKlklBQikMrIz3i1KDz2/uwz/i1u5otKpCWQBBjR5BTTUFWZue8mFp&#10;2jOGauLPZDrtqRWUuVJLYm03PX2lrxJAPlzDmRn0Wdc8rBku3fwsk2JJB/G9CK5lMSvZbjZP0zHr&#10;kHxAdevkNAK6QwG5v/zUCeXqq/lUY4TaCmrJRseQUfiHWT/MEiIrz180fgDBo1IkNfglSaT7S7WK&#10;g0hctx72aCFjOClBWtQHrjG/l089OfXmzTV516tOa/qiwTyGB/mvG4aLtNtUtGrmbk8zl4WhIcSu&#10;J1Tl1mXbVPieyRY73dvF1GVvFJ9CMBOR08x92rtwquNdx2xVKrOTGZkv1HLiGspT/BNpBwSevL69&#10;dMVW0fZpujaHUElZsTbI65SfDVAG/twC0+suT1bU2sAJxtvGqFedyTF515R5MeXFD8V9t5skgLbW&#10;FJJBwdxrKAlRSVAYD3//AJGhayQdW+MIfjHUn593xG5EOTHU02vwPshJTuBhKx9dGUkg/wAo/AL7&#10;XqXRtpLFIZQkggDMG4OJ/VtmWyMCrjhdqTqyCDfIixyH6vtzg1mX1IdoHD2NYTMdSqvVXm5s9CBl&#10;aE4+gYx15jzc5HvTrvVFa6mpcZqVrHkjH+rVHbAZxfQSbz3DVHNeH9OseyOjnZ74ZjhL2TKFaD7a&#10;U1BLPtdSIOcyXPEsZ8+XIQD6IGmNpjQnVSBDzJs+jyyGvZAHhBrQXticGKpwr45M8cLAaVHptRld&#10;5MDKfDDmK6kj/Zu5Pu5iofaA1Tn2ETMuptYuCLHkcDAevNL9FEw1gtohQ7P1fshY1FEC9bLVftuM&#10;htYUBWYKesV49XEj/Zq6j0+/FZ0Hor6nJXoXD12zqHjbI/iTY9sC5zUcUmYbHUcGsOF8x+FVx2R+&#10;m23HpCWmm1LWshKUpGSonyA1J1G1LkpFKTOqdDmRo6sfSONEAZ6Z9Pnoi9Oysu6hl1YSpfqgnE8o&#10;4tSr7zanG0EpTmRsi9cHY9x1GvNJQ6tmkQCpa3A2kFajg90F45sE4JAONt+o063n2Y7IcfWEJKko&#10;yfVRCQPmSNeftNOgXWC1LjEZ7bqJufMYDAG+28bHov0qaYHHjgcvsgW9xx3WhG8ZanR6vMo86A0g&#10;SH2HFurByVN82Ef5LPz1DcLamIXGCnxZElTcSQ/40c2ErcCFhvP95X7dabJyjw0UVLu4qCF27CrV&#10;7rC0IczMNnSFLzeCSpHiBf33i73Zxgjpsc0+ltkz5kQJW8hQCY7hJS4kjrkY2/WB8tSHApcg8KZY&#10;dJ7pM1Xd56fUTnHz0lT1D+B9Gnel9Za0kchgPeeRhplKt8J1xvo/VSgjtOJ93dFD4x1aDV+K7b1P&#10;nMymWoiGudpYUkEKWSMjz31Rdato8yuXpLDbgsQkXBzjPqy6h6ourQbgk2MWKBGi2pZX5e3CylTT&#10;asUqGs4M18dCR17tPUnzxjTS7GXB6dxP48TONt9xlSIFLld7C71OESp2chQ9UNbHHTm5f0SNc5RQ&#10;n6i4+PVR1B2YqP8AF1fwxUcZK5iWkT94r8oPZj+ON+tGm2HmDUdcNv0a67HnW3cMBqbTakwqPJju&#10;DwrQob+8HzBG4IBG41+EXFjHwtCXElKsjHOHjFwhvrssccjXbbVImWrPc5IkxxPO24g7mNIAGAvY&#10;4O3MBlOCCEwyKfRr7obtwWI33chpHPPopVl2OfNTX6befTcfsCPN/wC0TwnP+tVkr/KvsJseB4Qj&#10;yLagpyjuesklTfHaU/iGI+sCNsY1nS0Qr9ZLrzEXnyn2p7OY2NytO4HPgEDO2+Dp60Wo06oUp2Vk&#10;ppLkYuq/GHeOuSWgDlw8xwlOc7YORvsCNKOm8u4XUvJByFjhfWvgEm1wBYqVbeBhe8PmiryA2W1H&#10;abjG1rYki9iTcJF+JxtEPeV/w7QpFOdttcRxDzeE0/uu7SlCkhSXAAAUjfGPPPqDpT13iBdVwVHv&#10;5tUcbQPqsMkoaT/d8zudzk+/VrRTRthTQqE4glw3wOIzPW24nf2jOK+kNbdS4ZOWVZAtlgch1eQ/&#10;wYrylKUcqUSQMbny0eetSAAFhCDe8XfhVMpjHEFCZbbbs6Y6lhhTrXOGgcla85+scBI2+1n1Bc8O&#10;vQE27WKjETDEanuuDDawkLUlIJKlDbc+779YbppJzDtSJJOqQm1sRibDDnrHtjV9F5lluSAFtYFV&#10;754C5x5W7oSF+3lAvWWzLapi48tpwtpOx5msDCVHzVzcx8tjrHTSqFZdEar/ABAWoLcT3kOjIOJE&#10;r0K/0EZ9d/8AIvgD9DpbVObVrPKulPDaVHgkY9whKmH5eem3ag8NVpPWVxOQSOKjh3mJfgpweu3t&#10;Tcc3q5ckh+Ba9MUESpDKOVCEj6sWOCMBWMZO/KDzHJIB6O25blEtGxYVtW5TmoNMpzIYjR2h4UJH&#10;7ST1JO5JJOSdNdLlEScultGQFh+t5zMcKE24/wBJUX/XdJ7Bw4buAESWjRaGqDRqRIjLjtuhXfZE&#10;y27mpbFRpk9stSIzycpWn/MEHBBG4IBG+tDeOPY9vXhNcDl/cHJNQqdHjEvqZaUTOgDz2A+lb94G&#10;QPrAgFRoTssiZaKVC4IsRvG6Feu09x9CZqXwdbxFs7DHvGYhXwb+s++GksXiymhVojH41jN5jSFe&#10;rrY3ST+kPicDbXtXLfuSlU1qTJeVMpxRyR5kZ/voykeiVDYD3HGlCnv/AAe8mnzmI/6lnaPYJ2KA&#10;wHtDjFZMwmry6pyWwWPlED+sD2Tt9k8LGIDRp0gVBo1Ikftl56PIDrDq21jOFIUUkZ2O41PW/RLl&#10;qtClMwSItKdwZcqSoNRkhJzlSz6HGw92hdRflJRgvzOQtzJBukDeb5D/ADF6TbmH3Q2yd/IAiyid&#10;wtmYxqhf1rWPzRbHbRWq0PCavIb+gYV/Mtnqf5R/aDpl8D+x/fXFu5xfHF52o0ijPLDxbkZTPqHp&#10;gKH0bePtEZxjlGDkCKXJvzD6p2bFnF7PYTsSOO1R2ngIrPqTWZlFPlD+ztm5V7R2q7ckjYMd8b72&#10;zbFv2bY8S2rWpMem0yCju2I7CcJSPU+ZJ6knJJySSdSmnQAAWEPyEJbQEIFgMBBo1+x9waNSJBo1&#10;IkI/i32QeEnFV+TVUU5Vu12RzLNQpiQlLizvzOtfUXvuSOVRz9bWnl58DO0D2dq1Im01iRVKFkqX&#10;NpzapERxH880QSg46lQwPJR66CVKmszjKkOJuk5j3jcRCPU6c/TnxUqdgoYkDxw2g7RFXj3/AMO7&#10;kSn8pKFJoE5X15VLAcjKPqWjuke5JOpVmzqZWU89oXtRavn6rCnfZpB/4a//AJ0qt1KeooDc6kut&#10;DJxOKgPrp229od14sSztPrmMuoNPHNBwST9RXH2T5R4Hh9eoqph/kzO7weYb8H+P6v7dertnQqM1&#10;314XdR6MlP1me/EiT8m0Zz9+r7+k8jYJkz0ziskp/MckjffEbo7CjvsguTpDKBmpXuGajutnviKm&#10;cQuH9vpLdr229XJaf/WVc8rAPqllP1h+sQdXCyeB/aA7SC41Sn5pVtg5alzU+zxUp/mWUjLm3RWM&#10;bYKhrjJ06Zm5gTc+rWcHqpHqo5bzvUeyAz8+qpk02lJ1Wj6yj6yrbVbk7kjtxjcTgx2T+F/B5LNT&#10;bhfj64G8E1We2CW1erLe6W/jur+UdOnTw22G02EOchItU9gMtdp3nfBo10ghBo1IkGjUiQaNSJBo&#10;1IkLO/OzbwV4jLekXFYkBE17JVNggxZBUftFTeOY/rc2tf7x/Bz0d7nfsHiHKinJKY1Wjh5J93eN&#10;8pH+A6qOyyV4jAwqVLRyWnCXGuovwPMf28YWh7D/AGkE1c28io0k03/efxwsRD/c5ef/AJNX+zfw&#10;coElt/iDxF5mxjvItHjYJ9cPOdP/AG9UmpAIJsAL522wBZ0ZnH1j0tzqpwGNzbhfIfq0bH2F2c+D&#10;HDdhtVuWJT1S0YPts1HtUnm9QtzJT8E4Hu0ydFUISgWTD9KyjEk30bKbDz574NGvuLcGjUiQaNSJ&#10;H//ZUEsBAi0AFAAGAAgAAAAhAIoVP5gMAQAAFQIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA9AQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAx/99P0oEAABdDAAADgAAAAAAAAAAAAAAAAA8AgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAWGCzG7oAAAAiAQAAGQAAAAAAAAAAAAAAAACy&#10;BgAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLAQItABQABgAIAAAAIQCk34nk4QAAAAsBAAAP&#10;AAAAAAAAAAAAAAAAAKMHAABkcnMvZG93bnJldi54bWxQSwECLQAKAAAAAAAAACEAUwVL0ek1AADp&#10;NQAAFQAAAAAAAAAAAAAAAACxCAAAZHJzL21lZGlhL2ltYWdlMS5qcGVnUEsFBgAAAAAGAAYAfQEA&#10;AM0+AAAAAA==&#10;">
+              <v:group w14:anchorId="7FBCB20C" id="Group 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:153.25pt;margin-top:-29.75pt;width:198pt;height:108.5pt;z-index:251657728" coordorigin="3518,492" coordsize="3960,2170" o:gfxdata="UEsDBBQABgAIAAAAIQCKFT+YDAEAABUCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QratPtgBBqu8M6joDQeIAocdtA40RxKNvbk3abBNNA4pjY3+/PSbna2YGNEMg4rPgiLzgD&#10;VE4b7Cr+un3I7jijKFHLwSFUfA/EV/X1VbndeyCWaKSK9zH6eyFI9WAl5c4DpkrrgpUxHUMnvFTv&#10;sgOxLIpboRxGwJjFKYPXZQOt/Bgi2+zS9cHkzUPH2frQOM2quLFTwFwQF5kAA50x0vvBKBnTdmJE&#10;fWaWHa3yRM491BtPN0mdX54wVX5KfR9w5J7ScwajgT3LEB+lTepCBxKwdI1T+d8Zk6SlzLWtUZA3&#10;gTYzdXL6LVu7Twww/je8SdgLjKd0MX9q/QUAAP//AwBQSwMEFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6SQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vYzg8Ey&#10;ettRv9D3iX9/+EyLWpElUjaw63pQmB35mIOB98vx6QWUVJu9XSijgRsKHMbHh/0ZF1vbkcyxiGqU&#10;LAbmWsur1uJmTFY6KpjbZiJOtraRgy7WXW1APfT9s+bfDBg3THXyBvjkB1CXW2nmP+wUHZPQVDtH&#10;SdM0RXePqj195DOujWI5YDXgWb5DxrVrz4G+79390xvYljm6I9uEb+S2fhyoZT96vely/AIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAMf/fT9KBAAAXQwAAA4AAABkcnMvZTJvRG9jLnhtbOxX227jNhB9L9B/&#10;IPSuWJIlyxJiLxxfggXSNuhuP4CWKItYiVRJOnZa9N87Q0q+JAE2yL6uATskhxzOzDkzw9x+OrYN&#10;eWJKcylmXngTeISJQpZc7GbeX183/tQj2lBR0kYKNvOemfY+zX/95fbQ5SyStWxKpggoETo/dDOv&#10;NqbLRyNd1Kyl+kZ2TICwkqqlBqZqNyoVPYD2thlFQTAZHaQqOyULpjWsrpzQm1v9VcUK80dVaWZI&#10;M/PANmN/lf3d4u9ofkvznaJdzYveDPoBK1rKBVx6UrWihpK94q9UtbxQUsvK3BSyHcmq4gWzPoA3&#10;YfDCm3sl9531ZZcfdt0pTBDaF3H6sNri96dHRXgJ2HlE0BYgsreSBENz6HY57LhX3ZfuUTn/YPgg&#10;i28axKOXcpzv3GayPfwmS1BH90ba0Bwr1aIKcJocLQLPJwTY0ZACFqMkjCcBAFWALBynaZb0GBU1&#10;AInnxkkInAJxnEUOvqJe98fH2aQ/G4WpPTiiubvX2trbNr/teJHDt48ojF5F9PvMg1Nmr5jXK2nf&#10;paOl6tu+8wH8jhq+5Q03z5bIECI0Sjw98gJDjZMzONEADkjxUjJB14c97gRFjyw0RMhlTcWOLXQH&#10;GeCwHZaUkoea0VLjMoJ4rcVOr6zYNrzb8KZB7HDc+wtJ9IKEb4TMEXwli33LhHEZq1gDrkuha95p&#10;j6ictVsGBFSfy9ASBcjwoA1eh7SwWfRvNF0EQRbd+cskWPpxkK79RRanfhqs0ziIp+EyXP6Hp8M4&#10;32sGYaDNquO9rbD6yto3U6YvLi4ZbVKTJ2pLB0bKGjT8tSbCEoYEbdWq+BOCDftgbBQzRY3DCiLX&#10;r8Pmk8CG+RxZxEBDin03a+JpMrlm/5A6YTRwP5xMr7kPzFDa3DPZEhxAqMFQG2r6BG4414YtaLSQ&#10;CLh1pRFXC+CDW3kLpCzI1tP1NPbjaLIGkFYrf7FZxv5kE6bJarxaLlfhAFLNy5IJvObHMbIhlw0v&#10;B5pqtdsuG+Ww29iPpToAcN42Qq6czRhwRWVn3mVhFAd3UeZvJtPUjzdx4mdpMPWDMLuDYhNn8Wpz&#10;7dIDF+zHXSKHmZclUWJRujAaeXbhW2A/r32jecsNNNaGtzNvetpEc8z8tSgttIbyxo0vQoHmn0Ph&#10;KO+oPnAUpDiELzYIaNt6KAkwe1+aYdN+q+F9qWnHwGVUey5+46H4fUVc7uSRpOhxvwk7EzFHWMaC&#10;ZqngGtS5Cr4qeRdHnZ535d6p80TBZIwWOKJg3zo3niTLejiGfjck1s/c+5l7H809JCxy1LHVHLfH&#10;PgG2snwG/isJVR2ePvASh0Et1T8eOcCrdubpv/cUHynNZwHJmYVxjM9gO4mTNIKJupRsLyVUFKBq&#10;5hmPuOHSuKfzvlN8V8NNLuGEXMAjr+K2k6CpziooFDiB+mBH9g1rS0v/3sZH8uXc7jr/VzD/HwAA&#10;//8DAFBLAwQUAAYACAAAACEAWGCzG7oAAAAiAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJl&#10;bHOEj8sKwjAQRfeC/xBmb9O6EJGmbkRwK/UDhmSaRpsHSRT79wbcKAgu517uOUy7f9qJPSgm452A&#10;pqqBkZNeGacFXPrjagssZXQKJ+9IwEwJ9t1y0Z5pwlxGaTQhsUJxScCYc9hxnuRIFlPlA7nSDD5a&#10;zOWMmgeUN9TE13W94fGTAd0Xk52UgHhSDbB+DsX8n+2HwUg6eHm35PIPBTe2uAsQo6YswJIy+A6b&#10;6hpIA+9a/vVZ9wIAAP//AwBQSwMEFAAGAAgAAAAhAKTfieThAAAACwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FuwjAMhu+T9g6RJ+0GSUGB0TVFCG07oUmDSRO30Ji2okmqJrTl7eedxu23/On352w9&#10;2ob12IXaOwXJVABDV3hTu1LB9+F98gIsRO2MbrxDBTcMsM4fHzKdGj+4L+z3sWRU4kKqFVQxtinn&#10;oajQ6jD1LTranX1ndaSxK7np9EDltuEzIRbc6trRhUq3uK2wuOyvVsHHoIfNPHnrd5fz9nY8yM+f&#10;XYJKPT+Nm1dgEcf4D8OfPqlDTk4nf3UmsEbBXCwkoQomckWBiKWYUTgRKpcSeJ7x+x/yXwAAAP//&#10;AwBQSwMECgAAAAAAAAAhAFMFS9HpNQAA6TUAABUAAABkcnMvbWVkaWEvaW1hZ2UxLmpwZWf/2P/h&#10;AOZFeGlmAABJSSoACAAAAAUAEgEDAAEAAAABAAAAMQECABwAAABKAAAAMgECABQAAABmAAAAEwID&#10;AAEAAAABAAAAaYcEAAEAAAB6AAAAAAAAAEFDRCBTeXN0ZW1zIERpZ2l0YWwgSW1hZ2luZwAyMDA0&#10;OjEyOjAzIDExOjQzOjQ2AAUAAJAHAAQAAAAwMjIwkJICAAQAAAAyNjUAAqAEAAEAAACHAAAAA6AE&#10;AAEAAADAAAAABaAEAAEAAAC8AAAAAAAAAAIAAQACAAQAAABSOTgAAgAHAAQAAAAwMTAwAAAAAAoA&#10;AAD/wAARCADAAIcDASEAAhEBAxEB/9sAhAADAgICAgEDAgICAwMDAwQHBAQEBAQJBgYFBwoJCwsK&#10;CQoKDA0RDgwMEAwKCg8UDxAREhMTEwsOFRYVEhYREhMSAQQFBQYFBg0HBw0bEg8SGxsbGxsbGxsb&#10;GxsbGxsbGxsbGxsbGxsbGxsbGxsbGxsbGxsbGxsbGxsbGxsbGxsbGxv/xADHAAACAgMBAQEAAAAA&#10;AAAAAAAABwUGBAgJAwECEAABAwMCAwUEBAgLBQgDAAABAgMEBQYRACEHEjEIEyJBURRhcYEjMkKR&#10;CRUWOVJyobMzN2Jjc3R1gpKxslNUg6LBJCU2Q0ST0dJFo/ABAAIDAQEBAQAAAAAAAAAAAAUGAAQH&#10;AwgCAREAAQIEAgYGBAsHBQEBAAAAAQIDAAQFESExBhJBUWFxEyKBkaGxFDJSwRUjMzRCYnJzgsLw&#10;JGOSorLR4QclNUNTFvH/2gAMAwEAAhEDEQA/AOqejUiQaNSJBqPr1w0K1rVfrlx1eJTKfGTzOyZT&#10;obbSPifP3eevwkAXMfK1pbSVKNgI1d4k/hBbFoinYHDagSrikp8ImysxYg94BHeL+BCPjpIy+1d2&#10;q+IUxX5LvKgx3CfBSKQnu0/8RwLUP8Wgs5U2pVBcWoJSNphAma7OVB/0aloJ4gXJ7Ng5+EYIuvtm&#10;MTlTfynuoqxun29tafkjmI8vIalYXa27VVguBV1sJqMdJ/8Ay9GCEY9zjQbJ+OToLJ6SSE25qMvg&#10;nccL8r28I+HW9KKSnpphCtXbeyh22vbvEOLhv+EIs2tTWadxKtqRb7izymfDUZMUH1UnHeJHwC9b&#10;S2/cdAuu1Ga5bNZh1SnyBlqTEeS62r1GR5jzHUeem1l4OjjDLSawzU0WyWMx7xw8oktGrEH4NGpE&#10;g0akSDRqRINGpEhNdoHtN2dwLoXsLiRVrmktc8WlNLxyA5w48r7CNviryGMkaHXPcfFntC3M7dV7&#10;18sUaO4eVx9RagROvgZaH1l422BUduY+egNUn0yre/YAM1E5AcT/AJOAhGqzz1VmxTZY2AxWdgAz&#10;vwTt3nDOMmjMW3a1Lel2tQGJz7HhVVKwpClE/wAyyTgHz25lAHfU5UJlwTYlOmVu8pHdS32eZlpz&#10;uUpjrAy4AMJGFBSTtsU6VDJNtuh+bR0rxJAuDqIwvZIOB4qzJvllBiVsxL+jSiujaAuThrLxtdRG&#10;I4DIC2ecRzVOtRbj78qvOuLbaSptXPhTrnI6T64HMhv7wPtAjNVVrkol5Cn0S6pXs7bSnVOPyvaG&#10;ChOcqAwUkEJ2AB6gZ1ZeBnVFmoS4LYSbYY4AYBWFjjYZHC8dGiJVIdk3iF3xx4nMbRv5xh1yPa9x&#10;thN30GLFU+VGPW6K2G1LxjKlt9FjJAOwI3A315W1VuLfZyribz4fXA3UqBJUC8prLkOSB0S+z1Qr&#10;yzsRnAUNxrjKTC6S62ytRU0s2QpWaVbW1eOqezcYDVGSU4o1KSAS83itIyUn20jdY9Ydu+N3+APa&#10;gsnjlSxTmwKNczKOZ+kvuglwAZK2Vbd4n1GApONxjBLn1oTaw4nWEM0hOt1CXS8jbmNx2iDRrpBC&#10;DRqRINGpEg1rf2pO1hT+EdPesqy1szrwkNeNeQpqlpUNlrHRThBylHwUrbAVxdc6NF4E1WeFPlFO&#10;7chzP6vGnNAtRc6eviRxael1GRVnDIiQHHCZNTdUf4RfmEZI+PwwFWCoPGfXlIvcrp0RiOFQIMVK&#10;e5Q0rwgtYUE5SSk+eeVQPTGs7S65OTKppuxULpaByJBsteRyyG8BVsyYFU+TTJSgQ/cFdlOnaAcU&#10;o2Z5niRfIRHVi7w5IcYo8OMw2cgvd0CpZKOUqGR4TgkZGDjGdxnVaUtawkLWVBI5U5OcD001U6QE&#10;m0NckrNrk+Q5X7czjFSdm/SXDqiyRlb3x+dftl52PIS8w6ttaeikKwR89FFJCgUqFwYoAlJuM4s1&#10;MvV4RVQa00mSy6QXHMeNeBkJV6pKkoJ8zg5zk6zbZkXBHEquUj2RqNJX3aqY9/BTU7JUOTHL1KRk&#10;ADKsDGcaTpymyso06h25acsABmCdo+yACNuHeyy06/MrQpFukRcknIjcftXIPOK/clohmSeIXC5y&#10;VTJVKdD8ymtOFMmnOJO7rRG5QD/h+Gw2+7LHa0gcUYUaw79fbiXc03ysSDhDVUAHUeSXcblPQ7lP&#10;mEkaHNuFJYfN1oOqTv3KHBQse8bIEslFIqmojBh/FP1Tf1eYN09xjZrRpsh2g0akSDRqRI1r7S/a&#10;7t/hlb8u0rAqEaqXe5lla28OMUz1Us9FODyRvg7q6cqtQLRthEJKeId/NOVWsVd4v0umvkqclOqV&#10;nv3gdykqOQPtaUa7MrUgSzJspZ1QdwzUr8KQe20JrjjdUqtldZpgXP1lXsE9qrDlrGJGZIj1J2dM&#10;u6c6mqPYejyWlh5tSAccjfIeXY5GMgbdU4IVA1Ws1CsyUOz3gtSE8ownAJwMqPqo43Pn92utPlUh&#10;QVq2QjBvZgQAQRmCLbcb3wEfc4+dUjW6y8V7cbkgg5WN9nDGMHRo/AiDRqRINSFHrMqj1Rt9olba&#10;F94WishJVggK2+0M7HyOq8ywmZZU0rIju4x2YdUw4HE7ItvfxJtzR5vDxkxZ7PeSnVpJbbbbO5Sv&#10;mGOpwAMjGBlXlWbts/8AHUd6+bIjrp9Wprne1SmR1FDkdxJz37GNwMjJA3SemkTXdknEPTCruJsl&#10;z7KidQk5dU9yVYwZqUoioyy0S6bDFTf2kgawG3rDvUnCNruy/wBsKj3rb8eyeKlXjU6446Q3HqMh&#10;YaYqSR05lHAS77tgry3ONbUAgpyDkHWjMudIi+2LtHqCahKJWT1hgef+c4+6Nd4NRrvx67Y9t8GO&#10;IsmyYlqT61XYzSHHOZ1MeKjnSFJ8fiUo4IJASPj6ax3N2mO0pxxaeoltNrpVOfPI41RGVMDlPk5I&#10;USoZHUcyQfTQSoVJqTbUt1WqkZk/r/MIs/VZydmjTqeglVyL7eNtw4nnhFUoHD+3bRq7L9ddRc9w&#10;c2WaRCy5HbWN/pV48ZH6IHkc5G+rDMl1KEt+561JYXU5vI4pJVyqQyoHAZV9nyGRzEEYIACipJSV&#10;zjvSvApU4NVCdqUE4qUN6yBceyCCcyDElJIpUv0TZCtU6y1bCsDBIO5AJx9o3tkIpVRqUmpyw4+U&#10;AIBCEttpQlIJJOyQB1JPTWJrQWWksNhtOQ7fE4wvuOKdWVq2waNdo5waNSJBo1IkSNFrc2iVDvIz&#10;qg04U982CB3gBz5g4PXChuM7auLUtMynQLjt9xMCtNpcITGwGkIRuoOZA8j9ok+JI8WcoU6vKIQ6&#10;Ji10r6qxjYp1TcnHOwsOO/CGGmzClNlm9lJxSdxuLDLK5uYgrntC1bum9883+R1yOAKdZkMqRBkq&#10;IyFerROc9MfE76krX4p9pzgRBYiQZ06TRI+O7jyUCfBKOuEqGS2k+iVJ1Qp9RNPUmVmV3B+TXfBa&#10;dmOWsNo25iBNQkJmWeVUqYkj/wBEWxQdvV2oJxB2ZYWjZbs79syVxh4xwuH9wWQ1AqMtp11M2HKK&#10;mD3aCsgtqHMnZJ+0rW0On9lzpU3hipFRNTlumKbEGx8P7xzw7WMOI9+FzpjD0ZtxqUulB9C0hSXA&#10;VJSQoHYgpAGNV9uqVa6rkqNEn3I9CixlFDMdnDLAQF8u6UjGBkE58gTkY0kVNpozi31t65bSCkHI&#10;EqsTbK9tuyBtOUpLz7SFagW4oEjOwF7XztfZGEu4qMiMqBQKK+jZp9lUZZC0u9TzZCicZSM+qSRj&#10;m1ju21xBuuSJz1HqEjIwhbiOROMeXNj066+mjK0g+lVN5OucicxcC4wzy2DKLSw/UviJFs6m4ZYE&#10;2PDtOcYrlgXo3UhEVbFQK1dClkqR/iHh/bq0xeBVzv0Xv5FQgx5BxhhSlKx+soAgH4Z1xqOmdJkU&#10;IUhXSFWxNjYbzu5HHzjrJaMVCbUpK06ltqr4nhv55RX6xwzvSi5U9RnJDQ/8yL9KPuG4+YGq3Iiy&#10;oqwmVGdZKhkBxBST9+j9NrMhVWwuWcB4ZEcxn7oETtMm6espfQRx2Htjy0aMQMi6W1wnuq4WkyHG&#10;E06KrcOyQQpQ/kp6n54Hv0wqXwZtKi09c2uyHqj3KC4srUWm0gDJOEnP3nWSaQabFtwydMxVkV5i&#10;/wBUbeZw3A5xotG0WC0CZn8E56u3t3cs49aPw6sSrWdFuFFtK5pTAkCMmW5jcZ5RlX/wNVtfDOYy&#10;pFycNqsXUHmSqNJVyOpPRSMkAZByMKwRjrnQqT0pm23nWaorpGb6isACM7KsLXvY33WwxzITOj8s&#10;tpDkgNR22uMSQcrjHdcW8eEDUqtUI1VZhXjAlspS2sOMSmuZpxxR/hE4wQMqKiU74ASDjAHnGrT9&#10;AuamRrZrEmOy89h5hE0PNkd5hKiAMAlPUdR89OiJFp1kNoCVy6wTlcX6x1gfonIHecrYwrqmnG3S&#10;tRKHkkDOx2C3EZnzvhFi7MWB+GSfA/36r/6XtdF9N9I+Yt8h5CK1D9R77xXujnt2rfzvtF/pKV+8&#10;GvLhzw/plZrtRuWtspkNInOtR46t0EhW6lDz64A9xzpH0nqTlLS+60bKKUpB3XUrHuvbjHbR+RRP&#10;1BxtzFIcUSN9gMO+0M2ZPo1u09pLgbjpeWG2WWW/E6s9EpSBknXlX2rlfo6RbcuFFkdVe1NFefQA&#10;g4H3HWHMIQlxuYngVNqJvY9Y2zOPHvxAN8tgdUpSFsypAWkDMYC+WXDuwNoTlW4u8QIM16kykwok&#10;qMotOqQxlXMPiSPuGNN+g23HpUduVNcVPqZTl6a+edwqI3CSfqp/kjbGnnSanyVBk2hIX+OuSom5&#10;1RbAZWB1sd9rGFShTk1V5lwzlvirWSBhrG+J3kWw3XwiJql4y7e40Q6DVGkLp1VSPZpP1VNOE45D&#10;5EZ5fTHMMk6sNZodLuChrp1XhokML3wrYpPqD1B940pzLKqWZadlVEa6QoHcoEhQ5XHcbGGJh1M+&#10;H5V8X1SUniCLg9x8Lwralw4tK2a25GqDEyf+MylukoDpSe9zgtqKRgbqSeY+QO2RvardtazrLVBo&#10;r7UaZWJq+dK1tBbhIGSoZ+ogY/Z5nTfUtIKtUpMJQbBwa3VwslA69znYqucdgtthbkaPTpGZKlC5&#10;QbY43Kj1cMrgW7Twi76XvGa5FUvh6iiRVH2qrK7shPUND633kgfM6UtG5X0ysMNnLWueSet7oYq5&#10;MejU11Yztbvw98XajwRTLThU1IwIsdDP+FIH/TS04qxq1adabu62alIhtzHA3LabV4C7jwrKehyB&#10;g5HkPXRHRp5l+s9FMJCkPXSQeOI7bgY5iKVcacZpnSMnVW1YgjhgfAmLxHE+rcIIT0uLDqEt6I2+&#10;6zIQA28ooBKemE5z1wR7tLi57Wthdt0u8LchqguGoNMyovMcNq5sKSU/ZUlQxgYHnolQJx6Rm1Il&#10;1HoysoUk4iyr6pHHCxPLfFGsSzc3LhbyRrhIUFbbi2sDwxw7d0fOzF+eTkf16r/6XtdF9bvR/mLf&#10;IeQjP6H6j33ivdHPbtW/nfaL/SUr94NS9pVyNbfAaqVqUkrRGnyFBAOCtRcwkfMkazjTGXVNuBhO&#10;a1IHeVCCOjDyZacmnlZJLh7gkxmWLRalPlqve60KNUlgiMyoYTEZPQJSehP3495OrtrJa2+29OqQ&#10;z8m31E8k4X7Tc8zGn0plbcqFO+uvrK5nHwFh2Qn6xabVzdsd+OUkRmG2pcvbHMAlPh+ew+/Tg0X0&#10;knS+zJy/sNJ71Ae4CB1ElQ07Mve04ruBPvJilcTbJeuq32p9NcUipU0KWwkHZwbEp9x2GD//AAsV&#10;u1kV60WKiWVMOqBQ+ysEKacScKSQdxgj/LVKZmBOUVlH0mVKTzSvrA9hBHdvi0wyZaqOq2OgHtTg&#10;R2gg98edzW5Gua30wnpDsZ1l1MiPIZOFsuJ6KH36X9g0eqU/tOVhq4JK5sxiHzIkrz9IlSkYUPlt&#10;7txopR6ij4JmpRSRrBBKVbbFSQpPLI98UKlJK+EZeYSTqlQBGy4Bsfd3Q19LG86J+NO1jbSJZKoz&#10;rJUEkbZaK3CPn4c/HQ7RqY9Gm3HBmG3COYQT7ouVxnp5dCDkVovyKgPfDO1Xr9t565+Fs2kxlASF&#10;AOM56FaTkD3Zxj56D0yZElPMzCskqSTyBxgnPMGalHGRmpJHeIj+Fdc/G3CtmC+CiZST7E+2rZSe&#10;XZOR8NviDr7xKitJ4coW02hv/vKO6vlTjnJcSMn39N/dpiU0ZPSUtDLpPAm48CIChwTNDDhz1PEC&#10;x8RFN7Lsdx78MXOcRjDEqruLyfL6RO3zUNdEteiqR8xb5DyEZjQx8W994r3Rz77bdHui1u3fTeJj&#10;lAkLo4RCVFlkfQOvMnmLRUM8qvD0O5GSM414WdcNDeYgzIxTNtityypKJKEldNnZz3a/cTuCfcfe&#10;UfSqVdcUSnDWBsRmFpupJHPrJ5kR9UGZTLVSYZdGOtrY5FCiAruulXIGG3o156jc4r1LiN0y465c&#10;lWW1F9tkJQlTqwkJZaSEpJJ6ZPMfgRrAqnFex6XlP429rcH2IqC5n+99X9umpmkz1emf2RF0gJTr&#10;HBPVSE59l7DHhC+5UZSkMftKrElRtmcVE5dueUVGp8fE4KKNb5Po5Kdx/wAqf/tqunjRdiXHVxot&#10;LjKfX3jhajq8SsAZOVHfAA+WtMp/+n0q03+1uqUo5hOA5ZEnw5QizmmMw4v9mQABkTif7DxiatDi&#10;fdlbukRqhOiNR+ReVeyk5UEKUBkDY+EnfqAdYD3GW4otxqefo9IdfaQWUPhh1tSmyQfNWcHAOMDX&#10;yNDKYudcl2ytACRiFA3vcEEEE7t3iI/f/p55Eqh5YSq6jgQcLWtuH65xL0vj4nnCK1QCB5uRXc/8&#10;qv8A7am1XvZlz3PRqnErTUSXTJKld3MHdEtuIKFgKPhzuD18tAJ3QydpDpmJQ9KiygR9IBSSk4bc&#10;9mPCDErpPK1FsMzHxa7g3+iSCDnsy24cYYLbjbrIcaWlaFDIUk5B1+tZWQUmxjQAQRcRXX7aMLic&#10;zc1FSG1yT3FSZBwl5BGzn6yTj4jPn1pd931TzCm1OpPKFvUl8MtMtnlXVJifEGwrybSRkn3Z3208&#10;UsKqcw2/mttITzVfVQfwpxP2OMJ9VdRSpVxKvUUSr8NrqH4lYD7UZ/Yisy97k7Xk7jJJoio9CdRM&#10;DktXgbcfdVkoaB3Vgk5PQYwTnbW++vRki10EulAyEZ1o+HTJl1wWK1FXfEJednW/f/DKoWhdEBEu&#10;m1JksvNnqPRST5KScEHyIB1zQtGgTLQ7Sl48Gai+p1tRlwm8jHO/HJU08B5ZSkn4EaEaQpAklO7U&#10;db+EhXuj8nmwiqSrozUS2eShb3mHUniRb1M4Z02rVqekSJcVDhYa8Tqlcu+E+Qznc4Gl3cPG+uz1&#10;KYoEZunMnYOK+kdP3jA+4/HWUUDQszcwp+cFmkqIA2qsbdg8Ts3w61fSgS7KWpY3cIBJ2JuPE+UU&#10;Co1ap1eYZFUqEiW5+k84V4+GemsTW2sstS7YaaSEpGQGAjK3XVvLK3DcnaYNZNMRCcuSI3UnFIiK&#10;fQJCk9Ut8w5iPlnX66VhtRb9axtz2RGwkrAXlfHlGwDHDaku8PU0hic7HbExc2PJhK5F8q8gAnfP&#10;gVy/AD4ag+Jlk01u2nKw44htimUpEKG2FHvC4lY5SfUcmR59SdsawGmaSTLlUbBTiVnn1yMCdycb&#10;brxsE/Q2ESCyFYBI5dUHEcTheElo16DjG4kaRcVcoMoO0eqSIpzkhC/CfinofmNMW3+Os5hSWLlp&#10;qJKOhfjeBY95Sdj940kaQ6KStaSXW+o9v2Hgr++Y45Q1UbSGYpag2vrN7t3L+2XLOLzOv+g1DhPV&#10;KpQqo24+xEWpLeeV1CinAJSd+pG/TSIuyhz7u7RNpcIac6GeX2SACoeFL8nkW46R/fT8k6TdFKY/&#10;JTJYmE6qwon+FIAPEfGG0ENNJ1udkkGXVdK9VP8AEonv6gjqDa1t0uz+G9MtWiMJZg0qK3EYQAB4&#10;UJAyfeepPmSTqV1uQFhaLKEBtAQnIYR+XHG2Y6nnnEobQkqUpRwEgdST6a5im54d8/hJ7n4kU8Zp&#10;USRMqSFgY52EILbSvirwHHXf56XtITenOI2qBA5kWHiYBVJY9Nk0fvArsTiYpujRiFmLhw9shm7a&#10;24zUm6gxGShKkyGG8pyT0JIPUA4PQY31cLy4R0OjcK5M+mSX++gBT5W8QpTqSU+E4wBgA4wPPWZV&#10;XSqYk623IthJb1kg2zxwIOOy98t3GHun6PszNKXNruF2Nr5YYgjna2e+E/q5cMrQhXbd7zNSYlri&#10;xkBSiw4hIBJ25s78pAP1d9OdcnV06muzLZAUkYXva97bP1vwhYpUqmdnm2Fg2JxtnbPbDyt8OmdO&#10;UzUkOwG3jGZi+zhsxS34SkEHdOwI2GxB89esKkPJqMp+qvJmKXJLsZSicNI25UhJ2SR0yOvU68zv&#10;voaccARqqIAve+ItrG5H0s757LkExubTSnEIJVdNycrYY2H4cvHMRr1f1rTbWv15iU4y43JUp9lb&#10;eE5ST+gPq46Y6emq3r0/SpxE/ItTCMlAZ+Pjt25xg9QllSc24yrME/r9ZQaNE4oR91M3fWZln9qm&#10;1OKrCVOtu+wVZGPtLY5EuN//AK9/1tAZ4hueYWdoWnv1VflMfsxrfB7ih9BSFd10+ahHUS369Sbo&#10;smDcdBmtzKdUmEyYz6DstChkH3H1B3B2OpDTODcXjQ0KStIUnIxph20+Ot7s8RzwCs+KIbdUZYTL&#10;ltu/TTA9sGBsAhByArfKumQMgoZ2BD4dcNn7MhyWpVYqKkrrMlvdLXL9WOk+eDkk+v3BRqSlTk+1&#10;JjIHXV9lBuO9VuwGE8OLdnJidcwDYLaBxVcE9idY9oEVnRplgXDl4M1GmJpJgIuSWh5sd65DdDaW&#10;jkqGE5BUcYBOFD63TrqzcSjKrHAqoKoL/epQoF3u9+8bSfGAfPHnj0I15/qbSmNKUuzDQSgOJJIv&#10;Y3NwSTt32sMDhnGwyLiXdHy2y4VK1FYG1xYYjDZuvfMY5QhKBR3K/d8ajtSWY65SihLjxwgHBIB+&#10;OMfE6v8ASLB4h2bU35capwoUZTZD8n2sJaAA2KuZJOATnp6+utNr9Yp0uo0+dQpXSJuLC4JvgMCD&#10;e4HhjCJR6ZOvD0yVUBqGxubEYZ5ZWP8AiLTYFWqCr8ehO3TSa4mQ0XH1x2g28hSeiieUc6cbeeMj&#10;pq1xa1Lk8RKxSGmELbp0dhbe+MuLCyQT8AnWN1mRZ9LdIbU0EoSrVViR1kp3m4scMcMtkabTJp30&#10;ZsFYcJURcYX6pVuGNxjvz2xUuKcyh1Dg9CrUmhPTES0JWxIQoNuRgtPMkk4Ox2GOnzxpE61jQdD7&#10;dMKHF6wCiAPZscRfjmOcZ5pUtpc+FITYlIJO++R9x5QaNP8ACfBqwQmadeXD8WLWZSYr7bxfo8xe&#10;eRl1XVtf8hfr5HfQSstLXK9K2LqbIWBvtmOZSSBxMXJVKHVKl3DZLgKSd18j2KAJ5Q3ewzxBve3+&#10;0lO4I1KS29R0plPKjr8RiyGiAotqH2VEHI6Z3GDnO+OjEk6HmErGRy5QY0fW6ZLo3c0Ep7o56drF&#10;xDX4XWjuuHCUKpSlH0AWNLS8f43a5/aUj94rQRA/3hR+p+aA9xqTA/enyiH0aPRTg1snwxrDFa4L&#10;U8oIK4jYhvJ9CgYGfinlPz1mP+obCl01t0fRV5g++0PmhjoTPLbP0k+RELa5+H1IgcZJFPNWYp0a&#10;fGXIp63HAlDT4I+jWfsp64PvGMnU1R7RkOxVprXEanVB8o7tltyW4+hvIIUB9KnqCQduh1Qma+t6&#10;QacXKqcUUghYSMNi8SlViSDsxBi2xR0NTbiETAQkKIKSTjtTgCm9rjbmIlYlBlWhUGVU2n21FmTi&#10;mO2613zjq8nflbUenmfHgAb51ZbURBajVREJbkl5qapuTKcUCqS8EIKj7gCeUDoOXSPVJkzrCphK&#10;lnWtdS7XsDYJASLWvck7SnIWxaqewJV1LJCRq3sE3tci5Jvje1hbYFZm+C5vKLWq9fceyrYlrDFJ&#10;p6I097vS2zsN+8I2IAA233zt11WjaNjsvKhyeI7Al9MtQVrYB9OcbH49NaXS6g/JSjbElLdI4Uha&#10;7EJtrYgEnNVshutCNPybU1Mremn9RAJSnAm+rgSAMhfM74jqlYN0U+byx6W/UY6087UqC2p9lxJ6&#10;EKSP89V4gpUUqBBGxB07yFSlak3rsKBO0X6yeChmDnnCrNyL8ivVdTYbDsPEHaI+azKP/wCLoP8A&#10;WW/9Q1df+RVyPlFZr5RPMQ2eyl+d9rX9JVv3h10J1wpHzFvkPIQw0T5N77xfnHO7te/nXad+rTP9&#10;Q0urx/jdrn9pSP3itUE/8sr7B/qEAtkz977jEPo0citBq4WJd1RoNJqdGpqiJVUDbcQ9eR0rCcj3&#10;8qj80jQWtSTdQkVMu+rdJPIKBPgDBOmTS5OaDqM7EDmQQPEw1yt2mViXRrZVTKbDo8dDlQqEtpTq&#10;ytYKvIjJ5RlRUT9Ya8ol60ys0lUebS59wRFK5e/j0NZYUR6glWfu1hfweucR6SlWq6NVRcU4EJBU&#10;NZKUi2YB34HcLRrPpiJZXQKTrNm4CEoKlWSdUqVjv4eMR8/lguLTw6sSczUpKO59tkRFsNx0k/Z7&#10;zAz8AB656atdn0pNv8NE0pmQJMqLz+0rGTzPnxK69d1Aa+Kq8TIht54OvKUCsgghKUghKbjAklRJ&#10;ttzj6p7Q9LK2my20kEJBBBKjYqNjjsAx7IVM1+c32RjNYKi/U6qs1R37at1bK9BkJ+/36q9iUmn1&#10;zi1TqVVD/wBlfcV3g5sc2EkhOfeQB89a3JOei06deY9ZKnSPwiyfACM6mkekTsq076qko/mPW8SY&#10;2Mccp9CtxyDTURmlxIi3WIoUE+FI6464z1Pv0g+JvsUm9odbgxUx0VintTltg5wtWQc+/br59dIG&#10;gof+EVTCyeuCDfbfrA94OMOGlha9CDKAOra3C2FvERUNZ1CbLt709pJAK5TSRn3rGttmDZhZ4Hyj&#10;LGRd1I4iGv2Uvzvta/pKt+8OuhOuVI+Yt8h5CGCifJvfeL8453dr3867Tv1aZ/qGl1eP8btc/tKR&#10;+8Vqgn/llfYP9QgFsmfvfcYh9erEWTKUsRo7rxbQXFhtBVypHUnHQbjfRpa0tp1lGwjglKlmyRcw&#10;SIsqI8G5cZ1hak8wS4gpJHrv5as/DYojcRGaiu36jVFRvEyiIMhK8bFW3TfOcjGPPQerLS7THdRx&#10;KQpJGsT1RfDPy474JU5Jbnm9dBUQQdUZ4RfaZw9u6rs1E3BJZpzNalpkzkIcLjy0JJKWxjwpAyd8&#10;ny223Z8SJGgUtqFDZS0wwgNtoT0SkdBrz/pFVpadUGJO/RpN7nDWOqlINtwSkAXxzOEbDRac/KpL&#10;0zbXItbOwuVHHeSTfsiqcSbskWhRafUYchPeKlBC4qkgh9vB5t+oxtgj189e0qi1iBWajNo3ePQ6&#10;vyuvR0Pdy+w6AAXGyrwnIAylWOnXy1JdqXlJFl94WD2sk7R1FJIVbd9FQGzLGI849MTbrTRuW9U7&#10;vWSoEX3/AEhfbwhNUy+6lbtyT2EgVGnzXlLlRJrKUh1R+sSBkJPw292p2DRuHt3VVt+2KtJt6r8w&#10;W1FeOW+8G45D8R5H5a1mflZujk1CSSFIUB0rdyQbC2sm+22eGIxIjO5OYlqkBJzStVYPUXtxOSuF&#10;8t2+P1dl51RirR2q/T/Za7Rw4ytTSvo5bTrZST06Z5Tj3noRjS8n1GTUX2lyFZDDKI7YHRKEDAH/&#10;AF+JOiWj1MYlWUutK1k26h+qSVC/Ea1uyKNZn3Zh1Tbgsq/WH1gAk24HVvGLqStr+MWlf11n/WNM&#10;0383XyPlAOX+WRzHnDT7KX532tf0lW/eHXQnXOkfMW+Q8hB+ifJvfeL84559rNpL/wCFxpDCyQlw&#10;0tBx1wVjS1vH+N2uf2lI/eK0OSf94UPqfmgJbqTB/enyiH0zOENBQz318TKjHYhwXFR1NuMlZUcJ&#10;OQc7HxJxjJJ2xqppRMmXpTiQkqK+oADbFWA/W3KClBY6aoIJNgnrG+OCcYb0qj0KtSI06q0eO+8h&#10;JDIlNBSkg79D8M+o1D1O/wC2rYqUqk1Eexuw+RTbSE5DraseJGB5b5Bx089ef5KUn6yoSTSyrUFw&#10;L4W1rEjZtvyvGwzUxJ0xJmnE21szbG9ri/dbnGNXuKVDo1JEplBm9+UGJ3a+VLyVDdXMR4eUggjq&#10;MjbfXrGavO56aiX+UdOpcN3dKaakSVqT6F1WwPvSNFBSWqPLJnZ9BWSbJTkm4z11cDcaoxNjjaKH&#10;wi5U31SsmsJsLlWZsctUcRY3OVxhFXatWJR+Kri7pkxau+FB+LJqFQUwrl8hyqSUqwc9D8tNZCud&#10;lKttxnwnI+R1x0jm1zvQugFLer1U6oCU7wkg2VjyOwiOtElkyvStkgr1usb3J3EgjDDmNoMay8QK&#10;OuicX6nDKCltbxfa9ChfiGPhnHy1ANFwSUFkqDgUOTl658se/Xoimvpmaey6clJSe8YxjE80WJxx&#10;vcojxhhcbOf8uqX36D3/AOLEd6rlwCeZX/XP36XWhujNvgZi2VveYu12/wAJu33+4Qakra/jFpX9&#10;dZ/1jRyb+br5HygVL/LI5jzhp9lL877Wv6SrfvDroTrnSPmLfIeQg/RPk3vvF+cc+u2NGco/4VG3&#10;aq6pPJJjU2Ygq2ACX1IOfm2fv0r7zSU8Xq4FAg/jGQd/6RWqCU2q6j9Q/wBQ/vAU4JmE/vb94MQ2&#10;pOm3FVaU3GZiyPoI0tM0MkeBbgKSObG5HgTsT8NEpmVam2+jdFx79/ZHNh9yXXrtmxiduniTVrlk&#10;U2anmgy4CnCFRnFJT4sYxvnOAQd/PVdrVXk125XqrLShLr/LzBGcbJA8yT5eZ0IpNEl6UhARiUBS&#10;b4XIKtYXwzHdicII1CqvVBayrAKINtxCbYc+/ARg6kKTXq1QpPfUipyIiicqDbhCVfEdD89GZiWZ&#10;m2iy+kKScwYGMvuy7gcaUQobRDQsfipc8upJRcNOXKp2D3s5mKodz/KWUjl5R57DHXy03UqSpAUk&#10;ggjII89eb9K6PLUid1ZVV0HZe5SRmDt3EXxxjbtHqk/UZXWmBZQ22tcbD55RVr7sGn3rRk8yhHns&#10;DDEnGcD9FXqn/L78r6k0KweH9aRVrgudqqT4quZqLETzhCx0JGTuOoyUgHR2g1qpzNMVSJRsqWbg&#10;K2JSc78sbe+1iJq9LkWJ4VKZXqpwJTtUobvC/wDm8VbiFdEW67saqEIrDXdYKFt8ikKzuCMkHYDc&#10;eWM9NVXWy0eTXIU9qWXmkW3/ANv1nGZVKZTOTjj6clG8GpO2EKXxKpKEJJUqcyAB5+MauTZAlnCf&#10;ZPlFaWF30DiPOGv2PI5q/wCFZuSpMH6OPHqcw4I+qqQhA/a4NdBNflKSUySAdw8hB6h4suKG1aj4&#10;xpN+EatZxMizb6joVgd/S33AD4Ts40M/+992kdfCvb61AuVAHJXacxOOOgcKAlwfHmSc/HQ+YPR1&#10;Zo+0lQ/pV+UwJeTqzM2ji2rwI81RW9GjcD4NGpEj6AScAZJ06OGPC+mC22LguKH7RJf8bUZ5PgaT&#10;nYqSepPXfbppH0yq7lKpvxBstZ1QdoG0jy4Xhr0ZpyKhPfGi6EC53E7B7+NovV3LEDhRUXGHkxUM&#10;RycpGMJHVKfQkZA95GvCxnO7tR+lBxTiKVMchNKV9YtjCm8/BC0j5aw1KdekKURjr3vyAFv5rxqy&#10;jq1JIBw1bW5kn8sWLVFf4NWdJrEma+JqlSXVOlAeCUoyc4SAnpv551+UiuzlEK1StrqABuL5R+1K&#10;ky1VCQ/fq3ywzhL3pb7NscRpdHjyFPMtKBbUoEKCTuAdhv7xseuoPXpynzJnJNqYULFSQe8RhE4w&#10;JaZcZBuEkjuMGrDZjjNMq0y6pYHs9AiLmnPRTmOVpPxK1J+7XCrqIp7oGahqjmrqjxMfUiQmZStW&#10;SeseSesfAQ8fwdloS5Fx3fxKlklBQikMrIz3i1KDz2/uwz/i1u5otKpCWQBBjR5BTTUFWZue8mFp&#10;2jOGauLPZDrtqRWUuVJLYm03PX2lrxJAPlzDmRn0Wdc8rBku3fwsk2JJB/G9CK5lMSvZbjZP0zHr&#10;kHxAdevkNAK6QwG5v/zUCeXqq/lUY4TaCmrJRseQUfiHWT/MEiIrz180fgDBo1IkNfglSaT7S7WK&#10;g0hctx72aCFjOClBWtQHrjG/l089OfXmzTV516tOa/qiwTyGB/mvG4aLtNtUtGrmbk8zl4WhIcSu&#10;J1Tl1mXbVPieyRY73dvF1GVvFJ9CMBOR08x92rtwquNdx2xVKrOTGZkv1HLiGspT/BNpBwSevL69&#10;dMVW0fZpujaHUElZsTbI65SfDVAG/twC0+suT1bU2sAJxtvGqFedyTF515R5MeXFD8V9t5skgLbW&#10;FJJBwdxrKAlRSVAYD3//AJGhayQdW+MIfjHUn593xG5EOTHU02vwPshJTuBhKx9dGUkg/wAo/AL7&#10;XqXRtpLFIZQkggDMG4OJ/VtmWyMCrjhdqTqyCDfIixyH6vtzg1mX1IdoHD2NYTMdSqvVXm5s9CBl&#10;aE4+gYx15jzc5HvTrvVFa6mpcZqVrHkjH+rVHbAZxfQSbz3DVHNeH9OseyOjnZ74ZjhL2TKFaD7a&#10;U1BLPtdSIOcyXPEsZ8+XIQD6IGmNpjQnVSBDzJs+jyyGvZAHhBrQXticGKpwr45M8cLAaVHptRld&#10;5MDKfDDmK6kj/Zu5Pu5iofaA1Tn2ETMuptYuCLHkcDAevNL9FEw1gtohQ7P1fshY1FEC9bLVftuM&#10;htYUBWYKesV49XEj/Zq6j0+/FZ0Hor6nJXoXD12zqHjbI/iTY9sC5zUcUmYbHUcGsOF8x+FVx2R+&#10;m23HpCWmm1LWshKUpGSonyA1J1G1LkpFKTOqdDmRo6sfSONEAZ6Z9Pnoi9Oysu6hl1YSpfqgnE8o&#10;4tSr7zanG0EpTmRsi9cHY9x1GvNJQ6tmkQCpa3A2kFajg90F45sE4JAONt+o063n2Y7IcfWEJKko&#10;yfVRCQPmSNeftNOgXWC1LjEZ7bqJufMYDAG+28bHov0qaYHHjgcvsgW9xx3WhG8ZanR6vMo86A0g&#10;SH2HFurByVN82Ef5LPz1DcLamIXGCnxZElTcSQ/40c2ErcCFhvP95X7dabJyjw0UVLu4qCF27CrV&#10;7rC0IczMNnSFLzeCSpHiBf33i73Zxgjpsc0+ltkz5kQJW8hQCY7hJS4kjrkY2/WB8tSHApcg8KZY&#10;dJ7pM1Xd56fUTnHz0lT1D+B9Gnel9Za0kchgPeeRhplKt8J1xvo/VSgjtOJ93dFD4x1aDV+K7b1P&#10;nMymWoiGudpYUkEKWSMjz31Rdato8yuXpLDbgsQkXBzjPqy6h6ourQbgk2MWKBGi2pZX5e3CylTT&#10;asUqGs4M18dCR17tPUnzxjTS7GXB6dxP48TONt9xlSIFLld7C71OESp2chQ9UNbHHTm5f0SNc5RQ&#10;n6i4+PVR1B2YqP8AF1fwxUcZK5iWkT94r8oPZj+ON+tGm2HmDUdcNv0a67HnW3cMBqbTakwqPJju&#10;DwrQob+8HzBG4IBG41+EXFjHwtCXElKsjHOHjFwhvrssccjXbbVImWrPc5IkxxPO24g7mNIAGAvY&#10;4O3MBlOCCEwyKfRr7obtwWI33chpHPPopVl2OfNTX6befTcfsCPN/wC0TwnP+tVkr/KvsJseB4Qj&#10;yLagpyjuesklTfHaU/iGI+sCNsY1nS0Qr9ZLrzEXnyn2p7OY2NytO4HPgEDO2+Dp60Wo06oUp2Vk&#10;ppLkYuq/GHeOuSWgDlw8xwlOc7YORvsCNKOm8u4XUvJByFjhfWvgEm1wBYqVbeBhe8PmiryA2W1H&#10;abjG1rYki9iTcJF+JxtEPeV/w7QpFOdttcRxDzeE0/uu7SlCkhSXAAAUjfGPPPqDpT13iBdVwVHv&#10;5tUcbQPqsMkoaT/d8zudzk+/VrRTRthTQqE4glw3wOIzPW24nf2jOK+kNbdS4ZOWVZAtlgch1eQ/&#10;wYrylKUcqUSQMbny0eetSAAFhCDe8XfhVMpjHEFCZbbbs6Y6lhhTrXOGgcla85+scBI2+1n1Bc8O&#10;vQE27WKjETDEanuuDDawkLUlIJKlDbc+779YbppJzDtSJJOqQm1sRibDDnrHtjV9F5lluSAFtYFV&#10;754C5x5W7oSF+3lAvWWzLapi48tpwtpOx5msDCVHzVzcx8tjrHTSqFZdEar/ABAWoLcT3kOjIOJE&#10;r0K/0EZ9d/8AIvgD9DpbVObVrPKulPDaVHgkY9whKmH5eem3ag8NVpPWVxOQSOKjh3mJfgpweu3t&#10;Tcc3q5ckh+Ba9MUESpDKOVCEj6sWOCMBWMZO/KDzHJIB6O25blEtGxYVtW5TmoNMpzIYjR2h4UJH&#10;7ST1JO5JJOSdNdLlEScultGQFh+t5zMcKE24/wBJUX/XdJ7Bw4buAESWjRaGqDRqRIjLjtuhXfZE&#10;y27mpbFRpk9stSIzycpWn/MEHBBG4IBG+tDeOPY9vXhNcDl/cHJNQqdHjEvqZaUTOgDz2A+lb94G&#10;QPrAgFRoTssiZaKVC4IsRvG6Feu09x9CZqXwdbxFs7DHvGYhXwb+s++GksXiymhVojH41jN5jSFe&#10;rrY3ST+kPicDbXtXLfuSlU1qTJeVMpxRyR5kZ/voykeiVDYD3HGlCnv/AAe8mnzmI/6lnaPYJ2KA&#10;wHtDjFZMwmry6pyWwWPlED+sD2Tt9k8LGIDRp0gVBo1Ikftl56PIDrDq21jOFIUUkZ2O41PW/RLl&#10;qtClMwSItKdwZcqSoNRkhJzlSz6HGw92hdRflJRgvzOQtzJBukDeb5D/ADF6TbmH3Q2yd/IAiyid&#10;wtmYxqhf1rWPzRbHbRWq0PCavIb+gYV/Mtnqf5R/aDpl8D+x/fXFu5xfHF52o0ijPLDxbkZTPqHp&#10;gKH0bePtEZxjlGDkCKXJvzD6p2bFnF7PYTsSOO1R2ngIrPqTWZlFPlD+ztm5V7R2q7ckjYMd8b72&#10;zbFv2bY8S2rWpMem0yCju2I7CcJSPU+ZJ6knJJySSdSmnQAAWEPyEJbQEIFgMBBo1+x9waNSJBo1&#10;IkI/i32QeEnFV+TVUU5Vu12RzLNQpiQlLizvzOtfUXvuSOVRz9bWnl58DO0D2dq1Im01iRVKFkqX&#10;NpzapERxH880QSg46lQwPJR66CVKmszjKkOJuk5j3jcRCPU6c/TnxUqdgoYkDxw2g7RFXj3/AMO7&#10;kSn8pKFJoE5X15VLAcjKPqWjuke5JOpVmzqZWU89oXtRavn6rCnfZpB/4a//AJ0qt1KeooDc6kut&#10;DJxOKgPrp229od14sSztPrmMuoNPHNBwST9RXH2T5R4Hh9eoqph/kzO7weYb8H+P6v7dertnQqM1&#10;314XdR6MlP1me/EiT8m0Zz9+r7+k8jYJkz0ziskp/MckjffEbo7CjvsguTpDKBmpXuGajutnviKm&#10;cQuH9vpLdr229XJaf/WVc8rAPqllP1h+sQdXCyeB/aA7SC41Sn5pVtg5alzU+zxUp/mWUjLm3RWM&#10;bYKhrjJ06Zm5gTc+rWcHqpHqo5bzvUeyAz8+qpk02lJ1Wj6yj6yrbVbk7kjtxjcTgx2T+F/B5LNT&#10;bhfj64G8E1We2CW1erLe6W/jur+UdOnTw22G02EOchItU9gMtdp3nfBo10ghBo1IkGjUiQaNSJBo&#10;1IkLO/OzbwV4jLekXFYkBE17JVNggxZBUftFTeOY/rc2tf7x/Bz0d7nfsHiHKinJKY1Wjh5J93eN&#10;8pH+A6qOyyV4jAwqVLRyWnCXGuovwPMf28YWh7D/AGkE1c28io0k03/efxwsRD/c5ef/AJNX+zfw&#10;coElt/iDxF5mxjvItHjYJ9cPOdP/AG9UmpAIJsAL522wBZ0ZnH1j0tzqpwGNzbhfIfq0bH2F2c+D&#10;HDdhtVuWJT1S0YPts1HtUnm9QtzJT8E4Hu0ydFUISgWTD9KyjEk30bKbDz574NGvuLcGjUiQaNSJ&#10;H//ZUEsBAi0AFAAGAAgAAAAhAIoVP5gMAQAAFQIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA9AQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAx/99P0oEAABdDAAADgAAAAAAAAAAAAAAAAA8AgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAWGCzG7oAAAAiAQAAGQAAAAAAAAAAAAAAAACy&#10;BgAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLAQItABQABgAIAAAAIQCk34nk4QAAAAsBAAAP&#10;AAAAAAAAAAAAAAAAAKMHAABkcnMvZG93bnJldi54bWxQSwECLQAKAAAAAAAAACEAUwVL0ek1AADp&#10;NQAAFQAAAAAAAAAAAAAAAACxCAAAZHJzL21lZGlhL2ltYWdlMS5qcGVnUEsFBgAAAAAGAAYAfQEA&#10;AM0+AAAAAA==&#10;">
                 <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
                   <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="Picture 6" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;left:4856;top:492;width:1260;height:1680;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQAEqzleAAEAAOYBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU5ZIISSdEHKEipUDjCyJ4lFMrY8bmhvj9O0G0SRWNoz/78nu1wfxkFMGNg6quQqL6RA&#10;0s5Y6ir5sXvJHqXgCGRgcISVPCLLdX17U+6OHlmkNHEl+xj9k1KsexyBc+eR0qR1YYSYjqFTHvQn&#10;dKjui+JBaUcRKWZx7pB12WAL+yGKzSFdLyYBB5bieVmcWZUE7werISZTNZH5QcnOhDwlTzvcW893&#10;SUOqXwnz5DrgnHtLTxOsQbGFEF9hTBrKBFbe6rgPmLbyv3tm0ZEz17ZWY94E3i7Ji9g1gHFfFHD6&#10;b3uTYu84XdrV6ZfqbwAAAP//AwBQSwMEFAAGAAgAAAAhAAjDGKTUAAAAkwEAAAsAAABfcmVscy8u&#10;cmVsc6SQwWrDMAyG74O+g9F9cdrDGKNOb4NeSwu7GltJzGLLSG7avv1M2WAZve2oX+j7xL/dXeOk&#10;ZmQJlAysmxYUJkc+pMHA6fj+/ApKik3eTpTQwA0Fdt3qaXvAyZZ6JGPIoioliYGxlPymtbgRo5WG&#10;Mqa66YmjLXXkQWfrPu2AetO2L5p/M6BbMNXeG+C934A63nI1/2HH4JiE+tI4ipr6PrhHVO3pkg44&#10;V4rlAYsBz3IPGeemPgf6sXf9T28OrpwZP6phof7Oq/nHrhdVdl8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAASAAAAZHJzL3BpY3R1cmV4bWwueG1ssrGvyM1RKEstKs7Mz7NVMtQzUFJI&#10;zUvOT8nMS7dVCg1x07VQUiguScxLSczJz0u1VapMLVayt+PlAgAAAP//AwBQSwMEFAAGAAgAAAAh&#10;ALz3HprAAAAA2gAAAA8AAABkcnMvZG93bnJldi54bWxEj0GLwjAUhO+C/yE8wduaWkGkaxQRhMWb&#10;unvY26N5tsXmvdJkNfrrjbDgcZiZb5jlOrpWXan3jbCB6SQDRVyKbbgy8H3afSxA+YBssRUmA3fy&#10;sF4NB0ssrNz4QNdjqFSCsC/QQB1CV2jty5oc+ol0xMk7S+8wJNlX2vZ4S3DX6jzL5tphw2mhxo62&#10;NZWX458zIJd7LvHw88hkH6azNv/FWeyMGY/i5hNUoBje4f/2lzWQw+tKugF69QQAAP//AwBQSwEC&#10;LQAUAAYACAAAACEABKs5XgABAADmAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQAIwxik1AAAAJMBAAALAAAAAAAAAAAAAAAAADEBAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAASAAAAAAAAAAAAAAAAAC4CAABkcnMvcGlj&#10;dHVyZXhtbC54bWxQSwECLQAUAAYACAAAACEAvPcemsAAAADaAAAADwAAAAAAAAAAAAAAAACfAgAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA9wAAAIwDAAAAAA==&#10;">
-                  <v:imagedata r:id="rId7" o:title=""/>
+                <v:shape id="Picture 6" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;left:4856;top:492;width:1260;height:1680;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC89x6awAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvgv8hPMHbmlpBpGsUEYTFm7p72NujebbF5r3SZDX6642w4HGYmW+Y5Tq6Vl2p942wgekkA0Vc&#10;im24MvB92n0sQPmAbLEVJgN38rBeDQdLLKzc+EDXY6hUgrAv0EAdQldo7cuaHPqJdMTJO0vvMCTZ&#10;V9r2eEtw1+o8y+baYcNpocaOtjWVl+OfMyCXey7x8PPIZB+mszb/xVnsjBmP4uYTVKAY3uH/9pc1&#10;kMPrSroBevUEAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAvPcemsAAAADaAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;">
+                  <v:imagedata r:id="rId6" o:title=""/>
                 </v:shape>
                 <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="rect"/>
                 </v:shapetype>
-                <v:shape id="Text Box 7" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:3518;top:2063;width:3960;height:599;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDw94q7/QAAAOIBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzUrEMBDH&#10;74LvEOYqbaoHEWm6B6tHFV0fYEimbdg2CZlYd9/edD8u4goeZ+b/8SOpV9tpFDNFtt4puC4rEOS0&#10;N9b1Cj7WT8UdCE7oDI7ekYIdMayay4t6vQvEIrsdKxhSCvdSsh5oQi59IJcvnY8TpjzGXgbUG+xJ&#10;3lTVrdTeJXKpSEsGNHVLHX6OSTxu8/pAEmlkEA8H4dKlAEMYrcaUSeXszI+W4thQZudew4MNfJUx&#10;QP7asFzOFxx9L/lpojUkXjGmZ5wyhjSRJQ8YKGvKv1MWzIkL33VWU9lGfl98J6hz4cZ/uUjzf7Pb&#10;bHuj+ZQu9z/UfAMAAP//AwBQSwMEFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAABfcmVscy8ucmVs&#10;c6SQwWrDMAyG74O9g9G9cdpDGaNOb4VeSwe7CltJTGPLWCZt376mMFhGbzvqF/o+8e/2tzCpmbJ4&#10;jgbWTQuKomXn42Dg63xYfYCSgtHhxJEM3Elg372/7U40YalHMvokqlKiGBhLSZ9aix0poDScKNZN&#10;zzlgqWMedEJ7wYH0pm23Ov9mQLdgqqMzkI9uA+p8T9X8hx28zSzcl8Zy0Nz33r6iasfXeKK5UjAP&#10;VAy4LM8w09zU50C/9q7/6ZURE31X/kL8TKv1x6wXNXYPAAAA//8DAFBLAwQUAAYACAAAACEAMy8F&#10;nkEAAAA5AAAAEAAAAGRycy9zaGFwZXhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQUkjNS85PycxL&#10;t1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAAACEAVd8Is8MA&#10;AADaAAAADwAAAGRycy9kb3ducmV2LnhtbESPQWvCQBSE7wX/w/KE3nTX1pYas5GiCJ4sTVvB2yP7&#10;TILZtyG7mvTfdwWhx2FmvmHS1WAbcaXO1441zKYKBHHhTM2lhu+v7eQNhA/IBhvHpOGXPKyy0UOK&#10;iXE9f9I1D6WIEPYJaqhCaBMpfVGRRT91LXH0Tq6zGKLsSmk67CPcNvJJqVdpsea4UGFL64qKc36x&#10;Gn72p+Nhrj7KjX1pezcoyXYhtX4cD+9LEIGG8B++t3dGwzPcrsQbILM/AAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQDw94q7/QAAAOIBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADHdX2HSAAAAjwEAAAsAAAAAAAAAAAAAAAAALgEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhADMvBZ5BAAAAOQAAABAAAAAAAAAAAAAAAAAAKQIAAGRycy9zaGFwZXht&#10;bC54bWxQSwECLQAUAAYACAAAACEAVd8Is8MAAADaAAAADwAAAAAAAAAAAAAAAACYAgAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA9QAAAIgDAAAAAA==&#10;" filled="f" stroked="f">
+                <v:shape id="Text Box 7" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:3518;top:2063;width:3960;height:599;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBV3wizwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTedNfWlhqzkaIInixNW8HbI/tMgtm3Ibua9N93BaHHYWa+YdLVYBtxpc7XjjXMpgoE&#10;ceFMzaWG76/t5A2ED8gGG8ek4Zc8rLLRQ4qJcT1/0jUPpYgQ9glqqEJoEyl9UZFFP3UtcfROrrMY&#10;ouxKaTrsI9w28kmpV2mx5rhQYUvriopzfrEafvan42GuPsqNfWl7NyjJdiG1fhwP70sQgYbwH763&#10;d0bDM9yuxBsgsz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAVd8Is8MAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" filled="f" stroked="f">
                   <v:textbox>
                     <w:txbxContent>
                       <w:p w:rsidR="00027BC0" w:rsidRPr="00271C6F" w:rsidRDefault="00027BC0" w:rsidP="00027BC0">
                         <w:pPr>
                           <w:tabs>
                             <w:tab w:val="left" w:pos="4680"/>
                           </w:tabs>
                           <w:jc w:val="center"/>
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="32"/>
                             <w:szCs w:val="32"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="00271C6F">
                           <w:rPr>
                             <w:b/>
                             <w:sz w:val="32"/>
                             <w:szCs w:val="32"/>
                           </w:rPr>
                           <w:t>ОБЩИНА    КАРЛОВО</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
@@ -316,227 +315,189 @@
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="Правоъгълник 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:-9.15pt;margin-top:-43.2pt;width:523pt;height:737.75pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB48m+mtAIAAJQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u1DAQviPxDpbvNMmSLjRqtlq1KkKq&#10;2ooW9ew6dhPJsY3t/ePEmZfgFRBcEAieIX0jxnaSXZWKA2KldTyemW/+5/Bo3Qq0ZMY2SpY420sx&#10;YpKqqpF3JX57ffrsJUbWEVkRoSQr8YZZfDR7+uRwpQs2UbUSFTMIQKQtVrrEtXO6SBJLa9YSu6c0&#10;k8DkyrTEAWnuksqQFaC3Ipmk6TRZKVNpoyizFl5PIhPPAj7njLoLzi1zSJQYfHPhNOG89WcyOyTF&#10;nSG6bmjvBvkHL1rSSDA6Qp0QR9DCNH9AtQ01yiru9qhqE8V5Q1mIAaLJ0gfRXNVEsxALJMfqMU32&#10;/8HS8+WlQU1V4hwjSVooUffp/kP3ufvS/br/2H2F/4/uZ/et+45yn62VtgUoXelL01MWrj70NTet&#10;/0JQaB0yvBkzzNYOUXicTvNJlkIhKPAOnk8P8sm+R0226tpY94qpFvlLiQ2UMGSWLM+si6KDiLcm&#10;1WkjBLyTQkh/WiWayr8FwvcROxYGLQl0gFtnvbUdKbDtNRMfWYwl3NxGsIj6hnHIEHg/CY6E3txi&#10;EkqZdFlk1aRi0dR+Cr/B2OBFCFRIAPTIHJwcsXuAQTKCDNgx7F7eq7LQ2qNy+jfHovKoESwr6Ubl&#10;tpHKPAYgIKrecpQfkhRT47N0q6oN9I9RcbCspqcNlO2MWHdJDEwSlBq2g7uAgwu1KrHqbxjVyrx/&#10;7N3LQ4MDF6MVTGaJ7bsFMQwj8VpC6x9kee5HORD5/osJEGaXc7vLkYv2WEHpM9hDmoarl3diuHKj&#10;2htYInNvFVhEUrBdYurMQBy7uDFgDVE2nwcxGF9N3Jm80tSD+6z6trxe3xCj+9510PbnaphiUjxo&#10;4SjrNaWaL5ziTejvbV77fMPoh8bp15TfLbt0kNou09lvAAAA//8DAFBLAwQUAAYACAAAACEAwkk6&#10;eOUAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/CQBCG7yb+h82YeCGwbTFQa7eEmCDERBJQ&#10;D96W7tBt7H6ku0D99w4nvb2TefLOM+ViMB07Yx9aZwWkkwQY2tqp1jYCPt5X4xxYiNIq2TmLAn4w&#10;wKK6vSllodzF7vC8jw2jEhsKKUDH6AvOQ63RyDBxHi3tjq43MtLYN1z18kLlpuNZksy4ka2lC1p6&#10;fNZYf+9PRsBqrUdL/vr26TdhezTZxr+sR19C3N8NyydgEYf4B8NVn9ShIqeDO1kVWCdgnOZTQink&#10;swdgVyLJ5nNgB0rT/DEFXpX8/xfVLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB48m+m&#10;tAIAAJQFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDC&#10;STp45QAAAA0BAAAPAAAAAAAAAAAAAAAAAA4FAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAIAYAAAAA&#10;" filled="f" strokecolor="black [3213]" strokeweight="2pt"/>
+              <v:rect w14:anchorId="7BC84D04" id="Правоъгълник 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:-9.15pt;margin-top:-43.2pt;width:523pt;height:737.75pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB48m+mtAIAAJQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u1DAQviPxDpbvNMmSLjRqtlq1KkKq&#10;2ooW9ew6dhPJsY3t/ePEmZfgFRBcEAieIX0jxnaSXZWKA2KldTyemW/+5/Bo3Qq0ZMY2SpY420sx&#10;YpKqqpF3JX57ffrsJUbWEVkRoSQr8YZZfDR7+uRwpQs2UbUSFTMIQKQtVrrEtXO6SBJLa9YSu6c0&#10;k8DkyrTEAWnuksqQFaC3Ipmk6TRZKVNpoyizFl5PIhPPAj7njLoLzi1zSJQYfHPhNOG89WcyOyTF&#10;nSG6bmjvBvkHL1rSSDA6Qp0QR9DCNH9AtQ01yiru9qhqE8V5Q1mIAaLJ0gfRXNVEsxALJMfqMU32&#10;/8HS8+WlQU1V4hwjSVooUffp/kP3ufvS/br/2H2F/4/uZ/et+45yn62VtgUoXelL01MWrj70NTet&#10;/0JQaB0yvBkzzNYOUXicTvNJlkIhKPAOnk8P8sm+R0226tpY94qpFvlLiQ2UMGSWLM+si6KDiLcm&#10;1WkjBLyTQkh/WiWayr8FwvcROxYGLQl0gFtnvbUdKbDtNRMfWYwl3NxGsIj6hnHIEHg/CY6E3txi&#10;EkqZdFlk1aRi0dR+Cr/B2OBFCFRIAPTIHJwcsXuAQTKCDNgx7F7eq7LQ2qNy+jfHovKoESwr6Ubl&#10;tpHKPAYgIKrecpQfkhRT47N0q6oN9I9RcbCspqcNlO2MWHdJDEwSlBq2g7uAgwu1KrHqbxjVyrx/&#10;7N3LQ4MDF6MVTGaJ7bsFMQwj8VpC6x9kee5HORD5/osJEGaXc7vLkYv2WEHpM9hDmoarl3diuHKj&#10;2htYInNvFVhEUrBdYurMQBy7uDFgDVE2nwcxGF9N3Jm80tSD+6z6trxe3xCj+9510PbnaphiUjxo&#10;4SjrNaWaL5ziTejvbV77fMPoh8bp15TfLbt0kNou09lvAAAA//8DAFBLAwQUAAYACAAAACEAwkk6&#10;eOUAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/CQBCG7yb+h82YeCGwbTFQa7eEmCDERBJQ&#10;D96W7tBt7H6ku0D99w4nvb2TefLOM+ViMB07Yx9aZwWkkwQY2tqp1jYCPt5X4xxYiNIq2TmLAn4w&#10;wKK6vSllodzF7vC8jw2jEhsKKUDH6AvOQ63RyDBxHi3tjq43MtLYN1z18kLlpuNZksy4ka2lC1p6&#10;fNZYf+9PRsBqrUdL/vr26TdhezTZxr+sR19C3N8NyydgEYf4B8NVn9ShIqeDO1kVWCdgnOZTQink&#10;swdgVyLJ5nNgB0rT/DEFXpX8/xfVLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB48m+m&#10;tAIAAJQFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDC&#10;STp45QAAAA0BAAAPAAAAAAAAAAAAAAAAAA4FAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAIAYAAAAA&#10;" filled="f" strokecolor="black [3213]" strokeweight="2pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidR="00027BC0" w:rsidRDefault="00027BC0" w:rsidP="005C394A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DE009B" w:rsidRDefault="00DE009B" w:rsidP="005C394A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00027BC0" w:rsidRDefault="00027BC0" w:rsidP="005C394A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00027BC0" w:rsidRDefault="00027BC0" w:rsidP="005C394A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005C07C6" w:rsidRDefault="005C07C6" w:rsidP="005C394A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...105 lines deleted...]
-      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="005C07C6" w:rsidRDefault="005C07C6" w:rsidP="005C394A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005C07C6" w:rsidRDefault="005C07C6" w:rsidP="005C394A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C07C6" w:rsidRDefault="005C07C6" w:rsidP="005C394A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>КМЕТА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C07C6" w:rsidRDefault="005C07C6" w:rsidP="0035031B">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>НА . . . . . . . . . . . . . . . . .</w:t>
+      </w:r>
+      <w:r w:rsidR="0035031B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C07C6" w:rsidRDefault="005C07C6" w:rsidP="005C394A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005C07C6" w:rsidRDefault="005C07C6" w:rsidP="005C394A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="005C07C6" w:rsidRPr="00DE009B" w:rsidRDefault="005C07C6" w:rsidP="00DE009B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE009B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>ЗАЯВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005C07C6" w:rsidRDefault="005C07C6" w:rsidP="00DE009B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
@@ -576,239 +537,113 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DE009B" w:rsidRDefault="00DE009B" w:rsidP="005C394A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DE009B" w:rsidRPr="00DE009B" w:rsidRDefault="00DE009B" w:rsidP="00DE009B">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE009B">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">от . . . . . </w:t>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> . . . . . . . . . . . . . . .</w:t>
+        <w:t>от . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . .</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DE009B" w:rsidRPr="00DE009B" w:rsidRDefault="00DE009B" w:rsidP="00DE009B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE009B">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>/име, презиме, фамилия/</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DE009B" w:rsidRPr="00DE009B" w:rsidRDefault="00DE009B" w:rsidP="00DE009B">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE009B">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">ЕГН </w:t>
+        <w:t>ЕГН . . . . . . . . . . . . . . . . . с постоянен адрес на местоживеене: гр./с. . . . . . . . . . . . . . . .</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . .</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE009B">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>. . . . . . . . . . . . . . . . .</w:t>
-      </w:r>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE009B" w:rsidRPr="00DE009B" w:rsidRDefault="00DE009B" w:rsidP="00DE009B">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00DE009B">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve"> с постоянен адрес на местоживеене: гр./с. </w:t>
-[...85 lines deleted...]
-        <w:t xml:space="preserve"> . . . . . . . . . . . . . . </w:t>
+        <w:t xml:space="preserve">община Карлово, ул. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . № . . . тел. . . . . . . . . . . . . . . . </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DE009B" w:rsidRDefault="00DE009B" w:rsidP="00DE009B">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DE009B" w:rsidRPr="00DE009B" w:rsidRDefault="00DE009B" w:rsidP="00DE009B">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
@@ -822,186 +657,74 @@
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE009B">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Долуподписаният заявявам, че съм собственик на 1 бр. пътно превозно средство с</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DE009B" w:rsidRPr="00DE009B" w:rsidRDefault="00DE009B" w:rsidP="00DE009B">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE009B">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">животинска тяга в гр./с. </w:t>
-      </w:r>
+        <w:t xml:space="preserve">животинска тяга в гр./с. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>. .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DE009B" w:rsidRPr="00DE009B" w:rsidRDefault="00DE009B" w:rsidP="00DE009B">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00DE009B">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>. . . . . . . . . . . . . . . . .</w:t>
-[...127 lines deleted...]
-        <w:t xml:space="preserve"> . . . . . . .</w:t>
+        <w:t>. . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . . .</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DE009B" w:rsidRPr="00DE009B" w:rsidRDefault="00DE009B" w:rsidP="00DE009B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE009B">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>/конска, магарешка, волска или друг вид/</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DE009B" w:rsidRPr="00DE009B" w:rsidRDefault="00DE009B" w:rsidP="005C394A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
@@ -1068,120 +791,120 @@
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>. . . . . . . . . . . . . г.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE009B">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
         <w:t>Заявител: . . . . . . . . . . .</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00DE009B" w:rsidRPr="00DE009B" w:rsidSect="0035031B">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1276" w:right="758" w:bottom="426" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="100"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002110F7"/>
     <w:rsid w:val="0002664E"/>
     <w:rsid w:val="00027BC0"/>
     <w:rsid w:val="000736E4"/>
     <w:rsid w:val="00081F52"/>
     <w:rsid w:val="00094561"/>
     <w:rsid w:val="000B4193"/>
     <w:rsid w:val="000B76AA"/>
     <w:rsid w:val="000D3D21"/>
     <w:rsid w:val="0011471C"/>
     <w:rsid w:val="001B5580"/>
     <w:rsid w:val="001F5C3B"/>
     <w:rsid w:val="002110F7"/>
+    <w:rsid w:val="002A6448"/>
     <w:rsid w:val="002C5FE4"/>
     <w:rsid w:val="00327F87"/>
     <w:rsid w:val="00333D06"/>
     <w:rsid w:val="0034512B"/>
     <w:rsid w:val="0035031B"/>
     <w:rsid w:val="0035481C"/>
     <w:rsid w:val="004377E5"/>
     <w:rsid w:val="00492380"/>
     <w:rsid w:val="00510767"/>
     <w:rsid w:val="0051422C"/>
     <w:rsid w:val="00516FD7"/>
     <w:rsid w:val="00532952"/>
     <w:rsid w:val="00551890"/>
     <w:rsid w:val="005B2A75"/>
     <w:rsid w:val="005C07C6"/>
     <w:rsid w:val="005C394A"/>
     <w:rsid w:val="0061572E"/>
     <w:rsid w:val="00625488"/>
     <w:rsid w:val="0062784A"/>
     <w:rsid w:val="00681803"/>
     <w:rsid w:val="006A0CA6"/>
     <w:rsid w:val="006E7963"/>
     <w:rsid w:val="00776443"/>
     <w:rsid w:val="00796C1C"/>
     <w:rsid w:val="007C7342"/>
@@ -1232,519 +955,523 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="6DE4D17C"/>
+  <w15:docId w15:val="{B0A203C5-5DF2-46E8-BF4D-62D1598393E7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00796C1C"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a4">
+  <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="005C394A"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharCharChar">
     <w:name w:val="Char Char Char"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:rsid w:val="005C394A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="709"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Arial"/>
       <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a5">
+  <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
-    <w:basedOn w:val="a0"/>
-[...231 lines deleted...]
-    <w:basedOn w:val="a0"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00532952"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="111245064">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1897425628">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -1799,51 +1526,51 @@
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1368408592">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office тема">
   <a:themeElements>
     <a:clrScheme name="Оffice">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2096,86 +1823,86 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96752EAA-06E6-404F-B5AC-F1AE3078BD16}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{870606D0-8D1D-4B2F-8BCA-6167AD452FDB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>392</Words>
-  <Characters>686</Characters>
+  <Words>153</Words>
+  <Characters>873</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
+  <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>ДО</vt:lpstr>
       <vt:lpstr>ДО</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>KONTRAX</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1076</CharactersWithSpaces>
+  <CharactersWithSpaces>1024</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ДО</dc:title>
   <dc:creator>165</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>