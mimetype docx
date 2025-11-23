--- v0 (2025-10-15)
+++ v1 (2025-11-23)
@@ -5,52 +5,50 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="0406F281" w14:textId="77777777" w:rsidR="00A24428" w:rsidRDefault="00A24428" w:rsidP="00970BC6">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="1991F62A" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="008C743B" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C743B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>Вх.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve"> № АУ – 466</w:t>
       </w:r>
       <w:r w:rsidRPr="008C743B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve"> - ............./..............20... г.</w:t>
@@ -308,238 +306,237 @@
       <w:r w:rsidRPr="008C743B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>в качеството си на ............................................................................................................................................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
       <w:r w:rsidRPr="008C743B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CFDA875" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="000A6FB2" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+    <w:p w14:paraId="5F2E2273" w14:textId="77777777" w:rsidR="005E7F5A" w:rsidRDefault="000A6FB2" w:rsidP="005E7F5A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A6FB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="000A6FB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>собственик, управител, изпълнителен директор, упълномощено лице</w:t>
       </w:r>
       <w:r w:rsidRPr="000A6FB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A3448C6" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="008C743B" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+    <w:p w14:paraId="7A3448C6" w14:textId="7C262A35" w:rsidR="000A6FB2" w:rsidRPr="005E7F5A" w:rsidRDefault="000A6FB2" w:rsidP="005E7F5A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>на фирма.................................................................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.....................ЕИК/БУЛСТАТ ................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>............................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D8BD94" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="008C743B" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C743B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>на фирма.................................................................................................</w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>адрес: гр./с. ..............................................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.........</w:t>
       </w:r>
       <w:r w:rsidRPr="008C743B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>.....................ЕИК/БУЛСТАТ ................................</w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="42D8BD94" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="008C743B" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+        <w:t>................. община .........................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FEDB51B" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="008C743B" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C743B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>адрес: гр./с. ..............................................................................</w:t>
-[...7 lines deleted...]
-        <w:t>.........</w:t>
+        <w:t>ж.к./ул..........................................................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>......</w:t>
       </w:r>
       <w:r w:rsidRPr="008C743B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>................. община .........................................................................................</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0FEDB51B" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="008C743B" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+        <w:t>........... № ........ бл. .......вх. .......ап.......тел.............................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>......................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D497439" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="008C743B" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C743B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ж.к./ул..........................................................................................</w:t>
-[...49 lines deleted...]
-        </w:rPr>
         <w:t>ел. адрес:....................................................................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
       <w:r w:rsidRPr="008C743B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>......................., тел/факс ..............................................................................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75FC7703" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="008C743B" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
@@ -1032,95 +1029,75 @@
       <w:r w:rsidRPr="00892A77">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>......................................................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>...........................................................................................................................................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00892A77">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.....................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CB27044" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+    <w:p w14:paraId="418A0665" w14:textId="4A0F91D8" w:rsidR="006E4F26" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00892A77">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Данни за производствения капацитет на обекта:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ……………………………………………………………………………………………………………</w:t>
       </w:r>
-    </w:p>
-[...18 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="67242309" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00892A77">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.........................</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>..................................................................................................................................................................</w:t>
@@ -1374,345 +1351,336 @@
       <w:r w:rsidRPr="00892A77">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.....   тел.......</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>....................</w:t>
       </w:r>
       <w:r w:rsidRPr="00892A77">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.........................................       </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="551682D2" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00244E79" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+    <w:p w14:paraId="551682D2" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="005E7F5A" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00244E79">
+      <w:r w:rsidRPr="005E7F5A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Заплащането на извършената услуга ще извърша:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BA58D7A" w14:textId="77777777" w:rsidR="004418BD" w:rsidRPr="00A97B77" w:rsidRDefault="004418BD" w:rsidP="004418BD">
-      <w:pPr>
+    <w:p w14:paraId="5BA58D7A" w14:textId="77777777" w:rsidR="004418BD" w:rsidRPr="005E7F5A" w:rsidRDefault="004418BD" w:rsidP="005E7F5A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ в брой - в Центъра за административно обслужване на РЗИ – Софийска област, на адрес: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F0355A" w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПК </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1431 гр. София, бул. „Акад. Иван </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Гешов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>“ № 15, етаж 3, кабинет</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0355A" w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 41;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79315D54" w14:textId="77777777" w:rsidR="004418BD" w:rsidRPr="005E7F5A" w:rsidRDefault="004418BD" w:rsidP="005E7F5A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>□ картови плащания чрез инсталиран ПОС терминал - в Центъра за административно обслужване на РЗИ – Софийска област, на адрес:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0355A" w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ПК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1431 гр. София, бул. „Акад. Иван </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Гешов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“ № 15, етаж 3, кабинет </w:t>
+      </w:r>
+      <w:r w:rsidR="00F0355A" w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>41;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D661D0" w14:textId="77777777" w:rsidR="00FB24F7" w:rsidRPr="005E7F5A" w:rsidRDefault="00FB24F7" w:rsidP="005E7F5A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>□ по банков път  - по транзитната сметка на РЗИ – Софийска област;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C7363F8" w14:textId="13312447" w:rsidR="00FB24F7" w:rsidRPr="005E7F5A" w:rsidRDefault="00FB24F7" w:rsidP="005E7F5A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>□ E-плащане чрез единната в</w:t>
+      </w:r>
+      <w:r w:rsidR="005E7F5A" w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ходна точка, достъпна на адрес:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidR="005E7F5A" w:rsidRPr="005E7F5A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>https://pay.egov.bg/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="005E7F5A" w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31CF013A" w14:textId="77777777" w:rsidR="00FB24F7" w:rsidRPr="00A97B77" w:rsidRDefault="00FB24F7" w:rsidP="004418BD">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A97B77">
-[...234 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="6D6EE9A1" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5305C457" w14:textId="77777777" w:rsidR="005A3876" w:rsidRDefault="005A3876" w:rsidP="000A6FB2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F4A2B61" w14:textId="77777777" w:rsidR="005A3876" w:rsidRDefault="005A3876" w:rsidP="000A6FB2">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="1F4A2B61" w14:textId="632351FD" w:rsidR="005A3876" w:rsidRDefault="005A3876" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FD057F4" w14:textId="1F222316" w:rsidR="005E7F5A" w:rsidRDefault="005E7F5A" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="7B6EDFAF" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00244E79" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00244E79">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ПРИЛОЖЕНИЯ: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6788264C" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
@@ -1742,181 +1710,51 @@
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidRPr="00892A77">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Копие на удостоверение за въвеждане в експлоатация по чл. 177, ал. 3 от ЗУТ.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35A2F8CB" w14:textId="77777777" w:rsidR="002A75DD" w:rsidRPr="002A75DD" w:rsidRDefault="002A75DD" w:rsidP="002A75DD">
-[...129 lines deleted...]
-    <w:p w14:paraId="33935CA8" w14:textId="77777777" w:rsidR="002A75DD" w:rsidRPr="00892A77" w:rsidRDefault="002A75DD" w:rsidP="000A6FB2">
+    <w:p w14:paraId="33935CA8" w14:textId="16CAFC32" w:rsidR="002A75DD" w:rsidRPr="00892A77" w:rsidRDefault="002A75DD" w:rsidP="000A6FB2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37565CB1" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00892A77">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Дата: .....</w:t>
@@ -2540,79 +2378,79 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Hebar">
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1AFB439C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1654F194"/>
     <w:lvl w:ilvl="0" w:tplc="04020005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -2697,85 +2535,87 @@
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005C01CD"/>
     <w:rsid w:val="000A6FB2"/>
     <w:rsid w:val="000B0889"/>
     <w:rsid w:val="001101C2"/>
     <w:rsid w:val="001C2AC6"/>
     <w:rsid w:val="00216DBE"/>
     <w:rsid w:val="002A75DD"/>
     <w:rsid w:val="00300E5D"/>
     <w:rsid w:val="003435A7"/>
     <w:rsid w:val="00345F5B"/>
     <w:rsid w:val="003800D5"/>
     <w:rsid w:val="00391245"/>
     <w:rsid w:val="003972F4"/>
     <w:rsid w:val="003E3F0C"/>
     <w:rsid w:val="003F1110"/>
     <w:rsid w:val="003F2B1F"/>
     <w:rsid w:val="004418BD"/>
     <w:rsid w:val="004942FC"/>
     <w:rsid w:val="004D5DE9"/>
     <w:rsid w:val="004E22A5"/>
     <w:rsid w:val="00547EB1"/>
     <w:rsid w:val="00554607"/>
     <w:rsid w:val="005A3876"/>
     <w:rsid w:val="005C01CD"/>
+    <w:rsid w:val="005E7F5A"/>
     <w:rsid w:val="00691FD6"/>
     <w:rsid w:val="006B2C02"/>
     <w:rsid w:val="006E4F26"/>
     <w:rsid w:val="00727538"/>
     <w:rsid w:val="00792F7E"/>
     <w:rsid w:val="00795B73"/>
     <w:rsid w:val="007E5DFA"/>
     <w:rsid w:val="00822ED8"/>
     <w:rsid w:val="00865B06"/>
     <w:rsid w:val="008C77BE"/>
     <w:rsid w:val="008F28FF"/>
     <w:rsid w:val="0090379D"/>
     <w:rsid w:val="00970BC6"/>
     <w:rsid w:val="0097261D"/>
     <w:rsid w:val="00993B13"/>
     <w:rsid w:val="009E3F1B"/>
     <w:rsid w:val="00A24428"/>
     <w:rsid w:val="00B64BBB"/>
     <w:rsid w:val="00BE095C"/>
     <w:rsid w:val="00C12BF9"/>
     <w:rsid w:val="00C44D18"/>
     <w:rsid w:val="00D45A1D"/>
     <w:rsid w:val="00E16245"/>
     <w:rsid w:val="00E35B95"/>
     <w:rsid w:val="00E83EA9"/>
@@ -3379,51 +3219,51 @@
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="1737893199">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pay.egov.bg/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3648,75 +3488,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>1131</Words>
-  <Characters>6448</Characters>
+  <Words>1093</Words>
+  <Characters>6236</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>53</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>51</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7564</CharactersWithSpaces>
+  <CharactersWithSpaces>7315</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>DM</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
     <vt:lpwstr/>
   </property>