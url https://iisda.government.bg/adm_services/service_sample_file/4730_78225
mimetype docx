--- v0 (2025-10-13)
+++ v1 (2025-11-23)
@@ -1,65 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00E8796F" w:rsidRPr="00123AC4" w:rsidRDefault="00ED6652" w:rsidP="00E8796F">
+    <w:p w:rsidR="00E8796F" w:rsidRPr="00DE3708" w:rsidRDefault="00ED6652" w:rsidP="00E8796F">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-88900</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="716280" cy="683260"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="16" name="Picture 1" descr="untitled"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
@@ -132,203 +129,137 @@
       </w:r>
       <w:r w:rsidR="00E8796F" w:rsidRPr="00503FB1">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>_20</w:t>
       </w:r>
       <w:r w:rsidR="002A03FB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00121D38">
+      <w:r w:rsidR="00DE3708">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-          <w:lang w:val="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00BB6EFE" w:rsidRPr="000B075B" w:rsidRDefault="00ED6652" w:rsidP="00BB6EFE">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BB6EFE" w:rsidRPr="000B075B" w:rsidRDefault="00BB6EFE" w:rsidP="00BB6EFE">
       <w:pPr>
         <w:ind w:left="1134"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...67 lines deleted...]
-      <w:r w:rsidR="00BB6EFE" w:rsidRPr="000B075B">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="000B075B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>РЕПУБЛИКА БЪЛГАРИЯ</w:t>
       </w:r>
-      <w:r w:rsidR="00BB6EFE" w:rsidRPr="000B075B">
+      <w:r w:rsidRPr="000B075B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BB6EFE" w:rsidRPr="000B075B">
+      <w:r w:rsidRPr="000B075B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BB6EFE" w:rsidRPr="000B075B">
+      <w:r w:rsidRPr="000B075B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BB6EFE" w:rsidRPr="000B075B">
+      <w:r w:rsidRPr="000B075B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BB6EFE" w:rsidRPr="000B075B">
+      <w:r w:rsidRPr="000B075B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BB6EFE" w:rsidRPr="000B075B">
+      <w:r w:rsidRPr="000B075B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BB6EFE" w:rsidRPr="000B075B" w:rsidRDefault="00BB6EFE" w:rsidP="00BB6EFE">
       <w:pPr>
         <w:ind w:left="1134"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B075B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:smallCaps/>
@@ -372,187 +303,207 @@
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00BB6EFE" w:rsidRPr="000B075B" w:rsidRDefault="00BB6EFE" w:rsidP="00BB6EFE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B075B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Гр. София, 1431, бул. Акад. Иван Гешов № 15</w:t>
+        <w:t xml:space="preserve">Гр. София, 1431, бул. Акад. Иван </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B075B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Гешов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B075B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 15</w:t>
       </w:r>
       <w:r w:rsidRPr="000B075B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0085299E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="000B075B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="0085299E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>mail</w:t>
       </w:r>
       <w:r w:rsidRPr="000B075B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="0062462A" w:rsidRPr="00AB15E7">
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="00FE69CD" w:rsidRPr="0042613D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>rzi</w:t>
         </w:r>
-        <w:r w:rsidR="0062462A" w:rsidRPr="00AB15E7">
+        <w:r w:rsidR="00FE69CD" w:rsidRPr="0042613D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>_</w:t>
         </w:r>
-        <w:r w:rsidR="0062462A" w:rsidRPr="00AB15E7">
+        <w:r w:rsidR="00FE69CD" w:rsidRPr="0042613D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>so</w:t>
         </w:r>
-        <w:r w:rsidR="0062462A" w:rsidRPr="00AB15E7">
+        <w:r w:rsidR="00FE69CD" w:rsidRPr="0042613D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>@</w:t>
         </w:r>
-        <w:r w:rsidR="0062462A" w:rsidRPr="00AB15E7">
+        <w:r w:rsidR="00FE69CD" w:rsidRPr="0042613D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>rzi</w:t>
         </w:r>
-        <w:r w:rsidR="0062462A" w:rsidRPr="00AB15E7">
+        <w:r w:rsidR="00FE69CD" w:rsidRPr="0042613D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
-        <w:r w:rsidR="0062462A" w:rsidRPr="00AB15E7">
+        <w:r w:rsidR="00FE69CD" w:rsidRPr="0042613D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>sfo</w:t>
         </w:r>
-        <w:r w:rsidR="0062462A" w:rsidRPr="00AB15E7">
+        <w:r w:rsidR="00FE69CD" w:rsidRPr="0042613D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
-        <w:r w:rsidR="0062462A" w:rsidRPr="00AB15E7">
+        <w:r w:rsidR="00FE69CD" w:rsidRPr="0042613D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>bg</w:t>
+          <w:t>egov.bg</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00BB6EFE" w:rsidRPr="000B075B" w:rsidRDefault="00BB6EFE" w:rsidP="00BB6EFE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5670"/>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B075B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Тел. 02/807 87 00;  факс: 02/807 87 10</w:t>
@@ -571,85 +522,98 @@
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0085299E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>www</w:t>
       </w:r>
       <w:r w:rsidRPr="000B075B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0085299E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>rzi</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000B075B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0085299E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>sfo</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000B075B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3708">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>egov.</w:t>
       </w:r>
       <w:r w:rsidR="0062462A">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>bg</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0039472C" w:rsidRPr="00667333" w:rsidRDefault="0039472C" w:rsidP="0039472C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0039472C" w:rsidRPr="0039472C" w:rsidRDefault="0039472C" w:rsidP="0039472C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
@@ -1890,174 +1854,1234 @@
         </w:rPr>
         <w:t>Подпис:……………………</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0034693A" w:rsidRDefault="0034693A" w:rsidP="00E17B57">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D10346" w:rsidRDefault="00D10346" w:rsidP="00D10346">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Декларация за ползване на лични данни</w:t>
-      </w:r>
+        <w:t>Декларация</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ползване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лични</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>данни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00D10346" w:rsidRDefault="00D10346" w:rsidP="00D10346">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D10346" w:rsidRDefault="00D10346" w:rsidP="00D10346">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">на РЗИ – Софийска област и </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Запознат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>съм</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Политиката</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>прозрачност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>обявена</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>интернет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>страницата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РЗИ – Софийска област и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ДАВАМ СВОЕТО СЪГЛАСИЕ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> за обработване на личните ми данни чрез компютърни и други системи, с цел осъществяване на законово регламентираните функции. Уведомен/а съм за целта и средствата за обработка на данните ми и сферата на ползването им, както и с правото ми на достъп до и на корекция на данните.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>обработване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>личните</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>данни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>чрез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>компютърни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>други</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>системи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>цел</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>осъществяване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>законово</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>регламентираните</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>функции</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Уведомен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/а </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>съм</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>целта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>средствата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>обработка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>данните</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>сферата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ползването</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>им</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>както</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>правото</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>достъп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>до</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>корекция</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>данните</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D10346" w:rsidRDefault="00D10346" w:rsidP="00D10346">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D10346" w:rsidRDefault="00D10346" w:rsidP="00D10346">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>Подпис на декларатор: .......................................                                     </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Подпис</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>декларатор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: .......................................                                     </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>               </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
-        <w:t>                 дата: .......................... 20</w:t>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>дата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: .......................... 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>...г.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D10346" w:rsidRDefault="00D10346" w:rsidP="00D10346">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:ind w:left="720"/>
@@ -2382,68 +3406,61 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
-    <w:lvlOverride w:ilvl="0"/>
-[...7 lines deleted...]
-    <w:lvlOverride w:ilvl="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
+  <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="140"/>
   <w:drawingGridVerticalSpacing w:val="381"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005F1778"/>
     <w:rsid w:val="00017445"/>
     <w:rsid w:val="000206C1"/>
     <w:rsid w:val="00036154"/>
     <w:rsid w:val="0004318C"/>
     <w:rsid w:val="00045E20"/>
     <w:rsid w:val="000B075B"/>
     <w:rsid w:val="000B0E8B"/>
     <w:rsid w:val="000F4682"/>
     <w:rsid w:val="00121D38"/>
     <w:rsid w:val="00123AC4"/>
     <w:rsid w:val="00142C25"/>
@@ -2451,50 +3468,51 @@
     <w:rsid w:val="0017449B"/>
     <w:rsid w:val="001A1628"/>
     <w:rsid w:val="001A6A03"/>
     <w:rsid w:val="00280CA9"/>
     <w:rsid w:val="00283054"/>
     <w:rsid w:val="00294C4D"/>
     <w:rsid w:val="002A03FB"/>
     <w:rsid w:val="002D007A"/>
     <w:rsid w:val="002F0D30"/>
     <w:rsid w:val="003026F5"/>
     <w:rsid w:val="00312205"/>
     <w:rsid w:val="0034693A"/>
     <w:rsid w:val="0037602F"/>
     <w:rsid w:val="003812EB"/>
     <w:rsid w:val="0039472C"/>
     <w:rsid w:val="00412BF5"/>
     <w:rsid w:val="00434BA2"/>
     <w:rsid w:val="00464147"/>
     <w:rsid w:val="00464185"/>
     <w:rsid w:val="0048313F"/>
     <w:rsid w:val="004A021E"/>
     <w:rsid w:val="004A0F24"/>
     <w:rsid w:val="004C229F"/>
     <w:rsid w:val="004C62A7"/>
     <w:rsid w:val="004D58B1"/>
+    <w:rsid w:val="004E03C5"/>
     <w:rsid w:val="004E07DB"/>
     <w:rsid w:val="004F2555"/>
     <w:rsid w:val="004F7C62"/>
     <w:rsid w:val="00522D78"/>
     <w:rsid w:val="00556766"/>
     <w:rsid w:val="005576BB"/>
     <w:rsid w:val="0058010A"/>
     <w:rsid w:val="00592BC1"/>
     <w:rsid w:val="00596AEC"/>
     <w:rsid w:val="005C6B4C"/>
     <w:rsid w:val="005D4FEF"/>
     <w:rsid w:val="005E23BF"/>
     <w:rsid w:val="005F0CA9"/>
     <w:rsid w:val="005F1778"/>
     <w:rsid w:val="005F5EA1"/>
     <w:rsid w:val="005F6905"/>
     <w:rsid w:val="0062462A"/>
     <w:rsid w:val="006255BF"/>
     <w:rsid w:val="00625BB0"/>
     <w:rsid w:val="006567D2"/>
     <w:rsid w:val="00667333"/>
     <w:rsid w:val="006A19A8"/>
     <w:rsid w:val="006C26CC"/>
     <w:rsid w:val="006D7ADF"/>
     <w:rsid w:val="00724CB4"/>
@@ -2545,94 +3563,96 @@
     <w:rsid w:val="00BD0442"/>
     <w:rsid w:val="00BD364B"/>
     <w:rsid w:val="00BD3F4F"/>
     <w:rsid w:val="00C4366C"/>
     <w:rsid w:val="00C52AFB"/>
     <w:rsid w:val="00C7171E"/>
     <w:rsid w:val="00C84115"/>
     <w:rsid w:val="00C91B82"/>
     <w:rsid w:val="00C96B68"/>
     <w:rsid w:val="00CD5403"/>
     <w:rsid w:val="00CF23FF"/>
     <w:rsid w:val="00D03CB9"/>
     <w:rsid w:val="00D10346"/>
     <w:rsid w:val="00D24EA3"/>
     <w:rsid w:val="00D317A8"/>
     <w:rsid w:val="00D33DD7"/>
     <w:rsid w:val="00D3484E"/>
     <w:rsid w:val="00D376DE"/>
     <w:rsid w:val="00D83D72"/>
     <w:rsid w:val="00D83DA5"/>
     <w:rsid w:val="00D84DCF"/>
     <w:rsid w:val="00D921B7"/>
     <w:rsid w:val="00D967A8"/>
     <w:rsid w:val="00D9781F"/>
     <w:rsid w:val="00DB5F69"/>
+    <w:rsid w:val="00DE3708"/>
     <w:rsid w:val="00E018F1"/>
     <w:rsid w:val="00E025AF"/>
     <w:rsid w:val="00E02F06"/>
     <w:rsid w:val="00E04CEB"/>
     <w:rsid w:val="00E17B57"/>
     <w:rsid w:val="00E31A68"/>
     <w:rsid w:val="00E458F6"/>
     <w:rsid w:val="00E8796F"/>
     <w:rsid w:val="00EA5F25"/>
     <w:rsid w:val="00ED6652"/>
     <w:rsid w:val="00EE6887"/>
     <w:rsid w:val="00EE7F2D"/>
     <w:rsid w:val="00F04831"/>
     <w:rsid w:val="00F40A6F"/>
     <w:rsid w:val="00F50E8A"/>
     <w:rsid w:val="00F800AE"/>
     <w:rsid w:val="00F81AD8"/>
     <w:rsid w:val="00F86B9E"/>
     <w:rsid w:val="00FA77AF"/>
+    <w:rsid w:val="00FE69CD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="schemas-fourth-com/fourthcoffee2" w:url=" " w:name="flavor2"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A492CF9C-5310-47E1-A67A-0883E0706099}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2991,68 +4011,74 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0004318C"/>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style">
     <w:name w:val="Style"/>
     <w:rsid w:val="00F40A6F"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:ind w:left="140" w:right="140" w:firstLine="840"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
     <w:name w:val="Стил"/>
     <w:rsid w:val="00D921B7"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:ind w:left="140" w:right="140" w:firstLine="840"/>
@@ -3165,56 +4191,55 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1965233731">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rzi_so@rzi-sfo.bg" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:rzi_so@rzi-sfo.egov.bg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3439,82 +4464,82 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>414</Words>
-  <Characters>2363</Characters>
+  <Words>277</Words>
+  <Characters>2514</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
+  <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Вх</vt:lpstr>
       <vt:lpstr>Вх</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>RCZ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2772</CharactersWithSpaces>
+  <CharactersWithSpaces>2786</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>3276901</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:rzi_so@rzi-sfo.bg</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>