--- v0 (2025-10-13)
+++ v1 (2025-11-23)
@@ -1271,1328 +1271,1179 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C1406B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>фризьорските</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C1406B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C1406B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>к</w:t>
       </w:r>
-      <w:r w:rsidR="006E7388" w:rsidRPr="00C1406B">
+      <w:r w:rsidR="008E6C9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>озметичните</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006E7388" w:rsidRPr="00C1406B">
+      <w:r w:rsidR="008E6C9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="006E7388" w:rsidRPr="00C1406B">
+      <w:r w:rsidR="008E6C9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>салони</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006E7388" w:rsidRPr="00C1406B">
-[...43 lines deleted...]
-      <w:r w:rsidR="00AE5E58" w:rsidRPr="00AE5E58">
+      <w:r w:rsidRPr="00C1406B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AE5E58" w:rsidRPr="00AE5E58">
-[...11 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>личната</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>здравна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>книжка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за работа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC1B84" w:rsidRPr="00C1406B" w:rsidRDefault="00CC1B84" w:rsidP="003E1A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0079176C" w:rsidRPr="00A21A56" w:rsidRDefault="0079176C" w:rsidP="003E1A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A21A56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>Здравната книжка</w:t>
+      </w:r>
+      <w:r w:rsidR="003E1A2F" w:rsidRPr="00A21A56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ми е необходим</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A21A56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="003E1A2F" w:rsidRPr="00A21A56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A21A56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> постъпване на</w:t>
+      </w:r>
+      <w:r w:rsidR="00824FF5" w:rsidRPr="00A21A56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работа в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A21A56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ............</w:t>
+      </w:r>
+      <w:r w:rsidR="00796FCB" w:rsidRPr="00A21A56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>...........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A21A56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C1406B" w:rsidRPr="00A21A56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidR="00A21A56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>...............................</w:t>
+      </w:r>
+      <w:r w:rsidR="00C1406B" w:rsidRPr="00A21A56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A21A56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">................ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026394D" w:rsidRPr="00C1406B" w:rsidRDefault="0079176C" w:rsidP="003E1A2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>........................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.............</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC1B84" w:rsidRPr="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>............</w:t>
+      </w:r>
+      <w:r w:rsidR="00796FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.......</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC1B84" w:rsidRPr="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidR="003E1A2F" w:rsidRPr="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.......</w:t>
+      </w:r>
+      <w:r w:rsidR="00796FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
+      <w:r w:rsidR="003E1A2F" w:rsidRPr="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.............</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>......</w:t>
+      </w:r>
+      <w:r w:rsidR="00A21A56">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.................................</w:t>
+      </w:r>
+      <w:r w:rsidR="003E1A2F" w:rsidRPr="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0079176C" w:rsidRPr="00C1406B" w:rsidRDefault="00824FF5" w:rsidP="0079176C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0079176C" w:rsidRPr="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC1B84" w:rsidRPr="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="0079176C" w:rsidRPr="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="0079176C" w:rsidRPr="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AE446B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AE446B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на обект</w:t>
+      </w:r>
+      <w:r w:rsidR="00796FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="0079176C" w:rsidRPr="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidR="007A2BB2" w:rsidRPr="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r w:rsidR="00796FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A2BB2" w:rsidRPr="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0079176C" w:rsidRPr="00C1406B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>(адрес)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E6C9E" w:rsidRDefault="008E6C9E" w:rsidP="0023235F">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008E6C9E" w:rsidRPr="008E6C9E" w:rsidRDefault="008E6C9E" w:rsidP="008E6C9E">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Прилагам следните документи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E6C9E" w:rsidRPr="008E6C9E" w:rsidRDefault="008E6C9E" w:rsidP="008E6C9E">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1. Здравна книжка с попълнена паспортна част, залепена актуална снимка на заявителя и с отразени извършени задължителни прегледи и изследвания, удостоверени чрез положени печати и подписи от съответните лечебни заведения и медицински специалисти, извършили прегледит</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>е и изследванията; заключение "Д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">опуска се на работа" от общопрактикуващ лекар или от лекар специалист по вътрешни болести от лечебно заведение за </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>извънболнична</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> помощ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E6C9E" w:rsidRPr="008E6C9E" w:rsidRDefault="008E6C9E" w:rsidP="008E6C9E">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Копие от документ за самоличност, заверено с текст "Вярно с оригинала", трите имена, дата и подпис на заявителя (само при заявяване на услугата чрез лицензиран </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пощенски </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>оператор).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E6C9E" w:rsidRDefault="008E6C9E" w:rsidP="0023235F">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0023235F" w:rsidRPr="008E6C9E" w:rsidRDefault="0023235F" w:rsidP="0023235F">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Заплащането на извършената услуга ще извърша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00796FCB" w:rsidRPr="008E6C9E" w:rsidRDefault="00796FCB" w:rsidP="00796FCB">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>□ в брой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - в Центъра за административно обслужване на РЗИ – Софийска област, на адрес: </w:t>
+      </w:r>
+      <w:r w:rsidR="003C10C5" w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПК </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1431 гр. София, бул. „Акад. Иван </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Гешов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“ № 15, етаж 3, кабинет </w:t>
+      </w:r>
+      <w:r w:rsidR="003C10C5" w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>41;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00796FCB" w:rsidRPr="008E6C9E" w:rsidRDefault="00796FCB" w:rsidP="00796FCB">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6C9E" w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">чрез </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>картови плащания чрез инсталиран ПОС терминал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - в Центъра за административно обслужване на РЗИ – Софийска област, на адрес:</w:t>
+      </w:r>
+      <w:r w:rsidR="003C10C5" w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ПК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1431 гр. София, бул. „Акад. Иван </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Гешов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“ № 15, етаж 3, кабинет </w:t>
+      </w:r>
+      <w:r w:rsidR="003C10C5" w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>41;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007562A8" w:rsidRDefault="00796FCB" w:rsidP="007562A8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>□ по банков път</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  - по транзитната </w:t>
+      </w:r>
+      <w:r w:rsidR="007562A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сметка на РЗИ – Софийска област - </w:t>
+      </w:r>
+      <w:r w:rsidR="007562A8" w:rsidRPr="007562A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Булстат: 176032724, </w:t>
+      </w:r>
+      <w:r w:rsidR="007562A8" w:rsidRPr="007562A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Банка: ТБ Уни</w:t>
+      </w:r>
+      <w:r w:rsidR="007562A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Кредит Булбанк</w:t>
+      </w:r>
+      <w:r w:rsidR="007562A8" w:rsidRPr="007562A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00796FCB" w:rsidRPr="007562A8" w:rsidRDefault="007562A8" w:rsidP="007562A8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidR="00AE5E58" w:rsidRPr="00AE5E58">
-[...419 lines deleted...]
-    <w:p w:rsidR="00796FCB" w:rsidRDefault="00796FCB" w:rsidP="0023235F">
+      <w:r w:rsidRPr="007562A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>IB</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>AN: BG22UNCR966031250062</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007562A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007562A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>BIC: UNCRBGSF</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A21A56" w:rsidRPr="008E6C9E" w:rsidRDefault="00A21A56" w:rsidP="00A21A56">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:b/>
-[...240 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>□ E-плащане</w:t>
       </w:r>
-      <w:r w:rsidRPr="008534DF">
-[...13 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чрез единната в</w:t>
+      </w:r>
+      <w:r w:rsidR="008E6C9E" w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ходна точка, достъпна на адрес:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidR="008E6C9E" w:rsidRPr="008E6C9E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>https://pay.egov.bg/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="008E6C9E" w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00796FCB" w:rsidRPr="00A21A56" w:rsidRDefault="00796FCB" w:rsidP="00A21A56">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0079176C" w:rsidRPr="00796FCB" w:rsidRDefault="00B63075" w:rsidP="0079176C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1080" w:hanging="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00796FCB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Зая</w:t>
       </w:r>
       <w:r w:rsidR="00796FCB" w:rsidRPr="00796FCB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>вявам желанието си заверената и вписана в регистъра</w:t>
       </w:r>
       <w:r w:rsidRPr="00796FCB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> здравна книжка да бъде получена:</w:t>
-[...5 lines deleted...]
-        <w:ind w:left="0"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лична </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00796FCB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>здравна книжка да бъде получена:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E6C9E" w:rsidRPr="008E6C9E" w:rsidRDefault="008E6C9E" w:rsidP="008E6C9E">
+      <w:pPr>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C17348">
-[...30 lines deleted...]
-        <w:t>1431</w:t>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> гр. София, бул. „Акад.</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00796FCB">
+        <w:t>лично от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Центъра за административно обслужване на РЗИ – Софийска област, на адрес: ПК  1431 гр. София, бул. „Акад. Иван </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E6C9E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Гешов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00796FCB">
-[...26 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“ № 15, етаж 3, кабинет № 41; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E6C9E" w:rsidRPr="008E6C9E" w:rsidRDefault="008E6C9E" w:rsidP="008E6C9E">
+      <w:pPr>
         <w:ind w:left="1080" w:hanging="1080"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>□ като куриерска пратка на адрес: ………………………………………………………………..……………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E6C9E" w:rsidRPr="008E6C9E" w:rsidRDefault="008E6C9E" w:rsidP="008E6C9E">
+      <w:pPr>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:b/>
-[...126 lines deleted...]
-        <w:ind w:left="1080" w:hanging="1080"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E6C9E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Телефон ….……………………………………………………………като декларирам, че разходите за получаване са за моя сметка платими при получаването.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C17348" w:rsidRDefault="00C17348" w:rsidP="0079176C">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C1406B">
-[...210 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="00BF13AC" w:rsidRPr="00C1406B" w:rsidRDefault="00BF13AC" w:rsidP="00BF13AC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00BF13AC" w:rsidRPr="00C1406B" w:rsidRDefault="00BF13AC" w:rsidP="00BF13AC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C1406B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
@@ -2651,51 +2502,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                                  </w:t>
       </w:r>
       <w:r w:rsidRPr="00C1406B">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A21A56" w:rsidRDefault="00A21A56" w:rsidP="00BF13AC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A21A56" w:rsidRPr="00155A7E" w:rsidRDefault="00AE5E58" w:rsidP="00A21A56">
+    <w:p w:rsidR="00A21A56" w:rsidRPr="00155A7E" w:rsidRDefault="007562A8" w:rsidP="00A21A56">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:pict>
           <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A21A56" w:rsidRPr="00155A7E" w:rsidRDefault="00A21A56" w:rsidP="00A21A56">
       <w:pPr>
         <w:ind w:left="2844" w:firstLine="696"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -2966,51 +2817,51 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
@@ -3326,96 +3177,98 @@
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00824FF5"/>
     <w:rsid w:val="000E1C99"/>
     <w:rsid w:val="000E224B"/>
     <w:rsid w:val="001D4024"/>
     <w:rsid w:val="002322FD"/>
     <w:rsid w:val="0023235F"/>
     <w:rsid w:val="002521D1"/>
     <w:rsid w:val="0026394D"/>
     <w:rsid w:val="003C10C5"/>
     <w:rsid w:val="003E1A2F"/>
     <w:rsid w:val="005F101C"/>
     <w:rsid w:val="00676D69"/>
     <w:rsid w:val="006E7388"/>
     <w:rsid w:val="00750F01"/>
+    <w:rsid w:val="007562A8"/>
     <w:rsid w:val="00790515"/>
     <w:rsid w:val="0079176C"/>
     <w:rsid w:val="00796FCB"/>
     <w:rsid w:val="007A2BB2"/>
     <w:rsid w:val="007A4E8D"/>
     <w:rsid w:val="00824FF5"/>
     <w:rsid w:val="00843DC0"/>
+    <w:rsid w:val="008E6C9E"/>
     <w:rsid w:val="00A21A56"/>
     <w:rsid w:val="00A30284"/>
     <w:rsid w:val="00A5686D"/>
     <w:rsid w:val="00A92A4A"/>
     <w:rsid w:val="00AE446B"/>
     <w:rsid w:val="00AE5E58"/>
     <w:rsid w:val="00B63075"/>
     <w:rsid w:val="00BF13AC"/>
     <w:rsid w:val="00C1406B"/>
     <w:rsid w:val="00C17348"/>
     <w:rsid w:val="00CC1B84"/>
     <w:rsid w:val="00CD626F"/>
     <w:rsid w:val="00DD6B9C"/>
     <w:rsid w:val="00EC6227"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="12CD586A"/>
+  <w14:docId w14:val="19CBAF01"/>
   <w15:docId w15:val="{7E17C70B-6C26-4B1B-AFB7-34C1A582B39B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3846,63 +3699,74 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00824FF5"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="bg-BG"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CD626F"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008E6C9E"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pay.egov.bg/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4152,65 +4016,65 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>602</Words>
-  <Characters>3438</Characters>
+  <Characters>3436</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>28</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4032</CharactersWithSpaces>
+  <CharactersWithSpaces>4030</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Tania</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>