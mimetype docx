--- v0 (2025-10-13)
+++ v1 (2025-11-24)
@@ -1,2172 +1,2699 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00C24E3D" w:rsidRPr="00AE2008" w:rsidRDefault="00AE2008" w:rsidP="00C24E3D">
-[...2 lines deleted...]
-        <w:ind w:firstLine="0"/>
+    <w:p w14:paraId="0406F281" w14:textId="77777777" w:rsidR="00A24428" w:rsidRDefault="00A24428" w:rsidP="00970BC6">
+      <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...22 lines deleted...]
-          <w:lang w:val="en-US"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1991F62A" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="008C743B" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>Вх.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № АУ – 466</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - ............./..............20... г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F9D5EAF" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="008C743B" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2346269C" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="008C743B" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5543E9A4" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="008C743B" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ДИРЕКТОРА НА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2967108C" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="008C743B" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>РЗИ – СОФИЙСКА ОБЛАСТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71F287C6" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="008C743B" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>БУЛ. „АКАД. ИВАН ГЕШОВ” № 15</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="004FAAA0" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="008C743B" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ГР. СОФИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B515AA0" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B0E5CD4" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ЗАЯВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="010C1BC9" w14:textId="77777777" w:rsidR="00727538" w:rsidRDefault="000A6FB2" w:rsidP="00727538">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">за </w:t>
+      </w:r>
+      <w:r w:rsidR="00727538">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>регистрация</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на обект </w:t>
+      </w:r>
+      <w:r w:rsidR="00727538">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>за производство</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48928BFE" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRDefault="000A6FB2" w:rsidP="00727538">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>на бутилирани натурални минерални, изворни и трапезни води</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39115BED" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRDefault="000A6FB2" w:rsidP="00E16245">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A00716E" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRDefault="000A6FB2" w:rsidP="00E16245">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>От .............................................................................................................................................................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..........................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E0C7D1A" w14:textId="77777777" w:rsidR="00E16245" w:rsidRPr="008C743B" w:rsidRDefault="00E16245" w:rsidP="00E16245">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="302816C1" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="008C743B" w:rsidRDefault="000A6FB2" w:rsidP="00E16245">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>в качеството си на ............................................................................................................................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F2E2273" w14:textId="77777777" w:rsidR="005E7F5A" w:rsidRDefault="000A6FB2" w:rsidP="005E7F5A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A6FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A6FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>собственик, управител, изпълнителен директор, упълномощено лице</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A6FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A3448C6" w14:textId="7C262A35" w:rsidR="000A6FB2" w:rsidRPr="005E7F5A" w:rsidRDefault="000A6FB2" w:rsidP="005E7F5A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>на фирма.................................................................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.....................ЕИК/БУЛСТАТ ................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>............................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D8BD94" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="008C743B" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>адрес: гр./с. ..............................................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>................. община .........................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FEDB51B" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="008C743B" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ж.к./ул..........................................................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>......</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>........... № ........ бл. .......вх. .......ап.......тел.............................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>......................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D497439" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="008C743B" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ел. адрес:....................................................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>......................., тел/факс ..............................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75FC7703" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="008C743B" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="716E92CA" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>УВАЖАЕМ</w:t>
+      </w:r>
+      <w:r w:rsidR="004D5DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>А/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>И</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D5DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ГОСПОЖО/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ГОСПОДИН ДИРЕКТОР</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A025462" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRDefault="00727538" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Моля, да впишете</w:t>
+      </w:r>
+      <w:r w:rsidR="00865B06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в Регистъра по чл. 24, (2), т. 1</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6FB2" w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от Закона за храните</w:t>
+      </w:r>
+      <w:r w:rsidR="00865B06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обект</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6FB2" w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00865B06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> …………………………………………………………….</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="066BF6F7" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>........................................................................................................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>..........</w:t>
       </w:r>
-      <w:r w:rsidR="000F0781" w:rsidRPr="00AE2008">
-[...79 lines deleted...]
-        <w:tab/>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>................................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>............................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76EE2084" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="000A6FB2" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:ind w:left="3528" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A6FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>(наименование и вид на обекта)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28627066" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>с адрес: гр./с. .............................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..................................................., община ……………………</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>........................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="637ECA0D" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ж.к./ул. ...........................................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>....................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. № ....... бл. ....... вх. ....... ап. ...... тел.....</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>......................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="121A3C20" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..............................................................................................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...........</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>................................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13816494" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="000A6FB2" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A6FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(вид </w:t>
+      </w:r>
+      <w:r w:rsidR="003F1110">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>на бутилираната вода</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A6FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65FC4A25" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>......................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>................................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.....................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AB5591E" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="000A6FB2" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A6FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>(търговско наименование)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A28880D" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Вид водоснабдяване в обекта и начин на отвеждане на отпадните води:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ……………………………………………………………………………...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FF81E62" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>......................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...........................................................................................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.....................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="418A0665" w14:textId="4A0F91D8" w:rsidR="006E4F26" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Данни за производствения капацитет на обекта:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ……………………………………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67242309" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.........................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..................................................................................................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...........................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70610202" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Декларирам, че:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5496FC96" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1. с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а изпълнени изискванията на Регламент (ЕО) № 852/2004.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F64FC0E" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мам разработена технологична документация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20267EB4" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3. и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мам разработен проект на система за управление на безопасността на храните, съизмерима с вида и размера на производството, която включва добри практики за производство на бутилираните води, които ще се произвеждат в обекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FD77C27" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Моля, денят и часът на проверката по чл. 26, ал. 9 от З</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Х да се уточнят предварително с: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...........................................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.............</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.......................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08C2F04A" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="000A6FB2" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A6FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>(име и фамилия на лицето)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3988EDC5" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на длъжност........</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.....................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..........................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.....   тел.......</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>....................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.........................................       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="551682D2" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="005E7F5A" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Заплащането на извършената услуга ще извърша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BA58D7A" w14:textId="77777777" w:rsidR="004418BD" w:rsidRPr="005E7F5A" w:rsidRDefault="004418BD" w:rsidP="005E7F5A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ в брой - в Центъра за административно обслужване на РЗИ – Софийска област, на адрес: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F0355A" w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПК </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1431 гр. София, бул. „Акад. Иван </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Гешов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>“ № 15, етаж 3, кабинет</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0355A" w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 41;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79315D54" w14:textId="77777777" w:rsidR="004418BD" w:rsidRPr="005E7F5A" w:rsidRDefault="004418BD" w:rsidP="005E7F5A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>□ картови плащания чрез инсталиран ПОС терминал - в Центъра за административно обслужване на РЗИ – Софийска област, на адрес:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F0355A" w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ПК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1431 гр. София, бул. „Акад. Иван </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Гешов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“ № 15, етаж 3, кабинет </w:t>
+      </w:r>
+      <w:r w:rsidR="00F0355A" w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>41;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75D661D0" w14:textId="77777777" w:rsidR="00FB24F7" w:rsidRPr="005E7F5A" w:rsidRDefault="00FB24F7" w:rsidP="005E7F5A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>□ по банков път  - по транзитната сметка на РЗИ – Софийска област;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C7363F8" w14:textId="13312447" w:rsidR="00FB24F7" w:rsidRPr="005E7F5A" w:rsidRDefault="00FB24F7" w:rsidP="005E7F5A">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>□ E-плащане чрез единната в</w:t>
+      </w:r>
+      <w:r w:rsidR="005E7F5A" w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ходна точка, достъпна на адрес:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...1346 lines deleted...]
-        <w:r w:rsidRPr="00AE2008">
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidR="005E7F5A" w:rsidRPr="005E7F5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>https://edelivery.egov.bg/</w:t>
+          <w:t>https://pay.egov.bg/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00AE2008">
-[...289 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="005E7F5A" w:rsidRPr="005E7F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31CF013A" w14:textId="77777777" w:rsidR="00FB24F7" w:rsidRPr="00A97B77" w:rsidRDefault="00FB24F7" w:rsidP="004418BD">
+      <w:pPr>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-        <w:ind w:left="2844" w:firstLine="696"/>
+    </w:p>
+    <w:p w14:paraId="6D6EE9A1" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5305C457" w14:textId="77777777" w:rsidR="005A3876" w:rsidRDefault="005A3876" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F4A2B61" w14:textId="632351FD" w:rsidR="005A3876" w:rsidRDefault="005A3876" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FD057F4" w14:textId="1F222316" w:rsidR="005E7F5A" w:rsidRDefault="005E7F5A" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="7B6EDFAF" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00244E79" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244E79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПРИЛОЖЕНИЯ: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6788264C" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Документ за платена държавна такса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D3216D6" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Копие на удостоверение за въвеждане в експлоатация по чл. 177, ал. 3 от ЗУТ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33935CA8" w14:textId="16CAFC32" w:rsidR="002A75DD" w:rsidRPr="00892A77" w:rsidRDefault="002A75DD" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37565CB1" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Дата: .....</w:t>
+      </w:r>
+      <w:r w:rsidR="003435A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">..............                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ПОДПИС: .......</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...............................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="072ECCF8" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2979F154" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Забележка. Услугата може да бъде заявена с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уведомление</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidR="00F0355A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Центъра за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> административно обслужване </w:t>
+      </w:r>
+      <w:r w:rsidR="00F0355A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на РЗИ – Софийска област </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">или </w:t>
+      </w:r>
+      <w:r w:rsidR="003435A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>като</w:t>
+      </w:r>
+      <w:r w:rsidR="003435A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003435A7" w:rsidRPr="003435A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">препоръчана пощенска </w:t>
+      </w:r>
+      <w:r w:rsidR="003435A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>или куриерска пратка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Заявлението може да бъде подавано и по електронен път, подписано с електронен подпис, основан на квалифицирано удостоверение за електронни подписи или</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> квалифициран електронен подпис</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="462BF5F0" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F86CA89" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="003435A7" w:rsidRDefault="003435A7" w:rsidP="009E3F1B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
-          <w:sz w:val="18"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6FB2" w:rsidRPr="003435A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Предоставените от Вас лични данни са защитени, съгласно Закона за защита на личните данни и нормативните актове, регламентиращи защитата на информация и се обработват само във връзка с осъществяването на установените със закон функции на РЗИ – Софийска област.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1114B527" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6276424D" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="000A6FB2" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A6FB2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ДЕКЛАРИРАМ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DDA7975" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="00F16CF1">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Съгласен/а съм Регионална здравна инспекция </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Софийска област</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, да събира, съхранява и обработва личните ми  данни, относно поисканата от мен административна услуга и/или контролна дейност, осъществена в кръга на правомощията на инспекцията.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71727683" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="00F16CF1">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Запознат/а съм с:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F3966EA" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="00F16CF1">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Целта и средствата на обработка на личните ми данни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="682E0B6D" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="00F16CF1">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Доброволния характер на предоставяне на данните и последиците от отказа за предоставянето им.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49794E6E" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="00F16CF1">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Правото на достъп и на коригиране на събраните данни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DC2B923" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="00F16CF1">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Запознат съм, че предоставените от мен лични данни попадат под специален режим на защита, съобразно нормите на Закона за защита на личните данни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42455220" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="00F16CF1">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">• </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Декларирам, че напълно и недвусмислено се съгласявам представените от мен данни да се обработват по реда, предвиден в Закона за защита на личните данни във връзка с поисканата от мен административна услуга и/или контролна дейност, осъществена в кръга на законовите правомощията на инспекцията и съм уведомен, че имам право да откажа да предоставя настоящото си съгласие, в който случай искането за предоставяне на желаната услуга може да не бъде изпълнено.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DEAAE68" w14:textId="77777777" w:rsidR="00F16CF1" w:rsidRPr="00892A77" w:rsidRDefault="00F16CF1" w:rsidP="003F2B1F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F31CEFB" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRPr="00892A77" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Декларатор:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ме, фамилия........................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.............</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>......................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Подпис……………….................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24DE4F1F" w14:textId="77777777" w:rsidR="000A6FB2" w:rsidRDefault="000A6FB2" w:rsidP="000A6FB2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00892A77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Дата ……………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F8E2D3A" w14:textId="77777777" w:rsidR="00FA4079" w:rsidRPr="008C743B" w:rsidRDefault="00FA4079" w:rsidP="00FA4079">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C6A0987" w14:textId="77777777" w:rsidR="005C01CD" w:rsidRPr="003E3F0C" w:rsidRDefault="005C01CD" w:rsidP="00FA4079">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
-          <w:sz w:val="18"/>
-[...106 lines deleted...]
-    <w:sectPr w:rsidR="00FE6415" w:rsidRPr="00AE2008" w:rsidSect="00B70319">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="005C01CD" w:rsidRPr="003E3F0C" w:rsidSect="00FA4079">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="709" w:right="849" w:bottom="567" w:left="851" w:header="0" w:footer="0" w:gutter="0"/>
+      <w:pgMar w:top="284" w:right="707" w:bottom="284" w:left="709" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Hebar">
+    <w:altName w:val="Segoe UI"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-</w:footnotes>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1AFB439C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1654F194"/>
+    <w:lvl w:ilvl="0" w:tplc="04020005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00C24E3D"/>
-[...55 lines deleted...]
-    <w:rsid w:val="00FE6415"/>
+    <w:rsidRoot w:val="005C01CD"/>
+    <w:rsid w:val="000A6FB2"/>
+    <w:rsid w:val="000B0889"/>
+    <w:rsid w:val="001101C2"/>
+    <w:rsid w:val="001C2AC6"/>
+    <w:rsid w:val="00216DBE"/>
+    <w:rsid w:val="002A75DD"/>
+    <w:rsid w:val="00300E5D"/>
+    <w:rsid w:val="003435A7"/>
+    <w:rsid w:val="00345F5B"/>
+    <w:rsid w:val="003800D5"/>
+    <w:rsid w:val="00391245"/>
+    <w:rsid w:val="003972F4"/>
+    <w:rsid w:val="003E3F0C"/>
+    <w:rsid w:val="003F1110"/>
+    <w:rsid w:val="003F2B1F"/>
+    <w:rsid w:val="004418BD"/>
+    <w:rsid w:val="004942FC"/>
+    <w:rsid w:val="004D5DE9"/>
+    <w:rsid w:val="004E22A5"/>
+    <w:rsid w:val="00547EB1"/>
+    <w:rsid w:val="00554607"/>
+    <w:rsid w:val="005A3876"/>
+    <w:rsid w:val="005C01CD"/>
+    <w:rsid w:val="005E7F5A"/>
+    <w:rsid w:val="00691FD6"/>
+    <w:rsid w:val="006B2C02"/>
+    <w:rsid w:val="006E4F26"/>
+    <w:rsid w:val="00727538"/>
+    <w:rsid w:val="00792F7E"/>
+    <w:rsid w:val="00795B73"/>
+    <w:rsid w:val="007E5DFA"/>
+    <w:rsid w:val="00822ED8"/>
+    <w:rsid w:val="00865B06"/>
+    <w:rsid w:val="008C77BE"/>
+    <w:rsid w:val="008F28FF"/>
+    <w:rsid w:val="0090379D"/>
+    <w:rsid w:val="00970BC6"/>
+    <w:rsid w:val="0097261D"/>
+    <w:rsid w:val="00993B13"/>
+    <w:rsid w:val="009E3F1B"/>
+    <w:rsid w:val="00A24428"/>
+    <w:rsid w:val="00B64BBB"/>
+    <w:rsid w:val="00BE095C"/>
+    <w:rsid w:val="00C12BF9"/>
+    <w:rsid w:val="00C44D18"/>
+    <w:rsid w:val="00D45A1D"/>
+    <w:rsid w:val="00E16245"/>
+    <w:rsid w:val="00E35B95"/>
+    <w:rsid w:val="00E83EA9"/>
+    <w:rsid w:val="00EB30EF"/>
+    <w:rsid w:val="00ED18EF"/>
+    <w:rsid w:val="00F0355A"/>
+    <w:rsid w:val="00F16CF1"/>
+    <w:rsid w:val="00FA4079"/>
+    <w:rsid w:val="00FB24F7"/>
+    <w:rsid w:val="00FC6137"/>
+    <w:rsid w:val="00FD1CD0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="59D371DA"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{31C1B174-1117-415B-BD5F-43809D1CCFF9}"/>
+  <w15:docId w15:val="{D4A9C66E-2FFB-4747-9A14-6B9584DB99FE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2186,67 +2713,67 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2495,227 +3022,248 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00C24E3D"/>
+    <w:rsid w:val="005C01CD"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
-    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00C24E3D"/>
+    <w:rsid w:val="005C01CD"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:keepNext/>
+      <w:spacing w:line="300" w:lineRule="atLeast"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Hebar" w:hAnsi="Hebar"/>
       <w:b/>
-      <w:bCs/>
-[...2 lines deleted...]
-      <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+      <w:sz w:val="42"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
-    <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00C24E3D"/>
+    <w:rsid w:val="005C01CD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Hebar" w:eastAsia="Times New Roman" w:hAnsi="Hebar" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="42"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="bg-BG"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent2Char"/>
+    <w:rsid w:val="005C01CD"/>
+    <w:pPr>
+      <w:ind w:firstLine="708"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
+    <w:name w:val="Body Text Indent 2 Char"/>
+    <w:link w:val="BodyTextIndent2"/>
+    <w:rsid w:val="005C01CD"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:b/>
-[...2 lines deleted...]
-      <w:szCs w:val="36"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="bg-BG"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:rsid w:val="005C01CD"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:link w:val="BodyText"/>
+    <w:rsid w:val="005C01CD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
       <w:lang w:eastAsia="bg-BG"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
-    <w:name w:val="Основен текст с отстъп 21"/>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="005C01CD"/>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="bg-BG"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="00C24E3D"/>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005C01CD"/>
     <w:rPr>
-      <w:lang w:val="en-GB" w:eastAsia="ar-SA"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005C01CD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="bg-BG"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00216DBE"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="003674EE"/>
+    <w:rsid w:val="00822ED8"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...74 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:divs>
+    <w:div w:id="1737893199">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edelivery.egov.bg/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pay.egov.bg/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2939,92 +3487,87 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>3278</Characters>
+  <Pages>2</Pages>
+  <Words>1093</Words>
+  <Characters>6236</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>51</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3846</CharactersWithSpaces>
+  <CharactersWithSpaces>7315</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
-  <HLinks>
-[...20 lines deleted...]
-  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>DM</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_EmailSubject">
+    <vt:lpwstr>Процедура вписване на обект за бутилиране на води</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_AuthorEmail">
+    <vt:lpwstr>zk@rzi-sfo.bg</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_AuthorEmailDisplayName">
+    <vt:lpwstr>zk@rzi-sfo.bg</vt:lpwstr>
+  </property>
+</Properties>
+</file>