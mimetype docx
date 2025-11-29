--- v0 (2025-10-16)
+++ v1 (2025-11-29)
@@ -1,12116 +1,12202 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10774" w:type="dxa"/>
         <w:tblInd w:w="-386" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="40" w:type="dxa"/>
           <w:right w:w="40" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="318"/>
         <w:gridCol w:w="249"/>
         <w:gridCol w:w="426"/>
         <w:gridCol w:w="3260"/>
         <w:gridCol w:w="607"/>
         <w:gridCol w:w="1519"/>
         <w:gridCol w:w="101"/>
         <w:gridCol w:w="42"/>
         <w:gridCol w:w="566"/>
         <w:gridCol w:w="416"/>
         <w:gridCol w:w="146"/>
         <w:gridCol w:w="855"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="1702"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidTr="0071766E">
+      <w:tr w:rsidR="00060640" w:rsidRPr="00060640" w:rsidTr="00FC0579">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="216"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7186" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007C3F54">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve">ЕВРОПЕЙСКИ СЪЮЗ </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>EUROPEAN UNION</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3270" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidTr="0071766E">
+      <w:tr w:rsidR="00060640" w:rsidRPr="00060640" w:rsidTr="00FC0579">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="462"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4542" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Собственик</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Holder</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="00360496">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="68"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3645" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>СЕРТИФИКАТ</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CERTIFICATE</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve">Не може да се използва извън Европейския съюз </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Not for use outside the European Union</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007C3F54">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve">Вх. </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">№ / </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007C3F54">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>НСЗП –</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>……………</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007C3F54">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> ………….</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>..</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>.20</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>…</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidTr="0071766E">
+      <w:tr w:rsidR="00060640" w:rsidRPr="00060640" w:rsidTr="00FC0579">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57" w:right="57"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>ЗАЯВЛЕНИЕ</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>APPLICATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4542" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3645" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-15"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidTr="0071766E">
+      <w:tr w:rsidR="00060640" w:rsidRPr="00060640" w:rsidTr="00FC0579">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="1697"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="32"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4542" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="32"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:permStart w:id="913992735" w:edGrp="everyone"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3645" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="009B5CA9" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="004F1914" w:rsidP="00060640">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                   <w:bCs/>
                   <w:color w:val="000000"/>
                   <w:kern w:val="32"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="32"/>
+                  <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-91327008"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D03854">
+                <w:r w:rsidR="00060640" w:rsidRPr="00060640">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:bCs/>
                     <w:color w:val="000000"/>
                     <w:kern w:val="32"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="32"/>
+                    <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:permEnd w:id="913992735"/>
-            <w:r w:rsidR="007C3F54" w:rsidRPr="007C3F54">
+            <w:r w:rsidR="00060640" w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> Сертификат за законно придобиване</w:t>
             </w:r>
-            <w:r w:rsidR="007C3F54" w:rsidRPr="007C3F54">
+            <w:r w:rsidR="00060640" w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> /</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">         </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Certificate of legal acquisition</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:permStart w:id="1079910496" w:edGrp="everyone"/>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="009B5CA9" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="004F1914" w:rsidP="00060640">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                   <w:bCs/>
                   <w:color w:val="000000"/>
                   <w:kern w:val="32"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="32"/>
+                  <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1523435949"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D03854">
+                <w:r w:rsidR="00060640" w:rsidRPr="00060640">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:bCs/>
                     <w:color w:val="000000"/>
                     <w:kern w:val="32"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="32"/>
+                    <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:permEnd w:id="1079910496"/>
-            <w:r w:rsidR="007C3F54" w:rsidRPr="007C3F54">
+            <w:r w:rsidR="00060640" w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF"/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="32"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007C3F54" w:rsidRPr="007C3F54">
+            <w:r w:rsidR="00060640" w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
-            <w:r w:rsidR="007C3F54" w:rsidRPr="007C3F54">
+            <w:r w:rsidR="00060640" w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007C3F54" w:rsidRPr="007C3F54">
+            <w:r w:rsidR="00060640" w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>за</w:t>
             </w:r>
-            <w:r w:rsidR="007C3F54" w:rsidRPr="007C3F54">
+            <w:r w:rsidR="00060640" w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007C3F54" w:rsidRPr="007C3F54">
+            <w:r w:rsidR="00060640" w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>търговски</w:t>
             </w:r>
-            <w:r w:rsidR="007C3F54" w:rsidRPr="007C3F54">
+            <w:r w:rsidR="00060640" w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007C3F54" w:rsidRPr="007C3F54">
+            <w:r w:rsidR="00060640" w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>дейности</w:t>
             </w:r>
-            <w:r w:rsidR="007C3F54" w:rsidRPr="007C3F54">
+            <w:r w:rsidR="00060640" w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> /   </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="32"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">          Certificate for commercial activities</w:t>
             </w:r>
           </w:p>
-          <w:permStart w:id="181934835" w:edGrp="everyone"/>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="009B5CA9" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="004F1914" w:rsidP="00060640">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                   <w:bCs/>
                   <w:color w:val="000000"/>
                   <w:kern w:val="32"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="32"/>
+                  <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1785150751"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D03854">
+                <w:r w:rsidR="00060640" w:rsidRPr="00060640">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:bCs/>
                     <w:color w:val="000000"/>
                     <w:kern w:val="32"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="32"/>
+                    <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:permEnd w:id="181934835"/>
-            <w:r w:rsidR="007C3F54" w:rsidRPr="007C3F54">
+            <w:r w:rsidR="00060640" w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="32"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007C3F54" w:rsidRPr="007C3F54">
+            <w:r w:rsidR="00060640" w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
-            <w:r w:rsidR="007C3F54" w:rsidRPr="007C3F54">
+            <w:r w:rsidR="00060640" w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007C3F54" w:rsidRPr="007C3F54">
+            <w:r w:rsidR="00060640" w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>за</w:t>
             </w:r>
-            <w:r w:rsidR="007C3F54" w:rsidRPr="007C3F54">
+            <w:r w:rsidR="00060640" w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007C3F54" w:rsidRPr="007C3F54">
+            <w:r w:rsidR="00060640" w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>пренасяне</w:t>
             </w:r>
-            <w:r w:rsidR="007C3F54" w:rsidRPr="007C3F54">
+            <w:r w:rsidR="00060640" w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007C3F54" w:rsidRPr="007C3F54">
+            <w:r w:rsidR="00060640" w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>на</w:t>
             </w:r>
-            <w:r w:rsidR="007C3F54" w:rsidRPr="007C3F54">
+            <w:r w:rsidR="00060640" w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007C3F54" w:rsidRPr="007C3F54">
+            <w:r w:rsidR="00060640" w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>живи</w:t>
             </w:r>
-            <w:r w:rsidR="007C3F54" w:rsidRPr="007C3F54">
+            <w:r w:rsidR="00060640" w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007C3F54" w:rsidRPr="007C3F54">
+            <w:r w:rsidR="00060640" w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>екземпляри</w:t>
             </w:r>
-            <w:r w:rsidR="007C3F54" w:rsidRPr="007C3F54">
+            <w:r w:rsidR="00060640" w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007C3F54" w:rsidRPr="00360496">
+            <w:r w:rsidR="00060640" w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="32"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidR="007C3F54" w:rsidRPr="007C3F54">
+            <w:r w:rsidR="00060640" w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="57"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="32"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="32"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">          Certificate for movement of live specimen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:keepNext/>
               <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="32"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidTr="0071766E">
+      <w:tr w:rsidR="00060640" w:rsidRPr="00060640" w:rsidTr="00FC0579">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="519"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4542" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5914" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="176" w:lineRule="exact"/>
               <w:ind w:left="14" w:right="112" w:firstLine="7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007C3F54">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>Регламент (</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>) №</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> 338/97 </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>на Съвета и Регламент</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>EO</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>) №</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> 865/2006 </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>на Комисията относно за</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:softHyphen/>
               <w:t>щитата на видовете от дивата фауна и флора чрез регулиране на търговията с тях</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Council Regulation (EC) No 338/97 and Commission Regulation (EC) No 865/2006 on the protection of species of wild fauna and flora by regulating trade therein</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidTr="0071766E">
+      <w:tr w:rsidR="00060640" w:rsidRPr="00060640" w:rsidTr="00FC0579">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="133"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4542" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="00C001F1">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>БУЛСТАТ/ЕИК/VAT No:</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:permStart w:id="1180706536" w:edGrp="everyone"/>
-            <w:permEnd w:id="1180706536"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5914" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="176" w:lineRule="exact"/>
               <w:ind w:left="14" w:right="112" w:firstLine="7"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidTr="0071766E">
+      <w:tr w:rsidR="00060640" w:rsidRPr="00060640" w:rsidTr="00FC0579">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1115"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4542" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Одобрено местонахождение за </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">живите екземпляри от видове от приложение А / </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Authorised</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>location</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>for</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>live</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>specimens</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Annex</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>species</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="00E322C0" w:rsidP="00360496">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="68"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:id="1663111357" w:edGrp="everyone"/>
-            <w:r>
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:permEnd w:id="1663111357"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5914" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3. Издаващ</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сертификата</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">управителен </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">орган / </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Issuing Management Authority</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>МИНИСТЕРСТВО НА ОКОЛНАТА СРЕДА И ВОДИТЕ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>MINISTRY OF ENVIRONMENT AND WATER</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">бул. Мария Луиза № 22, София 1000, България/ </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>22, Maria Luisa Blvd, Sofia 1000, Bulgaria</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidTr="0071766E">
+      <w:tr w:rsidR="00060640" w:rsidRPr="00060640" w:rsidTr="00FC0579">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="555"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4542" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>4. Описание на екземплярите (вкл. маркировка, пол</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>/ дата на раждане за живи животни)</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Description of specimens (incl.marks, sex/date of birth for live animals)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="00360496">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="68"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="00360496">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="68"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="18"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">5. </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Нето</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>тегло</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>kg</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Net</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>mass</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>kg</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...4 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">6. Количество / </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Quantity</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:permEnd w:id="788998447"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidTr="0071766E">
+      <w:tr w:rsidR="00060640" w:rsidRPr="00060640" w:rsidTr="00FC0579">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="556"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4542" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2228" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">7. CITES </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">риложение / CITES </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Appendix</w:t>
             </w:r>
           </w:p>
-          <w:permStart w:id="483328870" w:edGrp="everyone" w:displacedByCustomXml="next"/>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:id w:val="-1506970560"/>
               <w:comboBox>
                 <w:listItem w:displayText="----" w:value="----"/>
                 <w:listItem w:displayText="I" w:value="I"/>
                 <w:listItem w:displayText="II" w:value="II"/>
                 <w:listItem w:displayText="III" w:value="III"/>
               </w:comboBox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+              <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:i/>
                     <w:sz w:val="12"/>
                     <w:szCs w:val="20"/>
-                    <w:lang w:val="bg-BG"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007C3F54">
+                <w:r w:rsidRPr="00060640">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:szCs w:val="20"/>
-                    <w:lang w:val="bg-BG"/>
                   </w:rPr>
                   <w:t>----</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:permEnd w:id="483328870" w:displacedByCustomXml="prev"/>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">8. EС </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>п</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>риложение</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> EU Annex</w:t>
             </w:r>
           </w:p>
-          <w:permStart w:id="1587360796" w:edGrp="everyone" w:displacedByCustomXml="next"/>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:id w:val="-738636250"/>
               <w:comboBox>
                 <w:listItem w:displayText="----" w:value="----"/>
                 <w:listItem w:displayText="A" w:value="A"/>
                 <w:listItem w:displayText="B" w:value="B"/>
               </w:comboBox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+              <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
+                    <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007C3F54">
+                <w:r w:rsidRPr="00060640">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
+                    <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>----</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:permEnd w:id="1587360796" w:displacedByCustomXml="prev"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>9. Произход</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Source</w:t>
             </w:r>
           </w:p>
-          <w:permStart w:id="1063798916" w:edGrp="everyone" w:displacedByCustomXml="next"/>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:id w:val="-1495951103"/>
               <w:comboBox>
                 <w:listItem w:displayText="----" w:value="----"/>
                 <w:listItem w:displayText="W" w:value="W"/>
                 <w:listItem w:displayText="R" w:value="R"/>
                 <w:listItem w:displayText="D" w:value="D"/>
                 <w:listItem w:displayText="A" w:value="A"/>
                 <w:listItem w:displayText="C" w:value="C"/>
                 <w:listItem w:displayText="F" w:value="F"/>
                 <w:listItem w:displayText="I" w:value="I"/>
                 <w:listItem w:displayText="O" w:value="O"/>
                 <w:listItem w:displayText="U" w:value="U"/>
                 <w:listItem w:displayText="X" w:value="X"/>
               </w:comboBox>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+              <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
+                    <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="007C3F54">
+                <w:r w:rsidRPr="00060640">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
+                    <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>----</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:permEnd w:id="1063798916" w:displacedByCustomXml="prev"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidTr="0071766E">
+      <w:tr w:rsidR="00060640" w:rsidRPr="00060640" w:rsidTr="00FC0579">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="556"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4542" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5914" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">10. </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Държава </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>на произход</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Country of origin</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="00D03854" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidTr="0071766E">
+      <w:tr w:rsidR="00060640" w:rsidRPr="00060640" w:rsidTr="00FC0579">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:hRule="exact" w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4542" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="18"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>11. Разрешително №</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Permit No</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007C3F54">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Дата на издаване / </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>issue</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="00D03854" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidTr="0071766E">
+      <w:tr w:rsidR="00060640" w:rsidRPr="00060640" w:rsidTr="00FC0579">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6162" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">16. Научно наименование на вида / </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Scientific</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>name</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>species</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="68"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:id="1939172715" w:edGrp="everyone"/>
-            <w:permEnd w:id="1939172715"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4294" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">13. </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Държава</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">членка на внос </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Member State of import</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="00D03854" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="143"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...3 lines deleted...]
-            <w:permEnd w:id="1524396912"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidTr="0071766E">
+      <w:tr w:rsidR="00060640" w:rsidRPr="00060640" w:rsidTr="00FC0579">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="526"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4542" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>17. Общоприето наименование на вида (</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ако има такова</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Common name of species (if available)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="68"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:permEnd w:id="309424302"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">14. </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Документ</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> №</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Document No</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="00D03854" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007C3F54">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Дата на издаване / </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>issue</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="00D03854" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...3 lines deleted...]
-            <w:permEnd w:id="1664567132"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidTr="0071766E">
+      <w:tr w:rsidR="00060640" w:rsidRPr="00060640" w:rsidTr="00FC0579">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="80"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007C3F54">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">18. </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">С настоящото се удостоверява, че описаните по-горе екземпляри </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>It</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>is</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>hereby</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>certified</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>that</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>specimens</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>described</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>above</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidTr="0071766E">
+      <w:tr w:rsidR="00060640" w:rsidRPr="00060640" w:rsidTr="00FC0579">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="2774"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="249" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="30" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007C3F54">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>б</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>в)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">г) </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">д) </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>е)</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>ж)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:bookmarkStart w:id="1" w:name="Check2"/>
-        <w:permStart w:id="992701995" w:edGrp="everyone"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="009B5CA9" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="004F1914" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="20"/>
+                  <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="2137368291"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E322C0">
+                <w:r w:rsidR="00060640" w:rsidRPr="00060640">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="20"/>
+                    <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:permEnd w:id="992701995"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="009B5CA9" w:rsidP="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="004F1914" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="20"/>
+                  <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1335692641"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D03854">
+                <w:r w:rsidR="00060640" w:rsidRPr="00060640">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="20"/>
+                    <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:permEnd w:id="858206482"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="009B5CA9" w:rsidP="007C3F54">
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="004F1914" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="20"/>
+                  <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="828872080"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D03854">
+                <w:r w:rsidR="00060640" w:rsidRPr="00060640">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="20"/>
+                    <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:permEnd w:id="963913317"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="009B5CA9" w:rsidP="007C3F54">
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="004F1914" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="20"/>
+                  <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="665052620"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D03854">
+                <w:r w:rsidR="00060640" w:rsidRPr="00060640">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="20"/>
+                    <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:permEnd w:id="1339447683"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="009B5CA9" w:rsidP="007C3F54">
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="004F1914" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="20"/>
+                  <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1011958335"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D03854">
+                <w:r w:rsidR="00060640" w:rsidRPr="00060640">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="20"/>
+                    <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:permEnd w:id="187963199"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="009B5CA9" w:rsidP="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="004F1914" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="20"/>
+                  <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-943535751"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D03854">
+                <w:r w:rsidR="00060640" w:rsidRPr="00060640">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="20"/>
+                    <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:permEnd w:id="563153757"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:bookmarkEnd w:id="1"/>
-          <w:permStart w:id="205876187" w:edGrp="everyone"/>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="009B5CA9" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="004F1914" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="20"/>
+                  <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1007331098"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D03854">
+                <w:r w:rsidR="00060640" w:rsidRPr="00060640">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="20"/>
+                    <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:permEnd w:id="205876187"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...7 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">са взети от природата съгласно действащото законодателството в издаващата сертификата държава членка / </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>were</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>taken</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>from</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>wild</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>accordance</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>with</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>legislation</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>force</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>issuing</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Member</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="5"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...7 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">са изоставени или избягали екземпляри, уловени съгласно действащото законодателството в издаващата сертификата държава членка / </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>are</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>abandoned</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>escaped</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>specimens</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>that</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>were</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>recovered</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>accordance</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>with</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>legislation</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>force</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>issuing</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Member</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="7"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...7 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>са родени и отгледани в плен или са изкуствено размножени екземпляри/</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>are</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>captive</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>born</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>bred</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>artificially</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>propagated</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>specimens</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="9"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...7 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">са придобити или внесени в Съюза съгласно Регламент (ЕО) </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>№ 338/97</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> на Съвета </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>were acquired in or introduced into the Union in compliance with the provisions of Council Regulation (EC) No 338/97</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="3"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...7 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>са придобити или внесени в Съюза преди 1 юни 1997 г. съгласно Регламент</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(E</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>И</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">O) </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>№ 3626/82</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> на Съвета</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> /</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>were acquired in or introduced into the Union before 1 June 1997 in accordance with Council Regulation (EEC) No 3626/82</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="7"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...7 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">са придобити или внесени в Съюза преди 1 януари 1984 съгласно изискванията на </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CITES</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>were acquired in or introduced into the Union before 1 January 1984 in compliance with the provisions of CITES</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="5"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...7 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>са придобити или внесени в издаващата сертификата държава членка преди изискванията на Регламент (ЕО) № 338/97, Регламент (</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>И</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">) № 3626/82 или </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CITES</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> да са влезли в сила на нейната територия/</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>were</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>acquired</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>introduced</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>into</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>issuing</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Member</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>before</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>provisions</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Regulations</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (ЕС) </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 338/97 </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>EEC</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3626/82 </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>or</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CITES</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>became</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>applicable</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>this</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>territory</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidTr="0071766E">
+      <w:tr w:rsidR="00060640" w:rsidRPr="00060640" w:rsidTr="00FC0579">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="101"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10456" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">19. </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Този документ се издава с цел /</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>This document is issued for the purpose</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidTr="0071766E">
+      <w:tr w:rsidR="00060640" w:rsidRPr="00060640" w:rsidTr="00FC0579">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="2165"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="249" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="20" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007C3F54">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>a)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
               </w:rPr>
               <w:t>б</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="00F4382A" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>в)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="10"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">г) </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">д) </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:permStart w:id="925455089" w:edGrp="everyone"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="426" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="009B5CA9" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="004F1914" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="20"/>
+                  <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-359820208"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F4382A">
+                <w:r w:rsidR="00060640" w:rsidRPr="00060640">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="20"/>
+                    <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:permEnd w:id="925455089"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="009B5CA9" w:rsidP="007C3F54">
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="004F1914" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="20"/>
+                  <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="535473186"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F4382A">
+                <w:r w:rsidR="00060640" w:rsidRPr="00060640">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="20"/>
+                    <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:permEnd w:id="1522624210"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="009B5CA9" w:rsidP="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="004F1914" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="20"/>
+                  <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-182902316"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F4382A">
+                <w:r w:rsidR="00060640" w:rsidRPr="00060640">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="20"/>
+                    <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:permEnd w:id="115039154"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="009B5CA9" w:rsidP="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="004F1914" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="20"/>
+                  <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-2022389899"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F4382A">
+                <w:r w:rsidR="00060640" w:rsidRPr="00060640">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="20"/>
+                    <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:permEnd w:id="250229626"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:permStart w:id="1304324521" w:edGrp="everyone"/>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="009B5CA9" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="004F1914" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FFFFFF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="20"/>
+                  <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="557136552"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F4382A">
+                <w:r w:rsidR="00060640" w:rsidRPr="00060640">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="20"/>
+                    <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:permEnd w:id="1304324521"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...7 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>потвърждение, че екземплярът, който ще бъде изнесен/реекспортиран</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> е придобит съгласно действащото законодателство за защита на въпросните видове</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>confirming</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>that</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>specimen</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>be</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>re</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">-) </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>exported</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>has</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>been</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>acquired</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>accordance</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>with</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>legislation</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>force</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>on</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>protection</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>species</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>question</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="5"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...7 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">изключване от забраните, свързани с търговски дейности, описани в чл. 8, параграф 1 от Регламент (ЕО) № 338/97, за екземпляри на видове от приложение А с цел продажба / </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>exempting</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>for</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>sale</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Annex</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>specimens</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>from</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>prohibitions</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>relating</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>commercial</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>activities</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>listed</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Article</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 8.1 </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Regulation</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>EC</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 338/97</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="5"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>изключване от забраните, свързани с търговски дейности, описани в чл. 8, параграф 1 от Регламент (ЕО) № 338/97, за екземпляри на видове от приложение А с цел излагане пред публика без продажба</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>exempting</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>for display to the public without sale Annex</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>specimens</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>from</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>the</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>prohibitions</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>relating</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>commercial</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>activities</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>listed</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Article</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> 8.1 </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Regulation (EC) No 338/97</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="5"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>използване на екземплярите за научни цели/развъждане/изследвания/образователни цели или</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>други цели, които нямат вредно влияние върху тях</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>using the specimens for the advancement of science/breeding or propagation/research or education or other non-detrimental purposes</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="5"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>разрешаване на преместването в рамките на Съюза на жив екземпляр на вид от приложение А от местоположението, посочено в разрешителното за внос или в сертификат /</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>authorising the movement within the Union of a live Annex A specimen from the location indicated in the import permit or in</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>any certificate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidTr="00D03854">
+      <w:tr w:rsidR="00060640" w:rsidRPr="00060640" w:rsidTr="00FC0579">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="127"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6204" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="007C3F54">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>20. Забележка</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Remarks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="00A35EFE" w:rsidRDefault="00A35EFE" w:rsidP="00D745BC">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="00D745BC">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Прилагам цялата необходимите документация и декларирам,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="00D745BC">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>че представената от мен информация е вярна.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="00D745BC">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Декларирам, че за описаните екземпляри не е отказван сертификат.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="00D03854">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="101" w:right="102"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>I attach the necessary documentary evidence and declare that all the particulars provided are to the best of my knowledge and belief correct.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="00D745BC">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="101"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="007C3F54">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>I declare  that an application for a certificate for the above specimens was not previously rejected.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidTr="00D03854">
+      <w:tr w:rsidR="00060640" w:rsidRPr="00060640" w:rsidTr="00FC0579">
         <w:trPr>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6204" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="4604" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="498"/>
               <w:gridCol w:w="4106"/>
             </w:tblGrid>
-            <w:tr w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidTr="00D03854">
+            <w:tr w:rsidR="00060640" w:rsidRPr="00060640" w:rsidTr="00FC0579">
               <w:trPr>
                 <w:trHeight w:val="71"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4604" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:eastAsia="bg-BG"/>
+                      <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00D03854">
+                  <w:r w:rsidRPr="00060640">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:b/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:eastAsia="bg-BG"/>
+                      <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t>Моля да получа издадения документ/ I would like to receive the document by:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:permStart w:id="99238102" w:edGrp="everyone"/>
-            <w:tr w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidTr="00D03854">
+            <w:tr w:rsidR="00060640" w:rsidRPr="00060640" w:rsidTr="00FC0579">
               <w:trPr>
                 <w:trHeight w:val="151"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="498" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
-                <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="009B5CA9" w:rsidP="007C3F54">
+                <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="004F1914" w:rsidP="00060640">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:eastAsia="bg-BG"/>
+                      <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="20"/>
+                        <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:id w:val="-1507433479"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
-                      <w:r w:rsidR="00F4382A">
+                      <w:r w:rsidR="00060640" w:rsidRPr="00060640">
                         <w:rPr>
-                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="20"/>
+                          <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
-                  <w:permEnd w:id="99238102"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4106" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:eastAsia="bg-BG"/>
+                      <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="007C3F54">
+                  <w:r w:rsidRPr="00060640">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:eastAsia="bg-BG"/>
+                      <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t>Лично или чрез упълномощено лице/</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="007C3F54">
+                  <w:r w:rsidRPr="00060640">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:eastAsia="bg-BG"/>
+                      <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
-                  <w:r w:rsidRPr="007C3F54">
+                  <w:r w:rsidRPr="00060640">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:i/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:eastAsia="bg-BG"/>
+                      <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t>Personally or through an authorized person</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidTr="00D03854">
+            <w:tr w:rsidR="00060640" w:rsidRPr="00060640" w:rsidTr="00FC0579">
               <w:trPr>
                 <w:trHeight w:val="127"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4604" w:type="dxa"/>
                   <w:gridSpan w:val="2"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:ind w:hanging="41"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:eastAsia="bg-BG"/>
+                      <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="007C3F54">
+                  <w:r w:rsidRPr="00060640">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:eastAsia="bg-BG"/>
+                      <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t>За моя сметка чрез /</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="007C3F54">
+                  <w:r w:rsidRPr="00060640">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:eastAsia="bg-BG"/>
+                      <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
-                  <w:r w:rsidRPr="007C3F54">
+                  <w:r w:rsidRPr="00060640">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:i/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:eastAsia="bg-BG"/>
+                      <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t>At my expense by</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:permStart w:id="675287775" w:edGrp="everyone"/>
-            <w:tr w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidTr="00D03854">
+            <w:tr w:rsidR="00060640" w:rsidRPr="00060640" w:rsidTr="00FC0579">
               <w:trPr>
                 <w:trHeight w:val="99"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="498" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="009B5CA9" w:rsidP="007C3F54">
+                <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="004F1914" w:rsidP="00060640">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:ind w:hanging="41"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:eastAsia="bg-BG"/>
+                      <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="20"/>
+                        <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:id w:val="466950434"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
-                      <w:r w:rsidR="00F4382A">
+                      <w:r w:rsidR="00060640" w:rsidRPr="00060640">
                         <w:rPr>
-                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="20"/>
+                          <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
-                  <w:permEnd w:id="675287775"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4106" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:eastAsia="bg-BG"/>
+                      <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="007C3F54">
+                  <w:r w:rsidRPr="00060640">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:eastAsia="bg-BG"/>
+                      <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t xml:space="preserve">препоръчана пощата или куриер / </w:t>
                   </w:r>
-                  <w:r w:rsidRPr="007C3F54">
+                  <w:r w:rsidRPr="00060640">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:i/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:eastAsia="bg-BG"/>
+                      <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t>registered mail or courier</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:permStart w:id="1293242378" w:edGrp="everyone"/>
-            <w:tr w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidTr="00D03854">
+            <w:tr w:rsidR="00060640" w:rsidRPr="00060640" w:rsidTr="00FC0579">
               <w:trPr>
                 <w:trHeight w:val="336"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="498" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="009B5CA9" w:rsidP="007C3F54">
+                <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="004F1914" w:rsidP="00060640">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:ind w:hanging="41"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:eastAsia="bg-BG"/>
+                      <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
                     </w:rPr>
                   </w:pPr>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="20"/>
+                        <w:lang w:val="en-US"/>
                       </w:rPr>
                       <w:id w:val="-438527596"/>
                       <w14:checkbox>
                         <w14:checked w14:val="0"/>
                         <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                         <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                       </w14:checkbox>
                     </w:sdtPr>
                     <w:sdtEndPr/>
                     <w:sdtContent>
-                      <w:r w:rsidR="00F4382A">
+                      <w:r w:rsidR="00060640" w:rsidRPr="00060640">
                         <w:rPr>
-                          <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Times New Roman" w:hint="eastAsia"/>
+                          <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="20"/>
+                          <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>☐</w:t>
                       </w:r>
                     </w:sdtContent>
                   </w:sdt>
-                  <w:permEnd w:id="1293242378"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4106" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="nil"/>
                     <w:left w:val="nil"/>
                     <w:bottom w:val="nil"/>
                     <w:right w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:eastAsia="bg-BG"/>
+                      <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="007C3F54">
+                  <w:r w:rsidRPr="00060640">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:eastAsia="bg-BG"/>
+                      <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t xml:space="preserve">международна препоръчана поща (цената на услугата се предплаща) / </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+                <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:eastAsia="bg-BG"/>
+                      <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="007C3F54">
+                  <w:r w:rsidRPr="00060640">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:i/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:eastAsia="bg-BG"/>
+                      <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t>international registered mail (the price of the service should be prepaid</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="007C3F54">
+                  <w:r w:rsidRPr="00060640">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                       <w:sz w:val="12"/>
                       <w:szCs w:val="16"/>
-                      <w:lang w:eastAsia="bg-BG"/>
+                      <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
                     </w:rPr>
                     <w:t>)</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="356" w:hanging="356"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidTr="0071766E">
+      <w:tr w:rsidR="00060640" w:rsidRPr="00060640" w:rsidTr="00FC0579">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="732"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
+                <w:lang w:eastAsia="bg-BG"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <mc:AlternateContent>
                 <mc:Choice Requires="wpg">
                   <w:drawing>
-                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="0F9D2427" wp14:editId="1A80B1C7">
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="15496858" wp14:editId="3C34C3B9">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>330868</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>264828</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="5358765" cy="3810"/>
                       <wp:effectExtent l="0" t="0" r="13335" b="15240"/>
                       <wp:wrapNone/>
                       <wp:docPr id="1" name="Group 155"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                           <wpg:wgp>
                             <wpg:cNvGrpSpPr>
                               <a:grpSpLocks/>
                             </wpg:cNvGrpSpPr>
                             <wpg:grpSpPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="5358765" cy="3810"/>
                                 <a:chOff x="2318" y="16167"/>
                                 <a:chExt cx="8439" cy="6"/>
                               </a:xfrm>
                             </wpg:grpSpPr>
                             <wps:wsp>
-                              <wps:cNvPr id="2" name="Line 156"/>
+                              <wps:cNvPr id="3" name="Line 156"/>
                               <wps:cNvCnPr/>
                               <wps:spPr bwMode="auto">
                                 <a:xfrm>
                                   <a:off x="2318" y="16167"/>
                                   <a:ext cx="2700" cy="0"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="line">
                                   <a:avLst/>
                                 </a:prstGeom>
                                 <a:noFill/>
                                 <a:ln w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:round/>
                                   <a:headEnd/>
                                   <a:tailEnd/>
                                 </a:ln>
                                 <a:extLst>
                                   <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                                     <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                       <a:noFill/>
                                     </a14:hiddenFill>
                                   </a:ext>
                                 </a:extLst>
                               </wps:spPr>
                               <wps:bodyPr/>
                             </wps:wsp>
                             <wps:wsp>
-                              <wps:cNvPr id="3" name="Line 157"/>
+                              <wps:cNvPr id="4" name="Line 157"/>
                               <wps:cNvCnPr/>
                               <wps:spPr bwMode="auto">
                                 <a:xfrm>
                                   <a:off x="5921" y="16167"/>
                                   <a:ext cx="1620" cy="0"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="line">
                                   <a:avLst/>
                                 </a:prstGeom>
                                 <a:noFill/>
                                 <a:ln w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:round/>
                                   <a:headEnd/>
                                   <a:tailEnd/>
                                 </a:ln>
                                 <a:extLst>
                                   <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                                     <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                       <a:noFill/>
                                     </a14:hiddenFill>
                                   </a:ext>
                                 </a:extLst>
                               </wps:spPr>
                               <wps:bodyPr/>
                             </wps:wsp>
                             <wps:wsp>
-                              <wps:cNvPr id="4" name="Line 158"/>
+                              <wps:cNvPr id="6" name="Line 158"/>
                               <wps:cNvCnPr/>
                               <wps:spPr bwMode="auto">
                                 <a:xfrm>
                                   <a:off x="8597" y="16173"/>
                                   <a:ext cx="2160" cy="0"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="line">
                                   <a:avLst/>
                                 </a:prstGeom>
                                 <a:noFill/>
                                 <a:ln w="9525">
                                   <a:solidFill>
                                     <a:srgbClr val="000000"/>
                                   </a:solidFill>
                                   <a:round/>
                                   <a:headEnd/>
                                   <a:tailEnd/>
                                 </a:ln>
                                 <a:extLst>
                                   <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                                     <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                       <a:noFill/>
                                     </a14:hiddenFill>
                                   </a:ext>
                                 </a:extLst>
                               </wps:spPr>
                               <wps:bodyPr/>
                             </wps:wsp>
                           </wpg:wgp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:group id="Group 155" o:spid="_x0000_s1026" style="position:absolute;margin-left:26.05pt;margin-top:20.85pt;width:421.95pt;height:.3pt;z-index:251659264" coordorigin="2318,16167" coordsize="8439,6" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQADhN3+tQIAAC4KAAAOAAAAZHJzL2Uyb0RvYy54bWzsVtuO0zAQfUfiH6y8d3NP02hThJp2XxZY&#10;aeEDXMe5iMS2bG/TFeLfGTtJ2S1IoCIhJLYPru2xxzPnnHF8/ebYd+hApWo5yx3/ynMQZYSXLatz&#10;59PH3SJ1kNKYlbjjjObOI1XOm/XrV9eDyGjAG96VVCJwwlQ2iNxptBaZ6yrS0B6rKy4oA2PFZY81&#10;DGXtlhIP4L3v3MDzEnfgshSSE6oUzBaj0Vlb/1VFif5QVYpq1OUOxKZtK227N627vsZZLbFoWjKF&#10;gS+Iosctg0NPrgqsMXqQ7Q+u+pZIrnilrwjvXV5VLaE2B8jG986yuZH8Qdhc6myoxQkmgPYMp4vd&#10;kveHO4naErhzEMM9UGRPRX4cG3AGUWew5kaKe3Enxwyhe8vJZwVm99xuxvW4GO2Hd7wEh/hBcwvO&#10;sZK9cQFpo6Pl4PHEAT1qRGAyDuN0mcQOImALU3+iiDTAo9kUhD5ICmx+4ifLkT/SbKfdaRSuxq2J&#10;Mbk4G8+0cU5xmaRAbOo7nurP8LxvsKCWJmWwmvAMZjxvW0YBThuQORmWbNidtOCqTAGsv0TqZ0nP&#10;gAVLD4Rt0LJQnVLGmZBK31DeI9PJnQ7isDTgw63SIzrzEsMK47u262AeZx1DQ+6s4iC2GxTv2tIY&#10;jU3Jer/pJDpgU1L2N0H9bBlIl5XWWUNxuZ36Grfd2Ic4O2b8QR4QztQba+bLyltt020aLaIg2S4i&#10;rygWb3ebaJHs/GVchMVmU/hfTWh+lDVtWVJmopvr149+j8/pJhkr71TBJxjc596tmiDY+d8GDboa&#10;KRxFteflo2XWzoPE/pLWwjOt2bq4UGvxKoCr4HmBzVrzk+BFa/+51qIzraWm+i/UWhqvlrPWlqFx&#10;ZO8D+yEI/ORFa/+u1uwXFR4l9jqcHlDm1fN0DP2nz7z1NwAAAP//AwBQSwMEFAAGAAgAAAAhABmr&#10;ceTgAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAQhe8m/ofNmHiT7RZBrN0SQtQTIRFM&#10;CLehHdqG7m7TXdry7x1Pepz3Xt58L12OphE9db52VoOaRCDI5q6obanhe//xtADhA9oCG2dJw408&#10;LLP7uxSTwg32i/pdKAWXWJ+ghiqENpHS5xUZ9BPXkmXv7DqDgc+ulEWHA5ebRsZRNJcGa8sfKmxp&#10;XVF+2V2Nhs8Bh9VUvfeby3l9O+5n28NGkdaPD+PqDUSgMfyF4Ref0SFjppO72sKLRsMsVpzU8Kxe&#10;QLC/eJ3zthML8RRklsr/A7IfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAOE3f61AgAA&#10;LgoAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABmrceTg&#10;AAAACAEAAA8AAAAAAAAAAAAAAAAADwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAc&#10;BgAAAAA=&#10;" o:allowincell="f">
-[...2 lines deleted...]
-                      <v:line id="Line 158" o:spid="_x0000_s1029" style="position:absolute;visibility:visible;mso-wrap-style:square" from="8597,16173" to="10757,16173" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAnli0qMUAAADaAAAADwAAAGRycy9kb3ducmV2LnhtbESPT2vCQBTE74V+h+UJvdWNbQkSXUVa&#10;CupB6h/Q4zP7TGKzb8PumqTfvisUehxm5jfMdN6bWrTkfGVZwWiYgCDOra64UHDYfz6PQfiArLG2&#10;TAp+yMN89vgwxUzbjrfU7kIhIoR9hgrKEJpMSp+XZNAPbUMcvYt1BkOUrpDaYRfhppYvSZJKgxXH&#10;hRIbei8p/97djILN61faLlbrZX9cpef8Y3s+XTun1NOgX0xABOrDf/ivvdQK3uB+Jd4AOfsFAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhAP4l66UAAQAA6gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAlgUzWNQAAACXAQAACwAAAAAAAAAAAAAAAAAxAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAFAAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Nvbm5lY3RvcnhtbC54bWxQSwECLQAUAAYACAAAACEAnli0qMUAAADaAAAADwAAAAAAAAAA&#10;AAAAAAChAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA+QAAAJMDAAAAAA==&#10;"/>
+                    <v:group w14:anchorId="12383644" id="Group 155" o:spid="_x0000_s1026" style="position:absolute;margin-left:26.05pt;margin-top:20.85pt;width:421.95pt;height:.3pt;z-index:251659264" coordorigin="2318,16167" coordsize="8439,6" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCTiQuctQIAAC4KAAAOAAAAZHJzL2Uyb0RvYy54bWzsVtuO0zAQfUfiH6y8d3NP02hThJp2XxZY&#10;aeEDXMe5iMS2bG/TFeLfGTtJ2S1IoCIhJLYPru2xxzPnnHF8/ebYd+hApWo5yx3/ynMQZYSXLatz&#10;59PH3SJ1kNKYlbjjjObOI1XOm/XrV9eDyGjAG96VVCJwwlQ2iNxptBaZ6yrS0B6rKy4oA2PFZY81&#10;DGXtlhIP4L3v3MDzEnfgshSSE6oUzBaj0Vlb/1VFif5QVYpq1OUOxKZtK227N627vsZZLbFoWjKF&#10;gS+Iosctg0NPrgqsMXqQ7Q+u+pZIrnilrwjvXV5VLaE2B8jG986yuZH8Qdhc6myoxQkmgPYMp4vd&#10;kveHO4naErhzEMM9UGRPRX4cG3AGUWew5kaKe3Enxwyhe8vJZwVm99xuxvW4GO2Hd7wEh/hBcwvO&#10;sZK9cQFpo6Pl4PHEAT1qRGAyDuN0mcQOImALU3+iiDTAo9kUhD5ICmx+4ifLkT/SbKfdaRSuxq2J&#10;Mbk4G8+0cU5xmaRAbOo7nurP8LxvsKCWJmWwmvAMZzxvW0YBThuQORmWbNidtOCqTAGsv0TqZ0nP&#10;gAVLD4Rt0LJQnVLGmZBK31DeI9PJnQ7isDTgw63SIzrzEsMK47u262AeZx1DQ+6s4iC2GxTv2tIY&#10;jU3Jer/pJDpgU1L2N0H9bBlIl5XWWUNxuZ36Grfd2Ic4O2b8QR4QztQba+bLyltt020aLaIg2S4i&#10;rygWb3ebaJHs/GVchMVmU/hfTWh+lDVtWVJmopvr149+j8/pJhkr71TBJxjc596tmiDY+d8GDboa&#10;KRxFteflo2XWzoPE/pLWojOt2bq4UGvxKoCr4HmBzVrzk+BFa/+51pIzraWm+i/UWhqvlrPWlqFx&#10;ZO8D+yEI/ORFa/+u1uwXFR4l9jqcHlDm1fN0DP2nz7z1NwAAAP//AwBQSwMEFAAGAAgAAAAhABmr&#10;ceTgAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAQhe8m/ofNmHiT7RZBrN0SQtQTIRFM&#10;CLehHdqG7m7TXdry7x1Pepz3Xt58L12OphE9db52VoOaRCDI5q6obanhe//xtADhA9oCG2dJw408&#10;LLP7uxSTwg32i/pdKAWXWJ+ghiqENpHS5xUZ9BPXkmXv7DqDgc+ulEWHA5ebRsZRNJcGa8sfKmxp&#10;XVF+2V2Nhs8Bh9VUvfeby3l9O+5n28NGkdaPD+PqDUSgMfyF4Ref0SFjppO72sKLRsMsVpzU8Kxe&#10;QLC/eJ3zthML8RRklsr/A7IfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJOJC5y1AgAA&#10;LgoAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABmrceTg&#10;AAAACAEAAA8AAAAAAAAAAAAAAAAADwUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAc&#10;BgAAAAA=&#10;" o:allowincell="f">
+                      <v:line id="Line 156" o:spid="_x0000_s1027" style="position:absolute;visibility:visible;mso-wrap-style:square" from="2318,16167" to="5018,16167" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQARsSzcxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heUJvurFCKNFVRCloD6VaQY/P7DOJZt+G3W2S/vtuodDjMDPfMItVb2rRkvOVZQXTSQKC&#10;OLe64kLB6fN1/ALCB2SNtWVS8E0eVsvhYIGZth0fqD2GQkQI+wwVlCE0mZQ+L8mgn9iGOHo36wyG&#10;KF0htcMuwk0tn5MklQYrjgslNrQpKX8cv4yC99lH2q73b7v+vE+v+fZwvdw7p9TTqF/PQQTqw3/4&#10;r73TCmbweyXeALn8AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABGxLNzEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;"/>
+                      <v:line id="Line 157" o:spid="_x0000_s1028" style="position:absolute;visibility:visible;mso-wrap-style:square" from="5921,16167" to="7541,16167" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCeWLSoxQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvhX6H5Qm91Y1tCRJdRVoK6kHqH9DjM/tMYrNvw+6apN++KxR6HGbmN8x03ptatOR8ZVnBaJiA&#10;IM6trrhQcNh/Po9B+ICssbZMCn7Iw3z2+DDFTNuOt9TuQiEihH2GCsoQmkxKn5dk0A9tQxy9i3UG&#10;Q5SukNphF+Gmli9JkkqDFceFEht6Lyn/3t2Mgs3rV9ouVutlf1yl5/xjez5dO6fU06BfTEAE6sN/&#10;+K+91Are4H4l3gA5+wUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCeWLSoxQAAANoAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;"/>
+                      <v:line id="Line 158" o:spid="_x0000_s1029" style="position:absolute;visibility:visible;mso-wrap-style:square" from="8597,16173" to="10757,16173" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQABxo9ExQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvgt9heYI33dhCKKmriCJoD6X+gXp8Zp9J2uzbsLsm6bfvFgoeh5n5DTNf9qYWLTlfWVYwmyYg&#10;iHOrKy4UnE/byQsIH5A11pZJwQ95WC6Ggzlm2nZ8oPYYChEh7DNUUIbQZFL6vCSDfmob4ujdrDMY&#10;onSF1A67CDe1fEqSVBqsOC6U2NC6pPz7eDcK3p8/0na1f9v1n/v0mm8O18tX55Qaj/rVK4hAfXiE&#10;/9s7rSCFvyvxBsjFLwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQABxo9ExQAAANoAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;"/>
                     </v:group>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3935" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="00F4382A" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:permStart w:id="1429099177" w:edGrp="everyone"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="003D66C0">
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Име на заявителя</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>of</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>issuing</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...6 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>applicant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="007C3F54">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="003D66C0">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...7 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Подпис / </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="000F2EA2">
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:before="150" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...8 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:permStart w:id="380714778" w:edGrp="everyone"/>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                   <w:szCs w:val="20"/>
-                  <w:lang w:val="bg-BG"/>
                 </w:rPr>
                 <w:id w:val="520740903"/>
                 <w:showingPlcHdr/>
                 <w:date>
                   <w:dateFormat w:val="d.M.yyyy 'г.'"/>
                   <w:lid w:val="bg-BG"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="007C3F54">
+                <w:r w:rsidRPr="00060640">
                   <w:rPr>
                     <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:color w:val="808080"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
+                    <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>Click here to enter a date.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:permEnd w:id="380714778"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007C3F54" w:rsidRPr="007C3F54" w:rsidRDefault="007C3F54" w:rsidP="000F2EA2">
+          </w:p>
+          <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
             <w:pPr>
               <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="bg-BG"/>
-[...7 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Място и дата / </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Place</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...5 lines deleted...]
-                <w:lang w:val="bg-BG"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
+            <w:r w:rsidRPr="00060640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="007C3F54">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00060640">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="12"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
-        </w:rPr>
-        <w:lastRenderedPageBreak/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E38009D" wp14:editId="057C533E">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F455C2F" wp14:editId="32EE57F5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1642110</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>83820</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2514600" cy="270510"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="15240"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="28" name="Text Box 28"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2514600" cy="270510"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="0071766E" w:rsidRPr="00B337CC" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+                          <w:p w:rsidR="00060640" w:rsidRPr="00B337CC" w:rsidRDefault="00060640" w:rsidP="00060640">
                             <w:pPr>
                               <w:ind w:left="360" w:right="-150" w:hanging="180"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:b/>
                                 <w:snapToGrid w:val="0"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00B337CC">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                 <w:b/>
                                 <w:snapToGrid w:val="0"/>
-                                <w:lang w:val="bg-BG"/>
                               </w:rPr>
                               <w:t>Инструкции и обяснения</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="4F455C2F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 28" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:129.3pt;margin-top:6.6pt;width:198pt;height:21.3pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1yGZBJgIAAFIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vviCpBcjTtGlyzCg&#10;6wa0+wBZlm1hkqhJSuzu60fJaRZ0b8X8IIgidUSeQ3p9M2lFDsJ5CaamxSKnRBgOrTR9TX887T5c&#10;UeIDMy1TYERNn4WnN5v379ajrUQJA6hWOIIgxlejrekQgq2yzPNBaOYXYIVBZwdOs4Cm67PWsRHR&#10;tcrKPL/IRnCtdcCF93h6NzvpJuF3neDhW9d5EYiqKeYW0urS2sQ126xZ1TtmB8mPabA3ZKGZNPjo&#10;CeqOBUb2Tv4DpSV34KELCw46g66TXKQasJoif1XN48CsSLUgOd6eaPL/D5Y/HL47ItualqiUYRo1&#10;ehJTIB9hIniE/IzWVxj2aDEwTHiOOqdavb0H/tMTA9uBmV7cOgfjIFiL+RXxZnZ2dcbxEaQZv0KL&#10;77B9gAQ0dU5H8pAOguio0/NJm5gLx8NyVSwvcnRx9JWX+apI4mWserltnQ+fBWgSNzV1qH1CZ4d7&#10;H2I2rHoJiY95ULLdSaWS4fpmqxw5MOyTXfpSAa/ClCFjTa9X5Wom4A0QWgZseCV1Ta/y+M0tGGn7&#10;ZNrUjoFJNe8xZWWOPEbqZhLD1ExHXRpon5FRB3Nj4yDiZgD3m5IRm7qm/teeOUGJ+mJQletiuYxT&#10;kIzl6rJEw517mnMPMxyhahoombfbME/O3jrZD/jS3AcGblHJTiaSo+RzVse8sXET98chi5Nxbqeo&#10;v7+CzR8AAAD//wMAUEsDBBQABgAIAAAAIQA4nQFU3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwDIbvSLxDZCQuiKUEWlWl6TRNIM4bXLhljddWNE7bZGvH02NOcLT/T78/l+vF9eKMU+g8&#10;aXhYJSCQam87ajR8vL/e5yBCNGRN7wk1XDDAurq+Kk1h/Uw7PO9jI7iEQmE0tDEOhZShbtGZsPID&#10;EmdHPzkTeZwaaSczc7nrpUqSTDrTEV9ozYDbFuuv/clp8PPLxXkcE3X3+e3etptxd1Sj1rc3y+YZ&#10;RMQl/sHwq8/qULHTwZ/IBtFrUGmeMcrBowLBQJY+8eKgIU1zkFUp/39Q/QAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQC1yGZBJgIAAFIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQA4nQFU3QAAAAkBAAAPAAAAAAAAAAAAAAAAAIAEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAigUAAAAA&#10;" strokecolor="white">
+              <v:shape id="Text Box 28" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:129.3pt;margin-top:6.6pt;width:198pt;height:21.3pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1yGZBJgIAAFIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vviCpBcjTtGlyzCg&#10;6wa0+wBZlm1hkqhJSuzu60fJaRZ0b8X8IIgidUSeQ3p9M2lFDsJ5CaamxSKnRBgOrTR9TX887T5c&#10;UeIDMy1TYERNn4WnN5v379ajrUQJA6hWOIIgxlejrekQgq2yzPNBaOYXYIVBZwdOs4Cm67PWsRHR&#10;tcrKPL/IRnCtdcCF93h6NzvpJuF3neDhW9d5EYiqKeYW0urS2sQ126xZ1TtmB8mPabA3ZKGZNPjo&#10;CeqOBUb2Tv4DpSV34KELCw46g66TXKQasJoif1XN48CsSLUgOd6eaPL/D5Y/HL47ItualqiUYRo1&#10;ehJTIB9hIniE/IzWVxj2aDEwTHiOOqdavb0H/tMTA9uBmV7cOgfjIFiL+RXxZnZ2dcbxEaQZv0KL&#10;77B9gAQ0dU5H8pAOguio0/NJm5gLx8NyVSwvcnRx9JWX+apI4mWserltnQ+fBWgSNzV1qH1CZ4d7&#10;H2I2rHoJiY95ULLdSaWS4fpmqxw5MOyTXfpSAa/ClCFjTa9X5Wom4A0QWgZseCV1Ta/y+M0tGGn7&#10;ZNrUjoFJNe8xZWWOPEbqZhLD1ExHXRpon5FRB3Nj4yDiZgD3m5IRm7qm/teeOUGJ+mJQletiuYxT&#10;kIzl6rJEw517mnMPMxyhahoombfbME/O3jrZD/jS3AcGblHJTiaSo+RzVse8sXET98chi5Nxbqeo&#10;v7+CzR8AAAD//wMAUEsDBBQABgAIAAAAIQA4nQFU3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwDIbvSLxDZCQuiKUEWlWl6TRNIM4bXLhljddWNE7bZGvH02NOcLT/T78/l+vF9eKMU+g8&#10;aXhYJSCQam87ajR8vL/e5yBCNGRN7wk1XDDAurq+Kk1h/Uw7PO9jI7iEQmE0tDEOhZShbtGZsPID&#10;EmdHPzkTeZwaaSczc7nrpUqSTDrTEV9ozYDbFuuv/clp8PPLxXkcE3X3+e3etptxd1Sj1rc3y+YZ&#10;RMQl/sHwq8/qULHTwZ/IBtFrUGmeMcrBowLBQJY+8eKgIU1zkFUp/39Q/QAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQC1yGZBJgIAAFIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQA4nQFU3QAAAAkBAAAPAAAAAAAAAAAAAAAAAIAEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAigUAAAAA&#10;" strokecolor="white">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="0071766E" w:rsidRPr="00B337CC" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+                    <w:p w:rsidR="00060640" w:rsidRPr="00B337CC" w:rsidRDefault="00060640" w:rsidP="00060640">
                       <w:pPr>
                         <w:ind w:left="360" w:right="-150" w:hanging="180"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:b/>
                           <w:snapToGrid w:val="0"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00B337CC">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                           <w:b/>
                           <w:snapToGrid w:val="0"/>
-                          <w:lang w:val="bg-BG"/>
                         </w:rPr>
                         <w:t>Инструкции и обяснения</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
-          <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">1.       Посочват се пълното име и адресът на собственика на сертификата, а не на представителя/посредника. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">2. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:tab/>
+        <w:t>Да</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...1 lines deleted...]
-        <w:t>попълни</w:t>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>се</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...1 lines deleted...]
-        <w:t>във</w:t>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>попълни</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...1 lines deleted...]
-        <w:t>формуляра</w:t>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>във</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...1 lines deleted...]
-        <w:t>на</w:t>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>формуляра</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...1 lines deleted...]
-        <w:t>заявлението</w:t>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>на</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...1 lines deleted...]
-        <w:t>само</w:t>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>заявлението</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...1 lines deleted...]
-        <w:t>в</w:t>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>само</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...1 lines deleted...]
-        <w:t>случай</w:t>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>в</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...1 lines deleted...]
-        <w:t>на</w:t>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>случай</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...1 lines deleted...]
-        <w:t>живи</w:t>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>на</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...1 lines deleted...]
-        <w:t>екземпляри</w:t>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>живи</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...1 lines deleted...]
-        <w:t>от</w:t>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>екземпляри</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...1 lines deleted...]
-        <w:t>видове,</w:t>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>от</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...1 lines deleted...]
-        <w:t>вписани</w:t>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>видове,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060640">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t>вписани</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060640">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060640">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>в приложение А, различни от отгледани в плен и изкуствено размножени.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Описанието трябва да е възможно най-прецизно и да включва трибуквен код съгласно приложение VII към Регламент (ЕО) № 865/2006 за установяване на подробни правила за прилагане на Регламент (ЕО) № 338/97 относно защитата на видовете от дивата фауна и флора чрез регулиране на търговията с тях. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">5/6. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Да се използват мерните единици за количество и/или нето тегло съгласно описаните в приложение VII към Регламент (ЕО) № 865/2006. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">7. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Да се впише приложението (I, II или III) към Конвенцията, в което е вписан видът към датата на подаване на формуляра на заявлението. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">8. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Да се впише приложението (А, B или C) към Регламент (ЕО) № 338/97, в което е вписан видът към датата на подаване на формуляра на заявлението. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">9. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Да се използва един от следните кодове за произход: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Екземпляри от природата </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Екземпляри от животни, отгледани в контролирана среда, взети като яйца или малки от природата, когато вероятността да оцелеят до достигане на зряла възраст е била много ниска </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Животни от приложение А, отгледани в плен за търговски цели в стопанства, вписани в регистъра на секретариата на CITES в съответствие с Резолюция Conf. 12.10 (Rev. CoP15), и растения от приложение А, изкуствено размножени за търговски цели съгласно глава XIII от Регламент (ЕО) № 865/2006, както и части и продукти от тях </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Растения от приложение А, изкуствено размножени за нетърговски цели, и растения от приложения B и C, изкуствено размножени съгласно глава XIII от Регламент (ЕО) № 865/2006, както и части и продукти от тях </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">C </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Животни, отгледани в плен съгласно глава XIII от Регламент (ЕО) № 865/2006, както и части и продукти от тях </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">F </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Животни, родени в плен, но за които не са изпълнени критериите на глава ХIII от Регламент (ЕО) № 865/2006, както и части и продукти от тях </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">I </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Конфискувани екземпляри или екземпляри под запор ( </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="11"/>
           <w:szCs w:val="11"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">O </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Преди влизане в сила на Конвенцията ( </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="11"/>
           <w:szCs w:val="11"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t>Неизвестен произход (трябва да бъде оправдано)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">Х </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>Е</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">кземпляри, уловени в морска среда, която не е под юрисдикцията на никоя държава   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">10—12. Държавата на произход е тази, в която екземплярите са взети от природата, родени и отгледани в плен или изкуствено размножени. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">13—15. Когато е приложимо, държавата членка на внос е държавата, издала разрешителното за внос на екземплярите. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="294" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">16. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Научното наименование трябва да е съгласно стандартната номенклатура, описана в приложение VIII към Регламент (ЕО) № 865/2006.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="294" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">18. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t>Да се предоставят възможно най-много подробности и да се оправдае всяка липса на изискваната по-горе информация.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="294" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
-          <w:lang w:val="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D921A96" wp14:editId="3912B4A6">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CB12685" wp14:editId="331FB853">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-59690</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>43815</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2286000" cy="0"/>
                 <wp:effectExtent l="6985" t="5715" r="12065" b="13335"/>
                 <wp:wrapNone/>
                 <wp:docPr id="27" name="Straight Connector 27"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2286000" cy="0"/>
                         </a:xfrm>
@@ -12127,279 +12213,242 @@
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line id="Straight Connector 27" o:spid="_x0000_s1026" style="position:absolute;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-4.7pt,3.45pt" to="175.3pt,3.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBtIU5mHgIAADgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uu2yAQ3VfqPyD2iR9NchMrzlVlJ93c&#10;tpFy+wEEsI2KAQGJE1X99w7kodx2U1X1Ag/MzOHMmWH5fOolOnLrhFYlzsYpRlxRzYRqS/ztdTOa&#10;Y+Q8UYxIrXiJz9zh59X7d8vBFDzXnZaMWwQgyhWDKXHnvSmSxNGO98SNteEKnI22PfGwtW3CLBkA&#10;vZdJnqazZNCWGaspdw5O64sTryJ+03DqvzaN4x7JEgM3H1cb131Yk9WSFK0lphP0SoP8A4ueCAWX&#10;3qFq4gk6WPEHVC+o1U43fkx1n+imEZTHGqCaLP2tml1HDI+1gDjO3GVy/w+WfjluLRKsxPkTRor0&#10;0KOdt0S0nUeVVgoU1BaBE5QajCsgoVJbG2qlJ7UzL5p+d0jpqiOq5ZHx69kAShYykjcpYeMM3Lcf&#10;PmsGMeTgdZTt1Ng+QIIg6BS7c753h588onCY5/NZmkIT6c2XkOKWaKzzn7juUTBKLIUKwpGCHF+c&#10;D0RIcQsJx0pvhJSx+VKhocSLaT6NCU5LwYIzhDnb7itp0ZGE8YlfrAo8j2FWHxSLYB0nbH21PRHy&#10;YsPlUgU8KAXoXK3LfPxYpIv1fD2fjCb5bD2apHU9+ripJqPZJnua1h/qqqqzn4FaNik6wRhXgd1t&#10;VrPJ383C9dVcpuw+rXcZkrfoUS8ge/tH0rGXoX2XQdhrdt7aW49hPGPw9SmF+X/cg/344Fe/AAAA&#10;//8DAFBLAwQUAAYACAAAACEAi1QzzdsAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7CQBRF&#10;9yb+w+SZuCEwI0gjtVNi1O7YiBq3j86zbey8KZ0BKl/PyEaWN/fm3JMtB9uKPfW+cazhbqJAEJfO&#10;NFxp+Hgvxg8gfEA22DomDb/kYZlfX2WYGnfgN9qvQyUihH2KGuoQulRKX9Zk0U9cRxy7b9dbDDH2&#10;lTQ9HiLctnKqVCItNhwfauzouabyZ72zGnzxSdviOCpH6mtWOZpuX1avqPXtzfD0CCLQEP7H8Kcf&#10;1SGPThu3Y+NFq2G8uI9LDckCRKxnc5WA2JyzzDN5qZ+fAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAG0hTmYeAgAAOAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAItUM83bAAAABgEAAA8AAAAAAAAAAAAAAAAAeAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;"/>
+              <v:line w14:anchorId="03EFE4D9" id="Straight Connector 27" o:spid="_x0000_s1026" style="position:absolute;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-4.7pt,3.45pt" to="175.3pt,3.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBtIU5mHgIAADgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uu2yAQ3VfqPyD2iR9NchMrzlVlJ93c&#10;tpFy+wEEsI2KAQGJE1X99w7kodx2U1X1Ag/MzOHMmWH5fOolOnLrhFYlzsYpRlxRzYRqS/ztdTOa&#10;Y+Q8UYxIrXiJz9zh59X7d8vBFDzXnZaMWwQgyhWDKXHnvSmSxNGO98SNteEKnI22PfGwtW3CLBkA&#10;vZdJnqazZNCWGaspdw5O64sTryJ+03DqvzaN4x7JEgM3H1cb131Yk9WSFK0lphP0SoP8A4ueCAWX&#10;3qFq4gk6WPEHVC+o1U43fkx1n+imEZTHGqCaLP2tml1HDI+1gDjO3GVy/w+WfjluLRKsxPkTRor0&#10;0KOdt0S0nUeVVgoU1BaBE5QajCsgoVJbG2qlJ7UzL5p+d0jpqiOq5ZHx69kAShYykjcpYeMM3Lcf&#10;PmsGMeTgdZTt1Ng+QIIg6BS7c753h588onCY5/NZmkIT6c2XkOKWaKzzn7juUTBKLIUKwpGCHF+c&#10;D0RIcQsJx0pvhJSx+VKhocSLaT6NCU5LwYIzhDnb7itp0ZGE8YlfrAo8j2FWHxSLYB0nbH21PRHy&#10;YsPlUgU8KAXoXK3LfPxYpIv1fD2fjCb5bD2apHU9+ripJqPZJnua1h/qqqqzn4FaNik6wRhXgd1t&#10;VrPJ383C9dVcpuw+rXcZkrfoUS8ge/tH0rGXoX2XQdhrdt7aW49hPGPw9SmF+X/cg/344Fe/AAAA&#10;//8DAFBLAwQUAAYACAAAACEAi1QzzdsAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyOwU7CQBRF&#10;9yb+w+SZuCEwI0gjtVNi1O7YiBq3j86zbey8KZ0BKl/PyEaWN/fm3JMtB9uKPfW+cazhbqJAEJfO&#10;NFxp+Hgvxg8gfEA22DomDb/kYZlfX2WYGnfgN9qvQyUihH2KGuoQulRKX9Zk0U9cRxy7b9dbDDH2&#10;lTQ9HiLctnKqVCItNhwfauzouabyZ72zGnzxSdviOCpH6mtWOZpuX1avqPXtzfD0CCLQEP7H8Kcf&#10;1SGPThu3Y+NFq2G8uI9LDckCRKxnc5WA2JyzzDN5qZ+fAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAG0hTmYeAgAAOAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAItUM83bAAAABgEAAA8AAAAAAAAAAAAAAAAAeAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
-          <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>(¹) Да се използва само заедно с друг код</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:noProof/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64659E72" wp14:editId="297C5BB3">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62EF134E" wp14:editId="08C4784C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1971675</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>38735</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2174240" cy="228600"/>
                 <wp:effectExtent l="0" t="0" r="16510" b="19050"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="25" name="Text Box 25"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2174240" cy="228600"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="0071766E" w:rsidRPr="00B337CC" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+                          <w:p w:rsidR="00060640" w:rsidRPr="00B337CC" w:rsidRDefault="00060640" w:rsidP="00060640">
                             <w:pPr>
                               <w:ind w:left="180" w:hanging="180"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="EUAlbertina_Bold"/>
                                 <w:b/>
                                 <w:lang w:eastAsia="bg-BG"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00B337CC">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="EUAlbertina_Bold"/>
                                 <w:b/>
-                                <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+                                <w:lang w:eastAsia="bg-BG"/>
                               </w:rPr>
                               <w:t>Instructions and explanations</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="0071766E" w:rsidRPr="00B337CC" w:rsidRDefault="0071766E" w:rsidP="0071766E"/>
+                          <w:p w:rsidR="00060640" w:rsidRPr="00B337CC" w:rsidRDefault="00060640" w:rsidP="00060640"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 25" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:155.25pt;margin-top:3.05pt;width:171.2pt;height:18pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDKeEjZJgIAAFkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vtgxkjY14hRdugwD&#10;ugvQ7gNkWbaFSaImKbGzrx8lp2nQvRXzgyCK1BF5Dun17agVOQjnJZiKzmc5JcJwaKTpKvrzafdh&#10;RYkPzDRMgREVPQpPbzfv360HW4oCelCNcARBjC8HW9E+BFtmmee90MzPwAqDzhacZgFN12WNYwOi&#10;a5UVeX6VDeAa64AL7/H0fnLSTcJvW8HD97b1IhBVUcwtpNWltY5rtlmzsnPM9pKf0mBvyEIzafDR&#10;M9Q9C4zsnfwHSkvuwEMbZhx0Bm0ruUg1YDXz/FU1jz2zItWC5Hh7psn/P1j+7fDDEdlUtFhSYphG&#10;jZ7EGMhHGAkeIT+D9SWGPVoMDCOeo86pVm8fgP/yxMC2Z6YTd87B0AvWYH7zeDO7uDrh+AhSD1+h&#10;wXfYPkACGlunI3lIB0F01Ol41ibmwvGwmF8vigW6OPqKYnWVJ/EyVj7fts6HzwI0iZuKOtQ+obPD&#10;gw8xG1Y+h8THPCjZ7KRSyXBdvVWOHBj2yS59qYBXYcqQoaI3SyTmrRBaBmx4JXVFV3n8phaMtH0y&#10;TWrHwKSa9piyMiceI3UTiWGsxyRZIjlyXENzRGIdTP2N84ibHtwfSgbs7Yr633vmBCXqi0FxbuaL&#10;yGRIxmJ5XaDhLj31pYcZjlAVDZRM222YBmhvnex6fGlqBwN3KGgrE9cvWZ3Sx/5NEpxmLQ7IpZ2i&#10;Xv4Im78AAAD//wMAUEsDBBQABgAIAAAAIQAqkcB23gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwEETvSPyDtUhcEHViaAQhm6qqQJxbuHBz420SEa+T2G1Svh5zosfRjGbeFKvZduJEo28d&#10;I6SLBARx5UzLNcLnx9v9EwgfNBvdOSaEM3lYlddXhc6Nm3hLp12oRSxhn2uEJoQ+l9JXDVntF64n&#10;jt7BjVaHKMdamlFPsdx2UiVJJq1uOS40uqdNQ9X37mgR3PR6to6GRN19/dj3zXrYHtSAeHszr19A&#10;BJrDfxj+8CM6lJFp745svOgQHtJkGaMIWQoi+tlSPYPYIzyqFGRZyMsD5S8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAynhI2SYCAABZBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKpHAdt4AAAAIAQAADwAAAAAAAAAAAAAAAACABAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIsFAAAAAA==&#10;" strokecolor="white">
+              <v:shape w14:anchorId="62EF134E" id="Text Box 25" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:155.25pt;margin-top:3.05pt;width:171.2pt;height:18pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDKeEjZJgIAAFkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vtgxkjY14hRdugwD&#10;ugvQ7gNkWbaFSaImKbGzrx8lp2nQvRXzgyCK1BF5Dun17agVOQjnJZiKzmc5JcJwaKTpKvrzafdh&#10;RYkPzDRMgREVPQpPbzfv360HW4oCelCNcARBjC8HW9E+BFtmmee90MzPwAqDzhacZgFN12WNYwOi&#10;a5UVeX6VDeAa64AL7/H0fnLSTcJvW8HD97b1IhBVUcwtpNWltY5rtlmzsnPM9pKf0mBvyEIzafDR&#10;M9Q9C4zsnfwHSkvuwEMbZhx0Bm0ruUg1YDXz/FU1jz2zItWC5Hh7psn/P1j+7fDDEdlUtFhSYphG&#10;jZ7EGMhHGAkeIT+D9SWGPVoMDCOeo86pVm8fgP/yxMC2Z6YTd87B0AvWYH7zeDO7uDrh+AhSD1+h&#10;wXfYPkACGlunI3lIB0F01Ol41ibmwvGwmF8vigW6OPqKYnWVJ/EyVj7fts6HzwI0iZuKOtQ+obPD&#10;gw8xG1Y+h8THPCjZ7KRSyXBdvVWOHBj2yS59qYBXYcqQoaI3SyTmrRBaBmx4JXVFV3n8phaMtH0y&#10;TWrHwKSa9piyMiceI3UTiWGsxyRZIjlyXENzRGIdTP2N84ibHtwfSgbs7Yr633vmBCXqi0FxbuaL&#10;yGRIxmJ5XaDhLj31pYcZjlAVDZRM222YBmhvnex6fGlqBwN3KGgrE9cvWZ3Sx/5NEpxmLQ7IpZ2i&#10;Xv4Im78AAAD//wMAUEsDBBQABgAIAAAAIQAqkcB23gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BTsMwEETvSPyDtUhcEHViaAQhm6qqQJxbuHBz420SEa+T2G1Svh5zosfRjGbeFKvZduJEo28d&#10;I6SLBARx5UzLNcLnx9v9EwgfNBvdOSaEM3lYlddXhc6Nm3hLp12oRSxhn2uEJoQ+l9JXDVntF64n&#10;jt7BjVaHKMdamlFPsdx2UiVJJq1uOS40uqdNQ9X37mgR3PR6to6GRN19/dj3zXrYHtSAeHszr19A&#10;BJrDfxj+8CM6lJFp745svOgQHtJkGaMIWQoi+tlSPYPYIzyqFGRZyMsD5S8AAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAynhI2SYCAABZBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAKpHAdt4AAAAIAQAADwAAAAAAAAAAAAAAAACABAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIsFAAAAAA==&#10;" strokecolor="white">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="0071766E" w:rsidRPr="00B337CC" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+                    <w:p w:rsidR="00060640" w:rsidRPr="00B337CC" w:rsidRDefault="00060640" w:rsidP="00060640">
                       <w:pPr>
                         <w:ind w:left="180" w:hanging="180"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="EUAlbertina_Bold"/>
                           <w:b/>
                           <w:lang w:eastAsia="bg-BG"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="00B337CC">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="EUAlbertina_Bold"/>
                           <w:b/>
-                          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+                          <w:lang w:eastAsia="bg-BG"/>
                         </w:rPr>
-                        <w:t>Instructions</w:t>
+                        <w:t>Instructions and explanations</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellEnd"/>
-[...35 lines deleted...]
-                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
-                    <w:p w:rsidR="0071766E" w:rsidRPr="00B337CC" w:rsidRDefault="0071766E" w:rsidP="0071766E"/>
+                    <w:p w:rsidR="00060640" w:rsidRPr="00B337CC" w:rsidRDefault="00060640" w:rsidP="00060640"/>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:noProof/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B501250" wp14:editId="29DB7D60">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7447B0BB" wp14:editId="7D53EDD1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-114300</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>27940</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6286500" cy="0"/>
                 <wp:effectExtent l="9525" t="8890" r="9525" b="10160"/>
                 <wp:wrapNone/>
                 <wp:docPr id="26" name="Straight Connector 26"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6286500" cy="0"/>
                         </a:xfrm>
@@ -12416,1067 +12465,1029 @@
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line id="Straight Connector 26" o:spid="_x0000_s1026" style="position:absolute;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-9pt,2.2pt" to="486pt,2.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCjmCdSHgIAADgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+QxIKFCLCqkqgl20X&#10;ie0HGNtJrDq2ZRsCqvrvHRuC2PZSVc3BGXtmnt+8Ga+ezp1EJ26d0KrA2TjFiCuqmVBNgb+9bkcL&#10;jJwnihGpFS/whTv8tH7/btWbnE90qyXjFgGIcnlvCtx6b/IkcbTlHXFjbbgCZ61tRzxsbZMwS3pA&#10;72QySdN50mvLjNWUOwen1dWJ1xG/rjn1L3XtuEeywMDNx9XG9RDWZL0ieWOJaQW90SD/wKIjQsGl&#10;d6iKeIKOVvwB1QlqtdO1H1PdJbquBeWxBqgmS3+rZt8Sw2MtII4zd5nc/4OlX087iwQr8GSOkSId&#10;9GjvLRFN61GplQIFtUXgBKV643JIKNXOhlrpWe3Ns6bfHVK6bIlqeGT8ejGAkoWM5E1K2DgD9x36&#10;L5pBDDl6HWU717YLkCAIOsfuXO7d4WePKBzOJ4v5LIUm0sGXkHxINNb5z1x3KBgFlkIF4UhOTs/O&#10;ByIkH0LCsdJbIWVsvlSoL/ByNpnFBKelYMEZwpxtDqW06ETC+MQvVgWexzCrj4pFsJYTtrnZngh5&#10;teFyqQIelAJ0btZ1Pn4s0+VmsVlMR9PJfDOaplU1+rQtp6P5Nvs4qz5UZVllPwO1bJq3gjGuArth&#10;VrPp383C7dVcp+w+rXcZkrfoUS8gO/wj6djL0L7rIBw0u+zs0GMYzxh8e0ph/h/3YD8++PUvAAAA&#10;//8DAFBLAwQUAAYACAAAACEAQ4Sh19sAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VIXKrWaaighDgVAnLjQgFx3cZLEhGv09htQ7+epRc4Ps1q5m2+Gl2n9jSE1rOB+SwBRVx5&#10;23Jt4O21nC5BhYhssfNMBr4pwKo4P8sxs/7AL7Rfx1pJCYcMDTQx9pnWoWrIYZj5nliyTz84jIJD&#10;re2AByl3nU6T5Fo7bFkWGuzpoaHqa71zBkL5TtvyOKkmycdV7SndPj4/oTGXF+P9HahIY/w7hl99&#10;UYdCnDZ+xzaozsB0vpRfooHFApTktzep8ObEusj1f//iBwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAKOYJ1IeAgAAOAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAEOEodfbAAAABwEAAA8AAAAAAAAAAAAAAAAAeAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;"/>
+              <v:line w14:anchorId="4A3B410A" id="Straight Connector 26" o:spid="_x0000_s1026" style="position:absolute;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-9pt,2.2pt" to="486pt,2.2pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCjmCdSHgIAADgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO2jAQvVfqP1i+QxIKFCLCqkqgl20X&#10;ie0HGNtJrDq2ZRsCqvrvHRuC2PZSVc3BGXtmnt+8Ga+ezp1EJ26d0KrA2TjFiCuqmVBNgb+9bkcL&#10;jJwnihGpFS/whTv8tH7/btWbnE90qyXjFgGIcnlvCtx6b/IkcbTlHXFjbbgCZ61tRzxsbZMwS3pA&#10;72QySdN50mvLjNWUOwen1dWJ1xG/rjn1L3XtuEeywMDNx9XG9RDWZL0ieWOJaQW90SD/wKIjQsGl&#10;d6iKeIKOVvwB1QlqtdO1H1PdJbquBeWxBqgmS3+rZt8Sw2MtII4zd5nc/4OlX087iwQr8GSOkSId&#10;9GjvLRFN61GplQIFtUXgBKV643JIKNXOhlrpWe3Ns6bfHVK6bIlqeGT8ejGAkoWM5E1K2DgD9x36&#10;L5pBDDl6HWU717YLkCAIOsfuXO7d4WePKBzOJ4v5LIUm0sGXkHxINNb5z1x3KBgFlkIF4UhOTs/O&#10;ByIkH0LCsdJbIWVsvlSoL/ByNpnFBKelYMEZwpxtDqW06ETC+MQvVgWexzCrj4pFsJYTtrnZngh5&#10;teFyqQIelAJ0btZ1Pn4s0+VmsVlMR9PJfDOaplU1+rQtp6P5Nvs4qz5UZVllPwO1bJq3gjGuArth&#10;VrPp383C7dVcp+w+rXcZkrfoUS8gO/wj6djL0L7rIBw0u+zs0GMYzxh8e0ph/h/3YD8++PUvAAAA&#10;//8DAFBLAwQUAAYACAAAACEAQ4Sh19sAAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VIXKrWaaighDgVAnLjQgFx3cZLEhGv09htQ7+epRc4Ps1q5m2+Gl2n9jSE1rOB+SwBRVx5&#10;23Jt4O21nC5BhYhssfNMBr4pwKo4P8sxs/7AL7Rfx1pJCYcMDTQx9pnWoWrIYZj5nliyTz84jIJD&#10;re2AByl3nU6T5Fo7bFkWGuzpoaHqa71zBkL5TtvyOKkmycdV7SndPj4/oTGXF+P9HahIY/w7hl99&#10;UYdCnDZ+xzaozsB0vpRfooHFApTktzep8ObEusj1f//iBwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAKOYJ1IeAgAAOAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAEOEodfbAAAABwEAAA8AAAAAAAAAAAAAAAAAeAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Full name and address of the holder of the certificate, not of an agent. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">To be completed only on the application form in the case of live specimens of Annex A species other than captive bred or artificially propagated specimens. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Description must be as precise as possible and include a three-letter code in accordance with Annex VII to Regulation (EC) No 865/2006 laying down detailed rules concerning the implementation of Council Regulation (EC) No 338/97 on the protection of species of wild fauna and flora by regulating trade therein. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">5/6. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Use the units of quantity and/or net mass in accordance with those contained in Annex VII to Regulation (EC) No 865/2006. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">7. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Enter the number of the CITES Appendix (I, II or III) in which the species is listed </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">Enter the number of the CITES Appendix (I, II or III) in which the species is listed at the date of application. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">8. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Enter the letter of the Annex to Regulation (EC) No 338/97 (A, B or C) in which the species is listed </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">Enter the letter of the Annex to Regulation (EC) No 338/97 (A, B or C) in which the species is listed at the date of application. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">9. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Use one of the following codes to indicate the source: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Specimens taken from the wild </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Specimens of animals reared in a controlled environment, taken as eggs or juveniles from the wild, where they would otherwise have had a very low probability of surviving to adulthood </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-        </w:rPr>
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Annex A animals bred in captivity for commercial purposes in operations included in the Register of the CITES Secretariat, in accordance with Resolution Conf. 12.10 (Rev. CoP15), and Annex A plants artificially propagated for commercial purposes in accordance with Chapter XIII of Regulation (EC) No 865/2006, as well as parts and derivatives thereof </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Annex A plants artificially propagated for non-commercial purposes and Annexes B and C plants artificially propagated in accordance with Chapter XIII of Regulation (EC) No 865/2006, as well as parts and derivatives thereof </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">C </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Animals bred in captivity in accordance with Chapter XIII of Regulation (EC) No 865/2006, as well as parts and derivatives thereof </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Animals born in captivity, but for which the criteria of Chapter XIII of Regulation (EC) No 865/2006 are not met, as well as parts and derivatives thereof </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">I </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Confiscated or seized specimens ( </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="11"/>
           <w:szCs w:val="11"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">O </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Pre-convention ( </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="11"/>
           <w:szCs w:val="11"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t>Source unknown (must be justified)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:eastAsia="bg-BG"/>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:eastAsia="bg-BG"/>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+          <w:lang w:val="en-US" w:eastAsia="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Specimenas taken in the marine environment not under the jurisdiction of any State </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
           <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">Specimenas taken in the marine environment not under the jurisdiction of any State </w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">10 to 12. The country of origin is the country where the specimens were taken form the wild, born and bred in captivity, or artificially propagated. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">13 to 15. The Member State of import is, where applicable, the Member State having issued the import permit for the specimens concerned. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">16. </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:color w:val="000000"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">The scientific name must be in accordance with the standard references for nomenclature referred to in Annex VIII to Regulation (EC) No </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>18.     Provide as many details as possible and justify any omissions to the information required above.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21E44FC7" wp14:editId="4ED55218">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17D75CBF" wp14:editId="3C0DBB91">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>228600</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>26670</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2286000" cy="0"/>
                 <wp:effectExtent l="9525" t="7620" r="9525" b="11430"/>
                 <wp:wrapNone/>
                 <wp:docPr id="24" name="Straight Connector 24"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2286000" cy="0"/>
                         </a:xfrm>
@@ -13493,1023 +13504,5976 @@
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line id="Straight Connector 24" o:spid="_x0000_s1026" style="position:absolute;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="18pt,2.1pt" to="198pt,2.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBcFeihHgIAADgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uu2yAQ3VfqPyD2iR910sSKc1XZSTe3&#10;vZFy+wEEcIyKAQGJE1X99w7kodx2U1X1Ag/MzOHMmWHxdOolOnLrhFYVzsYpRlxRzYTaV/jb63o0&#10;w8h5ohiRWvEKn7nDT8v37xaDKXmuOy0ZtwhAlCsHU+HOe1MmiaMd74kba8MVOFtte+Jha/cJs2QA&#10;9F4meZpOk0FbZqym3Dk4bS5OvIz4bcupf2lbxz2SFQZuPq42rruwJssFKfeWmE7QKw3yDyx6IhRc&#10;eodqiCfoYMUfUL2gVjvd+jHVfaLbVlAea4BqsvS3arYdMTzWAuI4c5fJ/T9Y+vW4sUiwCucFRor0&#10;0KOtt0TsO49qrRQoqC0CJyg1GFdCQq02NtRKT2prnjX97pDSdUfUnkfGr2cDKFnISN6khI0zcN9u&#10;+KIZxJCD11G2U2v7AAmCoFPszvneHX7yiMJhns+maQpNpDdfQspborHOf+a6R8GosBQqCEdKcnx2&#10;PhAh5S0kHCu9FlLG5kuFhgrPJ/kkJjgtBQvOEObsfldLi44kjE/8YlXgeQyz+qBYBOs4Yaur7YmQ&#10;FxsulyrgQSlA52pd5uPHPJ2vZqtZMSry6WpUpE0z+rSui9F0nX2cNB+aum6yn4FaVpSdYIyrwO42&#10;q1nxd7NwfTWXKbtP612G5C161AvI3v6RdOxlaN9lEHaanTf21mMYzxh8fUph/h/3YD8++OUvAAAA&#10;//8DAFBLAwQUAAYACAAAACEAiK9QntoAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VIXCrqkKCqhDgVAnLjQqHiuo2XJCJep7HbBr6eLRc4Ps1q5m2xmlyvDjSGzrOB63kCirj2&#10;tuPGwNtrdbUEFSKyxd4zGfiiAKvy/KzA3Pojv9BhHRslJRxyNNDGOORah7olh2HuB2LJPvzoMAqO&#10;jbYjHqXc9TpNkoV22LEstDjQQ0v153rvDIRqQ7vqe1bPkves8ZTuHp+f0JjLi+n+DlSkKf4dw0lf&#10;1KEUp63fsw2qN5At5JVo4CYFJXF2e+LtL+uy0P/1yx8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAXBXooR4CAAA4BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAiK9QntoAAAAGAQAADwAAAAAAAAAAAAAAAAB4BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;"/>
+              <v:line w14:anchorId="6357F7DC" id="Straight Connector 24" o:spid="_x0000_s1026" style="position:absolute;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="18pt,2.1pt" to="198pt,2.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBcFeihHgIAADgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uu2yAQ3VfqPyD2iR910sSKc1XZSTe3&#10;vZFy+wEEcIyKAQGJE1X99w7kodx2U1X1Ag/MzOHMmWHxdOolOnLrhFYVzsYpRlxRzYTaV/jb63o0&#10;w8h5ohiRWvEKn7nDT8v37xaDKXmuOy0ZtwhAlCsHU+HOe1MmiaMd74kba8MVOFtte+Jha/cJs2QA&#10;9F4meZpOk0FbZqym3Dk4bS5OvIz4bcupf2lbxz2SFQZuPq42rruwJssFKfeWmE7QKw3yDyx6IhRc&#10;eodqiCfoYMUfUL2gVjvd+jHVfaLbVlAea4BqsvS3arYdMTzWAuI4c5fJ/T9Y+vW4sUiwCucFRor0&#10;0KOtt0TsO49qrRQoqC0CJyg1GFdCQq02NtRKT2prnjX97pDSdUfUnkfGr2cDKFnISN6khI0zcN9u&#10;+KIZxJCD11G2U2v7AAmCoFPszvneHX7yiMJhns+maQpNpDdfQspborHOf+a6R8GosBQqCEdKcnx2&#10;PhAh5S0kHCu9FlLG5kuFhgrPJ/kkJjgtBQvOEObsfldLi44kjE/8YlXgeQyz+qBYBOs4Yaur7YmQ&#10;FxsulyrgQSlA52pd5uPHPJ2vZqtZMSry6WpUpE0z+rSui9F0nX2cNB+aum6yn4FaVpSdYIyrwO42&#10;q1nxd7NwfTWXKbtP612G5C161AvI3v6RdOxlaN9lEHaanTf21mMYzxh8fUph/h/3YD8++OUvAAAA&#10;//8DAFBLAwQUAAYACAAAACEAiK9QntoAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VIXCrqkKCqhDgVAnLjQqHiuo2XJCJep7HbBr6eLRc4Ps1q5m2xmlyvDjSGzrOB63kCirj2&#10;tuPGwNtrdbUEFSKyxd4zGfiiAKvy/KzA3Pojv9BhHRslJRxyNNDGOORah7olh2HuB2LJPvzoMAqO&#10;jbYjHqXc9TpNkoV22LEstDjQQ0v153rvDIRqQ7vqe1bPkves8ZTuHp+f0JjLi+n+DlSkKf4dw0lf&#10;1KEUp63fsw2qN5At5JVo4CYFJXF2e+LtL+uy0P/1yx8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAXBXooR4CAAA4BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAiK9QntoAAAAGAQAADwAAAAAAAAAAAAAAAAB4BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0071766E" w:rsidRPr="0071766E" w:rsidRDefault="0071766E" w:rsidP="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0071766E">
+          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) To be used only in </w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:val="en-GB" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t>conjunction</w:t>
       </w:r>
-      <w:r w:rsidRPr="0071766E">
+      <w:r w:rsidRPr="00060640">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="EUAlbertina"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
-          <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
+          <w:lang w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:t xml:space="preserve"> with another source code.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A0443" w:rsidRDefault="000A0443"/>
-    <w:sectPr w:rsidR="000A0443" w:rsidSect="0071766E">
+    <w:p w:rsidR="00060640" w:rsidRPr="00060640" w:rsidRDefault="00060640" w:rsidP="00060640">
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002011EC" w:rsidRDefault="002011EC" w:rsidP="00AF6430">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00201754" w:rsidRDefault="00201754" w:rsidP="00872E82">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00201754" w:rsidRDefault="00201754" w:rsidP="00872E82">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00201754" w:rsidRDefault="00201754" w:rsidP="00872E82">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00201754" w:rsidRDefault="00201754" w:rsidP="00872E82">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00201754" w:rsidRDefault="00201754" w:rsidP="00872E82">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00201754" w:rsidRDefault="00201754" w:rsidP="00872E82">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00201754" w:rsidRDefault="00201754" w:rsidP="00872E82">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00201754" w:rsidRDefault="00201754" w:rsidP="00872E82">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00201754" w:rsidRDefault="00201754" w:rsidP="00872E82">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00201754" w:rsidRDefault="00201754" w:rsidP="00872E82">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00201754" w:rsidRDefault="00201754" w:rsidP="00872E82">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00201754" w:rsidRDefault="00201754" w:rsidP="00872E82">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00201754" w:rsidRDefault="00201754" w:rsidP="00872E82">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00201754" w:rsidRDefault="00201754" w:rsidP="00872E82">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00201754" w:rsidSect="00BB1E89">
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="284" w:right="474" w:bottom="0" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="808" w:right="1183" w:bottom="568" w:left="1417" w:header="510" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="004F1914" w:rsidRDefault="004F1914" w:rsidP="002B0469">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="004F1914" w:rsidRDefault="004F1914" w:rsidP="002B0469">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...5 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Times New Roman Bold">
+    <w:panose1 w:val="02020803070505020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="HebarU">
+    <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
-    <w:notTrueType/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS Gothic">
-[...5 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="EUAlbertina">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
-    <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000203" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="EUAlbertina_Bold">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000203" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-1655827297"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w:rsidR="001C2B88" w:rsidRDefault="00576304">
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00405B4E">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w:rsidR="001C2B88" w:rsidRDefault="004F1914">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="004F1914" w:rsidRDefault="004F1914" w:rsidP="002B0469">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="004F1914" w:rsidRDefault="004F1914" w:rsidP="002B0469">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00014F0A" w:rsidRDefault="00014F0A" w:rsidP="00014F0A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="00014F0A" w:rsidRDefault="00014F0A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="007D6448"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B7E43D28"/>
+    <w:lvl w:ilvl="0" w:tplc="1C28779A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1145" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1865" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1C28779A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2585" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3305" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4025" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4745" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5465" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6185" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6905" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="04914E6C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A9C69B66"/>
+    <w:lvl w:ilvl="0" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="05135568"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="64C2F032"/>
+    <w:lvl w:ilvl="0" w:tplc="30C69076">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="06D846C2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7F767A68"/>
+    <w:lvl w:ilvl="0" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="07BE2245"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F0C8E584"/>
+    <w:lvl w:ilvl="0" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="114E04DD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="92D8EA20"/>
+    <w:lvl w:ilvl="0" w:tplc="5352EBF4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="900" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1620" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2340" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3060" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4500" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5220" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5940" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6660" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="13F13353"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="89C25CCA"/>
+    <w:lvl w:ilvl="0" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17F661B3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9CAE4AA0"/>
+    <w:lvl w:ilvl="0" w:tplc="E16C8468">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="52F619E6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2340" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C174EA2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D1926822"/>
+    <w:lvl w:ilvl="0" w:tplc="0402000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6840"/>
+        </w:tabs>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="201041C7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="589E411C"/>
+    <w:lvl w:ilvl="0" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1145" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1865" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2585" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3305" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4025" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4745" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5465" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6185" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6905" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="210576CD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9958688C"/>
+    <w:lvl w:ilvl="0" w:tplc="1C28779A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1146" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1866" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1C28779A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2586" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3306" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4026" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4746" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5466" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6186" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6906" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="217375BD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F626C540"/>
+    <w:lvl w:ilvl="0" w:tplc="713815BA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1145" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="1C28779A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1865" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2585" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3305" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4025" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4745" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5465" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6185" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6905" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25491FB3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F094EC12"/>
+    <w:lvl w:ilvl="0" w:tplc="727A49C2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="76" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="796" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1516" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2236" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2956" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3676" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4396" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5116" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5836" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="264E35DB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BE02C902"/>
+    <w:lvl w:ilvl="0" w:tplc="75D01540">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2C353325"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D1926822"/>
+    <w:lvl w:ilvl="0" w:tplc="0402000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6840"/>
+        </w:tabs>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="326C0A7B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="99F25310"/>
+    <w:lvl w:ilvl="0" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="378" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1098" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1818" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2538" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3258" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3978" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4698" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5418" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6138" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="39CD36C1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DEF04DD6"/>
+    <w:lvl w:ilvl="0" w:tplc="E9EA3C30">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="538A2D16" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0ED69DFC" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5B18306A" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C30C5BEE" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="3AF67F38" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="E4CC185E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="1602AC9C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="81483F00" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3AF47506"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A9245DBE"/>
+    <w:lvl w:ilvl="0" w:tplc="0402000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B5209E7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="349211A8"/>
+    <w:lvl w:ilvl="0" w:tplc="0CD482C0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3EDA7C33"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="595EE49A"/>
+    <w:lvl w:ilvl="0" w:tplc="F3B051DC">
+      <w:start w:val="5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="43957F23"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="52D6544A"/>
+    <w:lvl w:ilvl="0" w:tplc="75D01540">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="47E978EA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D6BEC072"/>
+    <w:lvl w:ilvl="0" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4DF1683C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D718375A"/>
+    <w:lvl w:ilvl="0" w:tplc="0402000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4FDB5D95"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="66B2229C"/>
+    <w:lvl w:ilvl="0" w:tplc="DBBC662A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1620"/>
+        </w:tabs>
+        <w:ind w:left="1620" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="C658B5EA" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2340"/>
+        </w:tabs>
+        <w:ind w:left="2340" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="703066A4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3060"/>
+        </w:tabs>
+        <w:ind w:left="3060" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="4112A56E" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3780"/>
+        </w:tabs>
+        <w:ind w:left="3780" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="00BA19F6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4500"/>
+        </w:tabs>
+        <w:ind w:left="4500" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4022D244" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5220"/>
+        </w:tabs>
+        <w:ind w:left="5220" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2BD4E4A6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5940"/>
+        </w:tabs>
+        <w:ind w:left="5940" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7A440602" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6660"/>
+        </w:tabs>
+        <w:ind w:left="6660" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="BC3A987C" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7380"/>
+        </w:tabs>
+        <w:ind w:left="7380" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4FFC4C66"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5A68BB5A"/>
+    <w:lvl w:ilvl="0" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="378" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1098" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1818" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2538" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3258" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3978" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4698" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5418" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6138" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53227A67"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3ED6F3F8"/>
+    <w:lvl w:ilvl="0" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="535D5A44"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6100966C"/>
+    <w:lvl w:ilvl="0" w:tplc="1C28779A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1145" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1865" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1C28779A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2585" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3305" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4025" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4745" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5465" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6185" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6905" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5DF00F41"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C7CC7FE8"/>
+    <w:lvl w:ilvl="0" w:tplc="1BFC0B10">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1506" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2226" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2946" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3666" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4386" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5106" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5826" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6546" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E384876"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E5AC845E"/>
+    <w:lvl w:ilvl="0" w:tplc="0402000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="69470921"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="08AE6120"/>
+    <w:lvl w:ilvl="0" w:tplc="6D0CF748">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1506" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2226" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2946" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3666" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4386" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5106" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5826" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6546" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6A3A091F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="28DE4F68"/>
+    <w:lvl w:ilvl="0" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="71B27706"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C53048CE"/>
+    <w:lvl w:ilvl="0" w:tplc="04020001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75D71CD1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="79B6AB84"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76626397"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="40B4B6E2"/>
+    <w:lvl w:ilvl="0" w:tplc="E21AACEA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1506" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2226" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2946" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3666" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4386" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5106" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5826" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6546" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78B934F1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="40A2DA9C"/>
+    <w:lvl w:ilvl="0" w:tplc="9E303136">
+      <w:start w:val="21"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04020001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7C0E6908"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BB4E1DF0"/>
+    <w:lvl w:ilvl="0" w:tplc="0234BE54">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="1C28779A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7DB7332F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="673498B2"/>
+    <w:lvl w:ilvl="0" w:tplc="63EA6A00">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0402000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="31">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="32">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="33">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="34">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="35">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="36">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="37">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-[...3 lines deleted...]
-  <w:defaultTabStop w:val="720"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="100"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007C3F54"/>
-[...27 lines deleted...]
-    <w:rsid w:val="00FC5218"/>
+    <w:rsidRoot w:val="007C3076"/>
+    <w:rsid w:val="000040BA"/>
+    <w:rsid w:val="00014F0A"/>
+    <w:rsid w:val="00017690"/>
+    <w:rsid w:val="000210FF"/>
+    <w:rsid w:val="00035948"/>
+    <w:rsid w:val="00060640"/>
+    <w:rsid w:val="000A5CCF"/>
+    <w:rsid w:val="000B6CE8"/>
+    <w:rsid w:val="000D5243"/>
+    <w:rsid w:val="000D6CD3"/>
+    <w:rsid w:val="000E61F3"/>
+    <w:rsid w:val="001C33F1"/>
+    <w:rsid w:val="001F1C97"/>
+    <w:rsid w:val="002011EC"/>
+    <w:rsid w:val="00201754"/>
+    <w:rsid w:val="00216406"/>
+    <w:rsid w:val="002B0469"/>
+    <w:rsid w:val="002C4473"/>
+    <w:rsid w:val="002E235C"/>
+    <w:rsid w:val="00307953"/>
+    <w:rsid w:val="003550EE"/>
+    <w:rsid w:val="00377237"/>
+    <w:rsid w:val="003A7AA2"/>
+    <w:rsid w:val="00405B4E"/>
+    <w:rsid w:val="00407159"/>
+    <w:rsid w:val="00451300"/>
+    <w:rsid w:val="00463028"/>
+    <w:rsid w:val="004743DB"/>
+    <w:rsid w:val="004D12EC"/>
+    <w:rsid w:val="004F1914"/>
+    <w:rsid w:val="005701FF"/>
+    <w:rsid w:val="00576304"/>
+    <w:rsid w:val="005800E6"/>
+    <w:rsid w:val="00697C4C"/>
+    <w:rsid w:val="006C0254"/>
+    <w:rsid w:val="006C2868"/>
+    <w:rsid w:val="0074697B"/>
+    <w:rsid w:val="0074776E"/>
+    <w:rsid w:val="007A0053"/>
+    <w:rsid w:val="007A5D89"/>
+    <w:rsid w:val="007B1E1A"/>
+    <w:rsid w:val="007C3076"/>
+    <w:rsid w:val="00813AC9"/>
+    <w:rsid w:val="00824FA1"/>
+    <w:rsid w:val="008336C8"/>
+    <w:rsid w:val="00872E82"/>
+    <w:rsid w:val="008869CE"/>
+    <w:rsid w:val="008C3C29"/>
+    <w:rsid w:val="00913B82"/>
+    <w:rsid w:val="009358DA"/>
+    <w:rsid w:val="00A04F77"/>
+    <w:rsid w:val="00AF6430"/>
+    <w:rsid w:val="00BB1E89"/>
+    <w:rsid w:val="00C664AB"/>
+    <w:rsid w:val="00D65104"/>
+    <w:rsid w:val="00DC6B1C"/>
+    <w:rsid w:val="00DD1E57"/>
+    <w:rsid w:val="00DD4E97"/>
+    <w:rsid w:val="00DE1BA1"/>
+    <w:rsid w:val="00DF02FF"/>
+    <w:rsid w:val="00E04C83"/>
+    <w:rsid w:val="00E566A9"/>
+    <w:rsid w:val="00E61820"/>
+    <w:rsid w:val="00ED5868"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="1AB5D54C"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{28466D36-E091-466C-ACDA-DB13A6E2677F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="00035948"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="HebarU" w:eastAsia="Times New Roman" w:hAnsi="HebarU" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007C3076"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002B0469"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="002B0469"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002B0469"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="002B0469"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DD1E57"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007C3F54"/>
+    <w:rsid w:val="00DC6B1C"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ui-dialog-content">
+    <w:name w:val="ui-dialog-content"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="006C0254"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PageNumber">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00307953"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:rsid w:val="00035948"/>
+    <w:rPr>
+      <w:rFonts w:ascii="HebarU" w:eastAsia="Times New Roman" w:hAnsi="HebarU" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:rsid w:val="00035948"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="HebarU" w:eastAsia="Times New Roman" w:hAnsi="HebarU" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:rsid w:val="00035948"/>
+    <w:rPr>
+      <w:rFonts w:ascii="HebarU" w:eastAsia="Times New Roman" w:hAnsi="HebarU" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText21">
+    <w:name w:val="Body Text 21"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00035948"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="HebarU" w:eastAsia="Times New Roman" w:hAnsi="HebarU" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00201754"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
+    <w:name w:val="Body Text Indent 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00201754"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00201754"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-AU" w:eastAsia="bg-BG"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
+    <w:name w:val="Body Text 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00201754"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-AU" w:eastAsia="bg-BG"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00201754"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="bg-BG"/>
     </w:rPr>
-  </w:style>
-[...186 lines deleted...]
-    <w:unhideWhenUsed/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
-[...5 lines deleted...]
-      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
-[...12 lines deleted...]
-    <w:rsid w:val="007C3F54"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
+    <w:name w:val="Table Grid1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00201754"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="bg-BG"/>
     </w:rPr>
-  </w:style>
-[...11 lines deleted...]
-    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:divs>
+    <w:div w:id="1231186687">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>10392</Characters>
+  <Pages>3</Pages>
+  <Words>1825</Words>
+  <Characters>10404</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>8</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>86</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12190</CharactersWithSpaces>
+  <CharactersWithSpaces>12205</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Valeri Georgiev</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Gyulnar Osman</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>