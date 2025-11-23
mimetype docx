--- v0 (2025-10-13)
+++ v1 (2025-11-23)
@@ -29,78 +29,76 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00706083" w:rsidRPr="00A37628" w:rsidRDefault="00706083" w:rsidP="00706083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A37628">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Вх. №  ...........</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E156F2" w:rsidRPr="00A37628">
+        <w:t xml:space="preserve">Вх. №  </w:t>
+      </w:r>
+      <w:r w:rsidR="00986675">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>.......... / ..............  202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A37628">
+        <w:t>АУ-1350- ......</w:t>
+      </w:r>
+      <w:r w:rsidR="00E156F2" w:rsidRPr="00A37628">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t>......... / ..............  202</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37628">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t xml:space="preserve"> ... г.</w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidR="00945A4F" w:rsidRPr="00A37628" w:rsidRDefault="00945A4F" w:rsidP="00706083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009B44BF" w:rsidRPr="00A37628" w:rsidRDefault="009B44BF" w:rsidP="009B44BF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A37628">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
         <w:t>ДО</w:t>
@@ -191,1335 +189,1126 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00362EA4" w:rsidRPr="00892E9C" w:rsidRDefault="00706083" w:rsidP="00892E9C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A37628">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ЗАЯВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D0907" w:rsidRPr="00A37628" w:rsidRDefault="004D0907" w:rsidP="00706083">
+    <w:p w:rsidR="00717C0A" w:rsidRDefault="0053409C" w:rsidP="003C70DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A37628">
-[...6 lines deleted...]
-    <w:p w:rsidR="00706083" w:rsidRPr="00A37628" w:rsidRDefault="000F708A" w:rsidP="003C70DA">
+      <w:r w:rsidRPr="0053409C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>за изготвяне на здравна оценка на седмичното учебно  разписание на учениците</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00986675" w:rsidRPr="00A37628" w:rsidRDefault="00986675" w:rsidP="003C70DA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A37628">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="0053409C" w:rsidRPr="004A20B4" w:rsidRDefault="0053409C" w:rsidP="0053409C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(трите имена) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>......................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...............</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>............</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...........</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.....</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>......................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>......</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0053409C" w:rsidRPr="004A20B4" w:rsidRDefault="0053409C" w:rsidP="0053409C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>длъжност ……………………………………………, на училище ……………………………………………………………………………………………...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0053409C" w:rsidRPr="004A20B4" w:rsidRDefault="0053409C" w:rsidP="0053409C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>адрес на училището гр./с. ………………………………………..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A57F40" w:rsidRPr="00A37628">
-[...66 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ул</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>................................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>...................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.......</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>............</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.......</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>......№ ………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E146E" w:rsidRPr="0053409C" w:rsidRDefault="0053409C" w:rsidP="0053409C">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ел. адрес. ......................................................................................................................................тел/факс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.............</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:r w:rsidR="009837FD" w:rsidRPr="00A37628">
-[...165 lines deleted...]
-    <w:p w:rsidR="002F57D2" w:rsidRPr="00A37628" w:rsidRDefault="002F57D2" w:rsidP="002F57D2">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>......................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A20B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>......................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0053409C" w:rsidRPr="0053409C" w:rsidRDefault="0053409C" w:rsidP="0053409C">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:caps/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053409C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:caps/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>УВАЖАЕМа/И</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053409C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:caps/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> госпожо/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053409C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:caps/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ГОСПОДИН директор,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00717C0A" w:rsidRPr="00A37628" w:rsidRDefault="00717C0A" w:rsidP="00706083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-        </w:rPr>
-[...167 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A37628">
-[...50 lines deleted...]
-    <w:p w:rsidR="00195E9C" w:rsidRPr="00A37628" w:rsidRDefault="001779BD" w:rsidP="00C77AEE">
+    </w:p>
+    <w:p w:rsidR="00195E9C" w:rsidRDefault="0053409C" w:rsidP="00C77AEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A37628">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> седмичното учебно разписание на училището</w:t>
+      <w:r w:rsidRPr="0053409C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Моля, да бъде извършена здравна оценка на седмичното разписание на учебните занятия на училище</w:t>
       </w:r>
       <w:r w:rsidR="00706083" w:rsidRPr="00A37628">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> за първи / втори учебен срок на </w:t>
       </w:r>
       <w:r w:rsidR="004371F6" w:rsidRPr="00A37628">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">учебната </w:t>
       </w:r>
-      <w:r w:rsidR="00E156F2" w:rsidRPr="00A37628">
-[...3 lines deleted...]
-        <w:t>202</w:t>
+      <w:r w:rsidR="00986675">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>………</w:t>
       </w:r>
       <w:r w:rsidR="00C20825" w:rsidRPr="00A37628">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>….</w:t>
       </w:r>
       <w:r w:rsidR="00B11AF5" w:rsidRPr="00A37628">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r w:rsidR="00C20825" w:rsidRPr="00A37628">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
+      <w:r w:rsidR="00986675">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
       <w:r w:rsidR="00DB2439" w:rsidRPr="00A37628">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>……..</w:t>
       </w:r>
-      <w:r w:rsidR="00706083" w:rsidRPr="00A37628">
-[...12 lines deleted...]
-    <w:p w:rsidR="001847F0" w:rsidRPr="00A37628" w:rsidRDefault="001847F0" w:rsidP="00C77AEE">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г. на училище ……………………………………………………………………………….,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0053409C" w:rsidRPr="00A37628" w:rsidRDefault="0053409C" w:rsidP="00C77AEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00195E9C" w:rsidRPr="00A37628" w:rsidRDefault="00195E9C" w:rsidP="00C77AEE">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>гр./с. ………………………………………………..., брой паралелки ………………………., брой ученици ……………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001847F0" w:rsidRPr="00A37628" w:rsidRDefault="001847F0" w:rsidP="00C77AEE">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A37628">
-[...19 lines deleted...]
-        </w:numPr>
+    </w:p>
+    <w:p w:rsidR="0053409C" w:rsidRDefault="0053409C" w:rsidP="0053409C">
+      <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-        </w:rPr>
-[...15 lines deleted...]
-        </w:numPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053409C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">За целта прилагам: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0053409C" w:rsidRPr="0053409C" w:rsidRDefault="0053409C" w:rsidP="0053409C">
+      <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...57 lines deleted...]
-        </w:numPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053409C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Седмично разписание на учебните часове по паралелки, с подпис и печат на директора – по три екземпляра за съответния учебен срок. При целодневна организация на учебния ден седмичното разписание трябва да включва и следобедната натовареност на учениците. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0053409C" w:rsidRPr="0053409C" w:rsidRDefault="0053409C" w:rsidP="0053409C">
+      <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...99 lines deleted...]
-        </w:numPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053409C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. За училищата на целодневна организация на учебния ден – копие от дневния режим. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0053409C" w:rsidRPr="0053409C" w:rsidRDefault="0053409C" w:rsidP="0053409C">
+      <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A37628">
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+      <w:r w:rsidRPr="0053409C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Копие от заповедта за комисията по изготвянето на седмичните учебни разписания. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0053409C" w:rsidRPr="0053409C" w:rsidRDefault="0053409C" w:rsidP="0053409C">
+      <w:pPr>
         <w:spacing w:after="0"/>
-        <w:ind w:left="502"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="0053409C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. В случаите по чл.6, ал.4 от Наредбата – уведомление до РЗИ от директора на училището за причините, поради които не могат да бъдат спазени изискванията. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E146E" w:rsidRPr="0053409C" w:rsidRDefault="0053409C" w:rsidP="0053409C">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053409C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>5. Документ за платена такса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00986675" w:rsidRDefault="00986675" w:rsidP="0053409C">
+      <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
-          <w:sz w:val="18"/>
-[...17 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0053409C" w:rsidRPr="003F4D07" w:rsidRDefault="0053409C" w:rsidP="0053409C">
+      <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F4D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Заплащането на извършената услуга ще извърша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F4D07">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0053409C" w:rsidRPr="008444EB" w:rsidRDefault="0053409C" w:rsidP="0053409C">
+      <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>□ в брой - в Центъра за административно обслужване на РЗИ – Софийска област, на адрес: ПК 1431 гр. София, бул. „Акад. Иван Гешов“ № 15, етаж 3, кабинет № 41;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0053409C" w:rsidRPr="008444EB" w:rsidRDefault="0053409C" w:rsidP="0053409C">
+      <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>□ картови плащания чрез инсталиран ПОС терминал - в Центъра за административно обслужване на Р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ЗИ – Софийска област</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0053409C" w:rsidRPr="008444EB" w:rsidRDefault="0053409C" w:rsidP="0053409C">
+      <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">на адрес:  </w:t>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ по банков път </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>- по транзитната сметка на РЗИ – Софийска област.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0053409C" w:rsidRPr="008444EB" w:rsidRDefault="0053409C" w:rsidP="0053409C">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>□ E-плащане чрез единната вх</w:t>
+      </w:r>
+      <w:r w:rsidR="00986675">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">одна точка, достъпна на адрес: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00D7112C" w:rsidRPr="00427BC9">
+        <w:r w:rsidRPr="008444EB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-            <w:lang w:eastAsia="bg-BG"/>
+            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>https://pay.egov.bg/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00D7112C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0053409C" w:rsidRPr="008D277A" w:rsidRDefault="0053409C" w:rsidP="0053409C">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:eastAsia="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0053409C" w:rsidRPr="008444EB" w:rsidRDefault="0053409C" w:rsidP="0053409C">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008444EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Заявявам желанието си издаденият индивидуален административен акт да бъде получен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0053409C" w:rsidRPr="00986675" w:rsidRDefault="0053409C" w:rsidP="00986675">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986675">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ на място, лично или чрез упълномощено лице, в Центъра за административно обслужване на РЗИ – Софийска област, на адрес: гр. София, бул. Акад. Иван Гешов № 15; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0053409C" w:rsidRPr="00986675" w:rsidRDefault="0053409C" w:rsidP="00986675">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986675">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ по електронен път </w:t>
+      </w:r>
+      <w:r w:rsidR="00986675">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">чрез системата за сигурно електронно връчване </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986675">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>на адрес</w:t>
+      </w:r>
+      <w:r w:rsidR="00986675">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00986675">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...138 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00892E9C">
+        <w:r w:rsidR="00986675" w:rsidRPr="00481D1E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:lang w:eastAsia="bg-BG"/>
           </w:rPr>
-          <w:t>https://edelivery.egov.bg/</w:t>
+          <w:t>https://edelivery.egov</w:t>
+        </w:r>
+        <w:r w:rsidR="00986675" w:rsidRPr="00481D1E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidR="00986675" w:rsidRPr="00481D1E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>bg/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00892E9C">
-[...11 lines deleted...]
-        <w:spacing w:after="0"/>
+      <w:r w:rsidR="00986675">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0053409C" w:rsidRPr="00986675" w:rsidRDefault="0053409C" w:rsidP="00986675">
+      <w:pPr>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...53 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986675">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>□ чрез електронна поща на адрес: ……………………………………………………………………...………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0053409C" w:rsidRPr="00986675" w:rsidRDefault="0053409C" w:rsidP="00986675">
+      <w:pPr>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
-[...26 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986675">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>□ чрез лицензиран пощенски оператор на адрес: ……………….................…………………………………………………………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0053409C" w:rsidRPr="00986675" w:rsidRDefault="0053409C" w:rsidP="00986675">
+      <w:pPr>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00706083" w:rsidRPr="00A37628" w:rsidRDefault="00706083" w:rsidP="00706083">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986675">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>□ като куриерска пратка на адрес  ………...…………………………...................……………….………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0053409C" w:rsidRPr="00986675" w:rsidRDefault="0053409C" w:rsidP="00986675">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986675">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>………………………………………………………………………………………………………….телефон ……………………………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00263051" w:rsidRPr="00986675" w:rsidRDefault="0053409C" w:rsidP="00986675">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00986675">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>като декларирам, че разходите за доставка са за моя сметка платими при получаването.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00986675" w:rsidRDefault="00986675" w:rsidP="00706083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A463F8" w:rsidRPr="00A37628" w:rsidRDefault="00706083" w:rsidP="00706083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00A37628">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Дата: .................................                             </w:t>
       </w:r>
       <w:r w:rsidR="00D248EB" w:rsidRPr="00A37628">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37628">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37628">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A37628">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00892E9C">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">                           </w:t>
       </w:r>
       <w:r w:rsidRPr="00A37628">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Подпис: ................................</w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-    <w:p w:rsidR="00892E9C" w:rsidRPr="00892E9C" w:rsidRDefault="004331B2" w:rsidP="00892E9C">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00892E9C" w:rsidRPr="00892E9C" w:rsidRDefault="001B3AA0" w:rsidP="00892E9C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:pict>
           <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
       <w:r w:rsidR="00892E9C" w:rsidRPr="00155A7E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
@@ -1661,61 +1450,61 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00282C0D" w:rsidRPr="00A37628" w:rsidRDefault="00282C0D" w:rsidP="00F44BD6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00282C0D" w:rsidRPr="00A37628" w:rsidSect="00A37628">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="426" w:right="720" w:bottom="284" w:left="720" w:header="708" w:footer="113" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004331B2" w:rsidRDefault="004331B2" w:rsidP="00196022">
+    <w:p w:rsidR="001B3AA0" w:rsidRDefault="001B3AA0" w:rsidP="00196022">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004331B2" w:rsidRDefault="004331B2" w:rsidP="00196022">
+    <w:p w:rsidR="001B3AA0" w:rsidRDefault="001B3AA0" w:rsidP="00196022">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1725,90 +1514,90 @@
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="004331B2" w:rsidRDefault="004331B2" w:rsidP="00196022">
+    <w:p w:rsidR="001B3AA0" w:rsidRDefault="001B3AA0" w:rsidP="00196022">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="004331B2" w:rsidRDefault="004331B2" w:rsidP="00196022">
+    <w:p w:rsidR="001B3AA0" w:rsidRDefault="001B3AA0" w:rsidP="00196022">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A0B6F0D0"/>
     <w:name w:val="WWNum2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2982,242 +2771,249 @@
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A26C2D"/>
     <w:rsid w:val="00003C79"/>
     <w:rsid w:val="00011C7C"/>
     <w:rsid w:val="00020D37"/>
     <w:rsid w:val="000273B1"/>
     <w:rsid w:val="00040C90"/>
     <w:rsid w:val="00060EDF"/>
     <w:rsid w:val="000B3A88"/>
     <w:rsid w:val="000E124C"/>
     <w:rsid w:val="000E7F60"/>
     <w:rsid w:val="000F708A"/>
     <w:rsid w:val="00163E7C"/>
     <w:rsid w:val="00166987"/>
     <w:rsid w:val="00174DD4"/>
     <w:rsid w:val="001779BD"/>
     <w:rsid w:val="001847F0"/>
     <w:rsid w:val="00187EF7"/>
     <w:rsid w:val="00195E9C"/>
     <w:rsid w:val="00196022"/>
+    <w:rsid w:val="001B3AA0"/>
     <w:rsid w:val="001B6EFE"/>
     <w:rsid w:val="001D0B15"/>
     <w:rsid w:val="001E146E"/>
     <w:rsid w:val="00220227"/>
     <w:rsid w:val="002301FC"/>
     <w:rsid w:val="00237E3D"/>
     <w:rsid w:val="0025449B"/>
     <w:rsid w:val="00263051"/>
     <w:rsid w:val="00276E20"/>
     <w:rsid w:val="00282C0D"/>
     <w:rsid w:val="002E5115"/>
     <w:rsid w:val="002F57D2"/>
+    <w:rsid w:val="002F59D7"/>
     <w:rsid w:val="003102AE"/>
     <w:rsid w:val="00325F9D"/>
     <w:rsid w:val="00345826"/>
     <w:rsid w:val="00357477"/>
     <w:rsid w:val="00362EA4"/>
     <w:rsid w:val="00376A72"/>
     <w:rsid w:val="00385A68"/>
     <w:rsid w:val="00390BAE"/>
     <w:rsid w:val="0039160F"/>
     <w:rsid w:val="003959A3"/>
     <w:rsid w:val="003A0E1C"/>
     <w:rsid w:val="003B3F76"/>
     <w:rsid w:val="003C70DA"/>
     <w:rsid w:val="003E3541"/>
     <w:rsid w:val="004331B2"/>
     <w:rsid w:val="004338F7"/>
     <w:rsid w:val="004371F6"/>
     <w:rsid w:val="00451E9B"/>
     <w:rsid w:val="00457EAE"/>
     <w:rsid w:val="004629D3"/>
     <w:rsid w:val="00485BBE"/>
     <w:rsid w:val="004A3B86"/>
     <w:rsid w:val="004A533A"/>
     <w:rsid w:val="004B014B"/>
     <w:rsid w:val="004B1937"/>
     <w:rsid w:val="004B1CBC"/>
     <w:rsid w:val="004B3586"/>
     <w:rsid w:val="004D0907"/>
     <w:rsid w:val="004D648A"/>
     <w:rsid w:val="004D68DF"/>
     <w:rsid w:val="004D7369"/>
     <w:rsid w:val="0051542E"/>
+    <w:rsid w:val="0053409C"/>
     <w:rsid w:val="00535491"/>
     <w:rsid w:val="00552352"/>
     <w:rsid w:val="00597A01"/>
     <w:rsid w:val="00625E89"/>
     <w:rsid w:val="0064533B"/>
     <w:rsid w:val="00670A02"/>
     <w:rsid w:val="006833F3"/>
     <w:rsid w:val="00684022"/>
     <w:rsid w:val="006C3614"/>
     <w:rsid w:val="006C55B8"/>
     <w:rsid w:val="006F0DAB"/>
     <w:rsid w:val="00706083"/>
     <w:rsid w:val="00715908"/>
     <w:rsid w:val="00717C0A"/>
     <w:rsid w:val="00724934"/>
     <w:rsid w:val="00727E92"/>
     <w:rsid w:val="00735D8A"/>
     <w:rsid w:val="00763F5D"/>
     <w:rsid w:val="00772386"/>
     <w:rsid w:val="00774755"/>
     <w:rsid w:val="00776B14"/>
     <w:rsid w:val="007922D2"/>
     <w:rsid w:val="007B67CB"/>
     <w:rsid w:val="007C124C"/>
     <w:rsid w:val="007C6D7B"/>
     <w:rsid w:val="007C6D96"/>
     <w:rsid w:val="007D2064"/>
     <w:rsid w:val="00805ECF"/>
     <w:rsid w:val="0082344B"/>
     <w:rsid w:val="008368CD"/>
     <w:rsid w:val="008552A6"/>
     <w:rsid w:val="00892E9C"/>
     <w:rsid w:val="008C7476"/>
     <w:rsid w:val="008E1FD0"/>
     <w:rsid w:val="008F3913"/>
     <w:rsid w:val="009345B6"/>
     <w:rsid w:val="00940FD4"/>
     <w:rsid w:val="00945A4F"/>
     <w:rsid w:val="00956080"/>
     <w:rsid w:val="00971B88"/>
     <w:rsid w:val="009837FD"/>
+    <w:rsid w:val="00986675"/>
     <w:rsid w:val="009A5F12"/>
     <w:rsid w:val="009A6D53"/>
     <w:rsid w:val="009B44BF"/>
     <w:rsid w:val="009E13E9"/>
     <w:rsid w:val="009F26AC"/>
     <w:rsid w:val="00A05E76"/>
     <w:rsid w:val="00A06661"/>
     <w:rsid w:val="00A07B6A"/>
     <w:rsid w:val="00A166F4"/>
     <w:rsid w:val="00A22DD0"/>
     <w:rsid w:val="00A23CB7"/>
     <w:rsid w:val="00A26C2D"/>
     <w:rsid w:val="00A3374D"/>
     <w:rsid w:val="00A37078"/>
     <w:rsid w:val="00A37628"/>
     <w:rsid w:val="00A463F8"/>
     <w:rsid w:val="00A47199"/>
     <w:rsid w:val="00A50DAD"/>
     <w:rsid w:val="00A57F40"/>
     <w:rsid w:val="00A73DB7"/>
     <w:rsid w:val="00A8314A"/>
     <w:rsid w:val="00A9226A"/>
     <w:rsid w:val="00A95475"/>
     <w:rsid w:val="00AB646C"/>
+    <w:rsid w:val="00AC798A"/>
     <w:rsid w:val="00AC7FB3"/>
     <w:rsid w:val="00B03E0C"/>
     <w:rsid w:val="00B0752E"/>
     <w:rsid w:val="00B11AF5"/>
     <w:rsid w:val="00B258F8"/>
     <w:rsid w:val="00B42000"/>
     <w:rsid w:val="00B70F08"/>
     <w:rsid w:val="00B76091"/>
     <w:rsid w:val="00B84494"/>
     <w:rsid w:val="00B9777B"/>
     <w:rsid w:val="00BC5FC1"/>
     <w:rsid w:val="00BF3B92"/>
     <w:rsid w:val="00BF4AD6"/>
     <w:rsid w:val="00C20825"/>
     <w:rsid w:val="00C3617D"/>
     <w:rsid w:val="00C47749"/>
     <w:rsid w:val="00C6285C"/>
     <w:rsid w:val="00C62BEF"/>
     <w:rsid w:val="00C659A6"/>
     <w:rsid w:val="00C77AEE"/>
     <w:rsid w:val="00C91845"/>
     <w:rsid w:val="00CA1575"/>
     <w:rsid w:val="00CB49B4"/>
     <w:rsid w:val="00CE38A4"/>
     <w:rsid w:val="00D04458"/>
     <w:rsid w:val="00D1097C"/>
     <w:rsid w:val="00D248EB"/>
     <w:rsid w:val="00D257D7"/>
     <w:rsid w:val="00D5180F"/>
     <w:rsid w:val="00D7112C"/>
     <w:rsid w:val="00D85C18"/>
     <w:rsid w:val="00DB2439"/>
     <w:rsid w:val="00DE5E49"/>
     <w:rsid w:val="00DF67D8"/>
     <w:rsid w:val="00E05BF3"/>
     <w:rsid w:val="00E156F2"/>
     <w:rsid w:val="00E172E8"/>
+    <w:rsid w:val="00E33CD2"/>
     <w:rsid w:val="00E37E74"/>
+    <w:rsid w:val="00E764B9"/>
     <w:rsid w:val="00E8772B"/>
     <w:rsid w:val="00E90800"/>
     <w:rsid w:val="00E95F19"/>
     <w:rsid w:val="00EB2C13"/>
     <w:rsid w:val="00ED7DE4"/>
     <w:rsid w:val="00EE1260"/>
     <w:rsid w:val="00EF37BF"/>
     <w:rsid w:val="00F02386"/>
     <w:rsid w:val="00F041A8"/>
     <w:rsid w:val="00F13FA1"/>
     <w:rsid w:val="00F21CBC"/>
     <w:rsid w:val="00F226DE"/>
     <w:rsid w:val="00F25DD2"/>
     <w:rsid w:val="00F44BD6"/>
     <w:rsid w:val="00F91031"/>
     <w:rsid w:val="00FB519D"/>
     <w:rsid w:val="00FC22DA"/>
     <w:rsid w:val="00FD254D"/>
     <w:rsid w:val="00FF609C"/>
     <w:rsid w:val="00FF7F4D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0543E7F9"/>
+  <w14:docId w14:val="1E25EE17"/>
   <w15:docId w15:val="{9E1211E8-1CC4-451B-8CA4-9CEB8FA63047}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Calibri" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3280,51 +3076,51 @@
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3374,51 +3170,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
@@ -3576,50 +3372,73 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00A26C2D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="0053409C"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:qFormat/>
     <w:rsid w:val="00A26C2D"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="40"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -3638,50 +3457,51 @@
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:rsid w:val="00A26C2D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="40"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00F25DD2"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00196022"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
@@ -3744,50 +3564,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharCharCharCharCharCharCharCharCharCharCharCharCharCharChar">
     <w:name w:val="Char Char Char Char Char Char Char Char Char Char Char Char Char Char Char"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00011C7C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="709"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00011C7C"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharCharCharCharCharCharCharCharCharCharCharCharCharCharChar0">
     <w:name w:val="Char Char Char Char Char Char Char Char Char Char Char Char Char Char Char"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="0082344B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="709"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharCharCharCharCharCharCharCharCharCharCharCharCharCharChar1">
     <w:name w:val="Char Char Char Char Char Char Char Char Char Char Char Char Char Char Char"/>
@@ -3802,50 +3623,64 @@
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00282C0D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0053409C"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pay.egov.bg/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edelivery.egov.bg/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -4112,85 +3947,85 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{84B905B3-5CEB-4FA2-B9F9-CC72D28ACC04}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F3EC25B-415E-4E7C-834E-07BAAF283298}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>588</Words>
-  <Characters>3353</Characters>
+  <Characters>3352</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3934</CharactersWithSpaces>
+  <CharactersWithSpaces>3933</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Tania</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>