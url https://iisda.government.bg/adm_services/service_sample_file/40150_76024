--- v0 (2026-01-08)
+++ v1 (2026-02-17)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="3AE20DDE" w14:textId="77777777" w:rsidR="00C93B54" w:rsidRPr="0040247D" w:rsidRDefault="00C93B54" w:rsidP="00C93B54">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0040247D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Вх. №........................................                      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">                        </w:t>
       </w:r>
       <w:r w:rsidRPr="0040247D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ДО</w:t>
@@ -71,56 +71,56 @@
         </w:rPr>
         <w:t>ДИРЕКТОРА</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26FC15FA" w14:textId="77777777" w:rsidR="00C93B54" w:rsidRPr="0040247D" w:rsidRDefault="00C93B54" w:rsidP="00C93B54">
       <w:pPr>
         <w:ind w:left="5040"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidRPr="0040247D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>НА РЗИ - ПЛОВДИВ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FE3EFB6" w14:textId="77777777" w:rsidR="00C93B54" w:rsidRPr="006A51BF" w:rsidRDefault="00C93B54" w:rsidP="00C93B54">
+    <w:p w14:paraId="2FE3EFB6" w14:textId="77777777" w:rsidR="00C93B54" w:rsidRPr="002E3403" w:rsidRDefault="00C93B54" w:rsidP="00C93B54">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="566FF56E" w14:textId="77777777" w:rsidR="00C93B54" w:rsidRDefault="00C93B54" w:rsidP="00C93B54">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0040247D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>З А Я В Л Е Н И Е</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20274E69" w14:textId="77777777" w:rsidR="00C93B54" w:rsidRPr="0040247D" w:rsidRDefault="00C93B54" w:rsidP="00C93B54">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -187,63 +187,55 @@
         </w:rPr>
         <w:t>/трите имена на латиница, съгласно личната карта или международния паспорт/</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="651E9744" w14:textId="77777777" w:rsidR="00C93B54" w:rsidRDefault="00C93B54" w:rsidP="00C93B54">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Гр./с/       ....................................                       ЕГН...................................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="619E00F7" w14:textId="77777777" w:rsidR="00C93B54" w:rsidRDefault="00C93B54" w:rsidP="00C93B54">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Тел.за</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> контакт:          ...................................................................................</w:t>
+        <w:t>Тел.за контакт:          ...................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0597E7D7" w14:textId="77777777" w:rsidR="00C93B54" w:rsidRDefault="00C93B54" w:rsidP="00C93B54">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A51BF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FA5C9FF" w14:textId="77777777" w:rsidR="00A14E48" w:rsidRDefault="00C93B54" w:rsidP="00C93B54">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
@@ -305,773 +297,886 @@
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>Към заявлението прилагам следните документи:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="586E9FCA" w14:textId="5372F90D" w:rsidR="002A6C46" w:rsidRDefault="00B83D35" w:rsidP="00B83D35">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Копие на трудова книжка</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54438B92" w14:textId="77777777" w:rsidR="002A6C46" w:rsidRDefault="002A6C46" w:rsidP="002A6C46">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="014A4DB4" w14:textId="77777777" w:rsidR="000737B7" w:rsidRPr="00BC0B06" w:rsidRDefault="000737B7" w:rsidP="000737B7">
-[...20 lines deleted...]
-    <w:p w14:paraId="1A93984F" w14:textId="77777777" w:rsidR="000737B7" w:rsidRPr="00BC0B06" w:rsidRDefault="000737B7" w:rsidP="000737B7">
+    <w:p w14:paraId="5B2EB17A" w14:textId="0A00FE03" w:rsidR="00C93B54" w:rsidRDefault="00C93B54" w:rsidP="0004701A">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Желая, индивидуалният административен акт, за който е подадено заявление/уведомление/искане да получа:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="295B789A" w14:textId="6633AF12" w:rsidR="00E80263" w:rsidRDefault="00E80263" w:rsidP="00E80263">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:tabs>
-[...19 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>в центъра за административно обслужване на РЗИ</w:t>
+      </w:r>
+      <w:r w:rsidR="00747582">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC0B06">
-[...7 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00747582">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC0B06">
-[...6 lines deleted...]
-    <w:p w14:paraId="2B46BEBB" w14:textId="77777777" w:rsidR="000737B7" w:rsidRPr="00BC0B06" w:rsidRDefault="000737B7" w:rsidP="000737B7">
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Пловдив</w:t>
+      </w:r>
+      <w:r w:rsidR="00747582">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00747582">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>лично или от упълномощено от мен лице:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="352E7946" w14:textId="77777777" w:rsidR="00E80263" w:rsidRDefault="00E80263" w:rsidP="00E80263">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>чрез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>лицензиран</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>пощенски</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>оператор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>󠇞</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52EF374A" w14:textId="77777777" w:rsidR="00E80263" w:rsidRDefault="00E80263" w:rsidP="00E80263">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F06F"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>като</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>вътрешна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>препоръчана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>пощенска</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>пратка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="3E28E8F3" w14:textId="77777777" w:rsidR="00E80263" w:rsidRDefault="00E80263" w:rsidP="00E80263">
+      <w:pPr>
         <w:ind w:left="360"/>
-        <w:contextualSpacing/>
-[...49 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3403">
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F06F"/>
+      </w:r>
+      <w:r w:rsidRPr="002E3403">
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>като вътрешна куриерска пратка</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC0B06">
-[...12 lines deleted...]
-    <w:p w14:paraId="24DB4368" w14:textId="77777777" w:rsidR="000737B7" w:rsidRPr="00BC0B06" w:rsidRDefault="000737B7" w:rsidP="000737B7">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="002E3403">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>адрес:……………………………………..………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="427D8EAA" w14:textId="77777777" w:rsidR="00E80263" w:rsidRDefault="00E80263" w:rsidP="00E80263">
       <w:pPr>
         <w:ind w:firstLine="360"/>
-        <w:contextualSpacing/>
-[...9 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3403">
+        <w:rPr>
+          <w:b/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Уведомен съм, че разходите са за моя сметка и </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC0B06">
-[...3 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>цената за пощенската услуга се заплаща от мен при доставяне на пратката</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC0B06">
-[...2 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AB5C487" w14:textId="77777777" w:rsidR="000737B7" w:rsidRPr="00BC0B06" w:rsidRDefault="000737B7" w:rsidP="000737B7">
-[...15 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+    <w:p w14:paraId="65D6E82C" w14:textId="77777777" w:rsidR="00E80263" w:rsidRDefault="00E80263" w:rsidP="00E80263">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E3403">
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F06F"/>
+      </w:r>
+      <w:r w:rsidRPr="002E3403">
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>като международна препоръчана пощенска пратка</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A41170D" w14:textId="77777777" w:rsidR="000737B7" w:rsidRPr="00BC0B06" w:rsidRDefault="000737B7" w:rsidP="000737B7">
+    <w:p w14:paraId="0CF50F15" w14:textId="05CE10C1" w:rsidR="00E80263" w:rsidRDefault="00E80263" w:rsidP="00D52C24">
       <w:pPr>
         <w:ind w:firstLine="360"/>
-        <w:contextualSpacing/>
-[...17 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Уведомен съм, че разходите са за моя сметка и се заплащат на административния/ компетентния орган, който от своя страна заплаща пощенската услуга </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>на лицензирания пощенски оператор при подаване на пратката</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC0B06">
-[...2 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E1E4DC7" w14:textId="77777777" w:rsidR="000737B7" w:rsidRPr="00BC0B06" w:rsidRDefault="000737B7" w:rsidP="000737B7">
-[...31 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="254AE282" w14:textId="77777777" w:rsidR="002E3403" w:rsidRPr="002F5379" w:rsidRDefault="002E3403" w:rsidP="002E3403">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Закона за електронното управление</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5379">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F06F"/>
+      </w:r>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на електронен адрес съгласно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5379">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Закона за електронното управление………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44E05E6E" w14:textId="77777777" w:rsidR="002E3403" w:rsidRPr="00EE51A8" w:rsidRDefault="002E3403" w:rsidP="002E3403">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F5379">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F06F"/>
+      </w:r>
+      <w:r w:rsidRPr="002F5379">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...17 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">профил, регистриран в Информационната </w:t>
+        <w:t xml:space="preserve">в профил, регистриран в Информационната </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="0097545D">
+        <w:r w:rsidRPr="002F5379">
           <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>система за сигурно електронно връчване</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0097545D">
-        <w:rPr>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> като модул на </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="0097545D">
+        <w:r w:rsidRPr="002F5379">
           <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <w:t>Портала на електронното управление</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="0097545D">
-        <w:rPr>
+      <w:r w:rsidRPr="00EE51A8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> по смисъла на Закона за електронното управление</w:t>
-[...5 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> по смисъла на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F5379">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...31 lines deleted...]
-        <w:contextualSpacing/>
+        <w:t xml:space="preserve">Закона за електронното управление </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1675A31A" w14:textId="77777777" w:rsidR="00E80263" w:rsidRDefault="00E80263" w:rsidP="00E80263">
+      <w:pPr>
+        <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
-          <w:lang w:val="ru-RU"/>
-[...9 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:i/>
-          <w:lang w:val="bg-BG"/>
-[...5 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Забележка: Вярното се отбелязва с Х.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A8E76F8" w14:textId="77777777" w:rsidR="000737B7" w:rsidRDefault="000737B7" w:rsidP="000737B7">
-[...14 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+    <w:p w14:paraId="39FED893" w14:textId="77777777" w:rsidR="00E80263" w:rsidRDefault="00E80263" w:rsidP="00E80263">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BC0B06">
-[...3 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+    </w:p>
+    <w:p w14:paraId="00C76379" w14:textId="77777777" w:rsidR="00E80263" w:rsidRDefault="00E80263" w:rsidP="00E80263">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C3FCF80" w14:textId="77777777" w:rsidR="00C93B54" w:rsidRDefault="00C93B54" w:rsidP="002A6C46">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37086AB2" w14:textId="77777777" w:rsidR="002A6C46" w:rsidRDefault="002A6C46" w:rsidP="00C93B54">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58F20428" w14:textId="77777777" w:rsidR="00082D98" w:rsidRDefault="00C93B54" w:rsidP="00C93B54">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Дата:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+        <w:t>......................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BC0B06">
-[...3 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BC0B06">
-[...3 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00BC0B06">
-[...3 lines deleted...]
-          <w:lang w:val="bg-BG"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...119 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:t>Подпис:.................................</w:t>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00082D98" w:rsidSect="0017698D">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="539" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="04EB82BF" w14:textId="77777777" w:rsidR="00777259" w:rsidRDefault="00777259" w:rsidP="0017698D">
+    <w:p w14:paraId="152F67EF" w14:textId="77777777" w:rsidR="00AB6B46" w:rsidRDefault="00AB6B46" w:rsidP="0017698D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="544E56D2" w14:textId="77777777" w:rsidR="00777259" w:rsidRDefault="00777259" w:rsidP="0017698D">
+    <w:p w14:paraId="2CA3EB57" w14:textId="77777777" w:rsidR="00AB6B46" w:rsidRDefault="00AB6B46" w:rsidP="0017698D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0E3C98A0" w14:textId="77777777" w:rsidR="00777259" w:rsidRDefault="00777259" w:rsidP="0017698D">
+    <w:p w14:paraId="57965609" w14:textId="77777777" w:rsidR="00AB6B46" w:rsidRDefault="00AB6B46" w:rsidP="0017698D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3AAB19B9" w14:textId="77777777" w:rsidR="00777259" w:rsidRDefault="00777259" w:rsidP="0017698D">
+    <w:p w14:paraId="7895025B" w14:textId="77777777" w:rsidR="00AB6B46" w:rsidRDefault="00AB6B46" w:rsidP="0017698D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="2F789776" w14:textId="77777777" w:rsidR="0017698D" w:rsidRDefault="0017698D" w:rsidP="0017698D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0017698D">
       <w:rPr>
         <w:i/>
       </w:rPr>
       <w:t>РЗИ – Пловдив АУ 2133</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4057534C" w14:textId="77777777" w:rsidR="0017698D" w:rsidRPr="0017698D" w:rsidRDefault="0017698D" w:rsidP="0017698D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BDA6CB0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E9B43A82"/>
     <w:lvl w:ilvl="0" w:tplc="FF0655AE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="900"/>
         </w:tabs>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -1169,190 +1274,50 @@
           <w:tab w:val="num" w:pos="5940"/>
         </w:tabs>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6660"/>
         </w:tabs>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="16AE33D9"/>
-[...138 lines deleted...]
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C9E14EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="10D4DFD2"/>
     <w:lvl w:ilvl="0" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -1421,51 +1386,51 @@
     <w:lvl w:ilvl="7" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="25F859D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BA76F0AA"/>
     <w:lvl w:ilvl="0" w:tplc="03C643D6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -1533,51 +1498,51 @@
     <w:lvl w:ilvl="7" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28E1768A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A14A0F2A"/>
     <w:lvl w:ilvl="0" w:tplc="E1E2182A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1646,191 +1611,51 @@
     <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-[...139 lines deleted...]
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CC853D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F144792E"/>
     <w:lvl w:ilvl="0" w:tplc="F1A02E6A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
@@ -1875,323 +1700,173 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-[...138 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0"/>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="6"/>
-[...8 lines deleted...]
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="77"/>
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00082D98"/>
     <w:rsid w:val="000307B3"/>
     <w:rsid w:val="0004701A"/>
-    <w:rsid w:val="000737B7"/>
     <w:rsid w:val="00082D98"/>
     <w:rsid w:val="000A1A25"/>
     <w:rsid w:val="0017698D"/>
     <w:rsid w:val="002A6C46"/>
     <w:rsid w:val="002B3DBD"/>
+    <w:rsid w:val="002E3403"/>
     <w:rsid w:val="0041324A"/>
     <w:rsid w:val="00431182"/>
     <w:rsid w:val="00442168"/>
     <w:rsid w:val="004A5954"/>
     <w:rsid w:val="005316E7"/>
     <w:rsid w:val="006D1038"/>
-    <w:rsid w:val="00777259"/>
+    <w:rsid w:val="00747582"/>
     <w:rsid w:val="00795C9E"/>
     <w:rsid w:val="008D37CE"/>
     <w:rsid w:val="008E3876"/>
     <w:rsid w:val="00A05815"/>
     <w:rsid w:val="00A14E48"/>
     <w:rsid w:val="00A53EAA"/>
     <w:rsid w:val="00AB6B46"/>
     <w:rsid w:val="00B83D35"/>
     <w:rsid w:val="00BB5BA1"/>
     <w:rsid w:val="00C512B0"/>
     <w:rsid w:val="00C93B54"/>
     <w:rsid w:val="00CB5DD0"/>
     <w:rsid w:val="00CD7403"/>
     <w:rsid w:val="00D52C24"/>
-    <w:rsid w:val="00DB0337"/>
     <w:rsid w:val="00DF3652"/>
     <w:rsid w:val="00E80263"/>
     <w:rsid w:val="00EC4139"/>
     <w:rsid w:val="00EF2474"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -2598,74 +2273,50 @@
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
     <w:rsid w:val="0017698D"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00B83D35"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
-[...22 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="62337962">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
@@ -2951,76 +2602,76 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>238</Words>
-  <Characters>1953</Characters>
+  <Words>239</Words>
+  <Characters>2041</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
+  <Lines>17</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2187</CharactersWithSpaces>
+  <CharactersWithSpaces>2276</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Pc</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>