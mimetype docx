--- v0 (2025-11-26)
+++ v1 (2026-02-09)
@@ -1,58 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00E7039B" w:rsidRPr="00115496" w:rsidRDefault="001D0BF0" w:rsidP="00727988">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F51707">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42B8193C" wp14:editId="2BACDEED">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>933308</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-67310</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1009015" cy="453390"/>
                 <wp:effectExtent l="0" t="0" r="635" b="3810"/>
@@ -94,51 +93,51 @@
                           </w:p>
                           <w:p w:rsidR="001D0BF0" w:rsidRDefault="001D0BF0" w:rsidP="001D0BF0">
                             <w:r>
                               <w:t>ЕТРОПОЛЕ</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="42B8193C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Текстово поле 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:73.5pt;margin-top:-5.3pt;width:79.45pt;height:35.7pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCTJz5+QAIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU82O0zAQviPxDpbvNGm3XbZR09XSpQhp&#10;+ZEWHsB1nMbC9gTbbVJu8Cg8AtJeQFpeIftGjJ1ut1puiBysmczM55lvPs/OW63IVlgnweR0OEgp&#10;EYZDIc06px8/LJ+dUeI8MwVTYEROd8LR8/nTJ7OmzsQIKlCFsARBjMuaOqeV93WWJI5XQjM3gFoY&#10;DJZgNfPo2nVSWNYgulbJKE1PkwZsUVvgwjn8e9kH6Tzil6Xg/l1ZOuGJyin25uNp47kKZzKfsWxt&#10;WV1Jvm+D/UMXmkmDlx6gLplnZGPlX1BacgsOSj/goBMoS8lFnAGnGaaPprmuWC3iLEiOqw80uf8H&#10;y99u31sii5yeUmKYxhV137ub7ufd17tv3W33o7sl3W80fnU3ZBToamqXYdV1jXW+fQEtrj2O7uor&#10;4J8cMbComFmLC2uhqQQrsN1hqEyOSnscF0BWzRso8F628RCB2tLqwCWyQxAd17Y7rEq0nvBwZZpO&#10;0+GEEo6x8eTkZBp3mbDsvrq2zr8SoEkwcmpRChGdba+cD92w7D4lXOZAyWIplYqOXa8WypItQ9ks&#10;4xcHeJSmDGlyOp2MJhHZQKiPitLSo6yV1Dk9S8PXCy2w8dIUMcUzqXobO1FmT09gpOfGt6sWEwNn&#10;Kyh2SJSFXr743NCowH6hpEHp5tR93jArKFGvDZI9HY7HQevRGU+ej9Cxx5HVcYQZjlA59ZT05sLH&#10;9xF4MHCBSyll5Ouhk32vKMlI4/75BM0f+zHr4ZHP/wAAAP//AwBQSwMEFAAGAAgAAAAhAMyeEXrf&#10;AAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1lbig1i60SRviVIAE4trSD9jE&#10;bhI1Xkex26R/z3KC42hGM2/y3eQ6cbVDaD1pWC4UCEuVNy3VGo7fH/MNiBCRDHaerIabDbAr7u9y&#10;zIwfaW+vh1gLLqGQoYYmxj6TMlSNdRgWvrfE3skPDiPLoZZmwJHLXSeflEqkw5Z4ocHevje2Oh8u&#10;TsPpa3xcb8fyMx7T/Sp5wzYt/U3rh9n0+gIi2in+heEXn9GhYKbSX8gE0bFepfwlapgvVQKCE89q&#10;vQVRakjUBmSRy/8Xih8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAkyc+fkACAAAsBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAzJ4Ret8AAAAK&#10;AQAADwAAAAAAAAAAAAAAAACaBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#10;AA==&#10;" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="001D0BF0" w:rsidRDefault="001D0BF0" w:rsidP="001D0BF0">
                       <w:r>
                         <w:t xml:space="preserve">ОБЩИНА </w:t>
                       </w:r>
                     </w:p>
                     <w:p w:rsidR="001D0BF0" w:rsidRDefault="001D0BF0" w:rsidP="001D0BF0">
                       <w:r>
                         <w:t>ЕТРОПОЛЕ</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="006E7131" w:rsidRPr="00E7083D">
         <w:rPr>
@@ -192,269 +191,271 @@
                             <w:pPr>
                               <w:jc w:val="center"/>
                             </w:pPr>
                             <w:r w:rsidRPr="00E7083D">
                               <w:rPr>
                                 <w:noProof/>
                               </w:rPr>
                               <w:drawing>
                                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="464F59B5" wp14:editId="6D315389">
                                   <wp:extent cx="709574" cy="884193"/>
                                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                                   <wp:docPr id="1" name="Картина 1"/>
                                   <wp:cNvGraphicFramePr>
                                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                                   </wp:cNvGraphicFramePr>
                                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                         <pic:nvPicPr>
                                           <pic:cNvPr id="0" name="Picture 4"/>
                                           <pic:cNvPicPr>
                                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                           </pic:cNvPicPr>
                                         </pic:nvPicPr>
                                         <pic:blipFill>
-                                          <a:blip r:embed="rId9">
+                                          <a:blip r:embed="rId8">
                                             <a:extLst>
                                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                               </a:ext>
                                             </a:extLst>
                                           </a:blip>
                                           <a:srcRect/>
                                           <a:stretch>
                                             <a:fillRect/>
                                           </a:stretch>
                                         </pic:blipFill>
                                         <pic:spPr bwMode="auto">
                                           <a:xfrm>
                                             <a:off x="0" y="0"/>
                                             <a:ext cx="709964" cy="884679"/>
                                           </a:xfrm>
                                           <a:prstGeom prst="rect">
                                             <a:avLst/>
                                           </a:prstGeom>
                                           <a:noFill/>
                                           <a:ln>
                                             <a:noFill/>
                                           </a:ln>
                                         </pic:spPr>
                                       </pic:pic>
                                     </a:graphicData>
                                   </a:graphic>
                                 </wp:inline>
                               </w:drawing>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:4.6pt;margin-top:-8.9pt;width:73.1pt;height:110.55pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAVo7fkRAIAADUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU82O0zAQviPxDpbvNGm3pW3UdLV0KUJa&#10;fqSFB3Adp7FwPMZ2m5QbPAqPgLQXkJZXyL4RY7fbLXBD+GDNeDyfv/lmPDtva0W2wjoJOqf9XkqJ&#10;0BwKqdc5ff9u+WRCifNMF0yBFjndCUfP548fzRqTiQFUoAphCYJolzUmp5X3JksSxytRM9cDIzQG&#10;S7A18+jadVJY1iB6rZJBmj5NGrCFscCFc3h6uQ/SecQvS8H9m7J0whOVU+Tm427jvgp7Mp+xbG2Z&#10;qSQ/0GD/wKJmUuOjR6hL5hnZWPkXVC25BQel73GoEyhLyUWsAavpp39Uc10xI2ItKI4zR5nc/4Pl&#10;r7dvLZFFTs/SMSWa1dik7mt3032/+3z3pbvtvnW3pPuJxo/uhgyCYI1xGeZdG8z07TNosfGxeGeu&#10;gH9wRMOiYnotLqyFphKsQML9kJmcpO5xXABZNa+gwHfZxkMEaktbBzVRH4Lo2LjdsVmi9YTj4XQw&#10;ORtjhGOoP0zPppNRfIJl99nGOv9CQE2CkVOLwxDR2fbK+cCGZfdXwmMOlCyWUqno2PVqoSzZMhyc&#10;ZVwH9N+uKU0apDIajCKyhpAfZ6qWHgdbyTqnkzSskM6yoMZzXUTbM6n2NjJR+iBPUGSvjW9XbWxN&#10;1C5It4Jih3pZ2M8x/js0KrCfKGlwhnPqPm6YFZSolxo1n/aHwzD00RmOxgN07GlkdRphmiNUTj0l&#10;e3Ph40eJcpgL7M1SRtkemBwo42xGNQ//KAz/qR9vPfz2+S8AAAD//wMAUEsDBBQABgAIAAAAIQAf&#10;zOFI3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcWqcp4SfEqSoqLhyQ&#10;KEhwdONNHGGvLdtNw9vjnuA4mtHMN81mtoZNGOLoSMBqWQBD6pwaaRDw8f68uAcWkyQljSMU8IMR&#10;Nu3lRSNr5U70htM+DSyXUKylAJ2SrzmPnUYr49J5pOz1LliZsgwDV0Gecrk1vCyKW27lSHlBS49P&#10;Grvv/dEK+LR6VLvw+tUrM+1e+m3l5+CFuL6at4/AEs7pLwxn/IwObWY6uCOpyIyAhzIHBSxWd/nB&#10;2a+qG2AHAWWxXgNvG/7/QfsLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAFaO35EQCAAA1&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAH8zhSN4A&#10;AAAJAQAADwAAAAAAAAAAAAAAAACeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKkF&#10;AAAAAA==&#10;" stroked="f">
+              <v:shape w14:anchorId="5766AE8D" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:4.6pt;margin-top:-8.9pt;width:73.1pt;height:110.55pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAVo7fkRAIAADUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU82O0zAQviPxDpbvNGm3pW3UdLV0KUJa&#10;fqSFB3Adp7FwPMZ2m5QbPAqPgLQXkJZXyL4RY7fbLXBD+GDNeDyfv/lmPDtva0W2wjoJOqf9XkqJ&#10;0BwKqdc5ff9u+WRCifNMF0yBFjndCUfP548fzRqTiQFUoAphCYJolzUmp5X3JksSxytRM9cDIzQG&#10;S7A18+jadVJY1iB6rZJBmj5NGrCFscCFc3h6uQ/SecQvS8H9m7J0whOVU+Tm427jvgp7Mp+xbG2Z&#10;qSQ/0GD/wKJmUuOjR6hL5hnZWPkXVC25BQel73GoEyhLyUWsAavpp39Uc10xI2ItKI4zR5nc/4Pl&#10;r7dvLZFFTs/SMSWa1dik7mt3032/+3z3pbvtvnW3pPuJxo/uhgyCYI1xGeZdG8z07TNosfGxeGeu&#10;gH9wRMOiYnotLqyFphKsQML9kJmcpO5xXABZNa+gwHfZxkMEaktbBzVRH4Lo2LjdsVmi9YTj4XQw&#10;ORtjhGOoP0zPppNRfIJl99nGOv9CQE2CkVOLwxDR2fbK+cCGZfdXwmMOlCyWUqno2PVqoSzZMhyc&#10;ZVwH9N+uKU0apDIajCKyhpAfZ6qWHgdbyTqnkzSskM6yoMZzXUTbM6n2NjJR+iBPUGSvjW9XbWxN&#10;1C5It4Jih3pZ2M8x/js0KrCfKGlwhnPqPm6YFZSolxo1n/aHwzD00RmOxgN07GlkdRphmiNUTj0l&#10;e3Ph40eJcpgL7M1SRtkemBwo42xGNQ//KAz/qR9vPfz2+S8AAAD//wMAUEsDBBQABgAIAAAAIQAf&#10;zOFI3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcWqcp4SfEqSoqLhyQ&#10;KEhwdONNHGGvLdtNw9vjnuA4mtHMN81mtoZNGOLoSMBqWQBD6pwaaRDw8f68uAcWkyQljSMU8IMR&#10;Nu3lRSNr5U70htM+DSyXUKylAJ2SrzmPnUYr49J5pOz1LliZsgwDV0Gecrk1vCyKW27lSHlBS49P&#10;Grvv/dEK+LR6VLvw+tUrM+1e+m3l5+CFuL6at4/AEs7pLwxn/IwObWY6uCOpyIyAhzIHBSxWd/nB&#10;2a+qG2AHAWWxXgNvG/7/QfsLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAFaO35EQCAAA1&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAH8zhSN4A&#10;AAAJAQAADwAAAAAAAAAAAAAAAACeBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKkF&#10;AAAAAA==&#10;" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w:rsidR="006E7131" w:rsidRDefault="006E7131" w:rsidP="006E7131">
                       <w:pPr>
                         <w:jc w:val="center"/>
                       </w:pPr>
                       <w:r w:rsidRPr="00E7083D">
                         <w:rPr>
                           <w:noProof/>
                         </w:rPr>
                         <w:drawing>
                           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="464F59B5" wp14:editId="6D315389">
                             <wp:extent cx="709574" cy="884193"/>
                             <wp:effectExtent l="0" t="0" r="0" b="0"/>
                             <wp:docPr id="1" name="Картина 1"/>
                             <wp:cNvGraphicFramePr>
                               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                             </wp:cNvGraphicFramePr>
                             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:nvPicPr>
                                     <pic:cNvPr id="0" name="Picture 4"/>
                                     <pic:cNvPicPr>
                                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                     </pic:cNvPicPr>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
-                                    <a:blip r:embed="rId10">
+                                    <a:blip r:embed="rId8">
                                       <a:extLst>
                                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                         </a:ext>
                                       </a:extLst>
                                     </a:blip>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr bwMode="auto">
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="709964" cy="884679"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect">
                                       <a:avLst/>
                                     </a:prstGeom>
                                     <a:noFill/>
                                     <a:ln>
                                       <a:noFill/>
                                     </a:ln>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00727988">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="00727988" w:rsidRPr="00446107">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                    </w:t>
       </w:r>
       <w:r w:rsidR="00E7039B" w:rsidRPr="00115496">
         <w:t>ДО</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E7039B" w:rsidRPr="00115496" w:rsidRDefault="00727988" w:rsidP="00727988">
       <w:pPr>
         <w:ind w:firstLine="1260"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00446107">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                 </w:t>
       </w:r>
       <w:r w:rsidR="001A372C" w:rsidRPr="00115496">
         <w:t>ГЛАВНИЯ АРХИТЕКТ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006A571E" w:rsidRDefault="000E619F" w:rsidP="00727988">
+    <w:p w:rsidR="006A571E" w:rsidRPr="00446107" w:rsidRDefault="000E619F" w:rsidP="00727988">
       <w:pPr>
         <w:ind w:firstLine="1260"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00115496">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00115496">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00115496">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00115496">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00115496">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00115496">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00115496">
         <w:tab/>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="00115496">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00635B47" w:rsidRPr="00115496">
         <w:t>НА</w:t>
       </w:r>
       <w:r w:rsidR="00E7039B" w:rsidRPr="00115496">
         <w:t xml:space="preserve"> ОБЩИНА </w:t>
       </w:r>
       <w:r w:rsidRPr="00115496">
         <w:t>ЕТРОПОЛЕ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008E0425" w:rsidRDefault="008E0425" w:rsidP="00727988">
       <w:pPr>
         <w:ind w:firstLine="1260"/>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DC4700" w:rsidRPr="00DC4700" w:rsidRDefault="00DC4700" w:rsidP="00727988">
       <w:pPr>
         <w:ind w:firstLine="1260"/>
         <w:jc w:val="right"/>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00446107">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>……</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00446107">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>……./…………20…</w:t>
       </w:r>
       <w:r w:rsidR="00FA23EE">
         <w:t>..</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00446107">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t>г.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006A571E" w:rsidRPr="00115496" w:rsidRDefault="009A7B89" w:rsidP="006A571E">
       <w:pPr>
         <w:ind w:firstLine="1260"/>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="799FB603" wp14:editId="7F169BA1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-33958</wp:posOffset>
@@ -533,127 +534,107 @@
                               </w:rPr>
                               <w:t>30</w:t>
                             </w:r>
                             <w:r w:rsidRPr="007836B5">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="009A7B89" w:rsidRPr="007836B5">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>дни</w:t>
                             </w:r>
                           </w:p>
                           <w:p w:rsidR="00125591" w:rsidRPr="007836B5" w:rsidRDefault="009A7B89" w:rsidP="009A7B89">
                             <w:pPr>
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
                             <w:r w:rsidRPr="007836B5">
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>Дължима такса</w:t>
                             </w:r>
                             <w:r w:rsidR="007836B5" w:rsidRPr="007836B5">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="007836B5">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>–</w:t>
                             </w:r>
-                            <w:r w:rsidR="00125591" w:rsidRPr="007836B5">
+                            <w:r w:rsidR="00446107">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> 100</w:t>
-[...13 lines deleted...]
-                              <w:t>+1,00 лв./м.кв.</w:t>
+                              <w:t xml:space="preserve"> 51.13 € + 0.51 €/м. кв.</w:t>
                             </w:r>
                             <w:r w:rsidRPr="007836B5">
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>;</w:t>
                             </w:r>
-                            <w:bookmarkEnd w:id="0"/>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-              <v:shape id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-2.65pt;margin-top:-.25pt;width:205.8pt;height:110.55pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBlw/T6RAIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU82O0zAQviPxDpbvNG237bZR09XSpQhp&#10;+ZEWHsB1nMbC8RjbbVJu8Cg8AtJeQFpeIftGjJ1uKXBD+GDNeDyfZ775PL9oKkV2wjoJOqODXp8S&#10;oTnkUm8y+u7t6smUEueZzpkCLTK6F45eLB4/mtcmFUMoQeXCEgTRLq1NRkvvTZokjpeiYq4HRmgM&#10;FmAr5tG1myS3rEb0SiXDfn+S1GBzY4EL5/D0qgvSRcQvCsH966JwwhOVUazNx93GfR32ZDFn6cYy&#10;U0p+KIP9QxUVkxofPUJdMc/I1sq/oCrJLTgofI9DlUBRSC5iD9jNoP9HNzclMyL2guQ4c6TJ/T9Y&#10;/mr3xhKZZ/ScEs0qHFH7pb1tv91/uv/c3rVf2zvS/kDje3tLhoGu2rgUs24M5vnmKTQ49ti6M9fA&#10;3zuiYVkyvRGX1kJdCpZjuYOQmZykdjgugKzrl5Dju2zrIQI1ha0Cl8gOQXQc2/44KtF4wvFwOBmc&#10;jUcTSjjGBqP+2Ww6jm+w9CHdWOefC6hIMDJqUQsRnu2unQ/lsPThSnjNgZL5SioVHbtZL5UlO4a6&#10;WcV1QP/tmtKkzuhsPBxHZA0hP0qqkh51rWSV0Wk/rJDO0kDHM51H2zOpOhsrUfrAT6CkI8c36yZO&#10;5kj7GvI9EmahkzF+OzRKsB8pqVHCGXUftswKStQLjaTPBqNR0Hx0RuPzITr2NLI+jTDNESqjnpLO&#10;XPr4TyId5hKHs5KRtjDFrpJDySjNyObhGwXtn/rx1q/PvvgJAAD//wMAUEsDBBQABgAIAAAAIQAF&#10;FdE73QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcWptAI5TGqSoqLhyQ&#10;aJHg6MabOKp/IttNw9uzPcFpNZrR7Df1ZnaWTRjTELyEh6UAhr4NevC9hM/D6+IZWMrKa2WDRwk/&#10;mGDT3N7UqtLh4j9w2ueeUYlPlZJgch4rzlNr0Km0DCN68roQncokY891VBcqd5YXQpTcqcHTB6NG&#10;fDHYnvZnJ+HLmUHv4vt3p+20e+u2q3GOo5T3d/N2DSzjnP/CcMUndGiI6RjOXidmJSxWj5S8XmBk&#10;P4mS9FFCUYgSeFPz/wOaXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBlw/T6RAIAADQE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAFFdE73QAA&#10;AAgBAAAPAAAAAAAAAAAAAAAAAJ4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAqAUA&#10;AAAA&#10;" stroked="f">
+              <v:shape w14:anchorId="799FB603" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-2.65pt;margin-top:-.25pt;width:205.8pt;height:110.55pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBlw/T6RAIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU82O0zAQviPxDpbvNG237bZR09XSpQhp&#10;+ZEWHsB1nMbC8RjbbVJu8Cg8AtJeQFpeIftGjJ1uKXBD+GDNeDyfZ775PL9oKkV2wjoJOqODXp8S&#10;oTnkUm8y+u7t6smUEueZzpkCLTK6F45eLB4/mtcmFUMoQeXCEgTRLq1NRkvvTZokjpeiYq4HRmgM&#10;FmAr5tG1myS3rEb0SiXDfn+S1GBzY4EL5/D0qgvSRcQvCsH966JwwhOVUazNx93GfR32ZDFn6cYy&#10;U0p+KIP9QxUVkxofPUJdMc/I1sq/oCrJLTgofI9DlUBRSC5iD9jNoP9HNzclMyL2guQ4c6TJ/T9Y&#10;/mr3xhKZZ/ScEs0qHFH7pb1tv91/uv/c3rVf2zvS/kDje3tLhoGu2rgUs24M5vnmKTQ49ti6M9fA&#10;3zuiYVkyvRGX1kJdCpZjuYOQmZykdjgugKzrl5Dju2zrIQI1ha0Cl8gOQXQc2/44KtF4wvFwOBmc&#10;jUcTSjjGBqP+2Ww6jm+w9CHdWOefC6hIMDJqUQsRnu2unQ/lsPThSnjNgZL5SioVHbtZL5UlO4a6&#10;WcV1QP/tmtKkzuhsPBxHZA0hP0qqkh51rWSV0Wk/rJDO0kDHM51H2zOpOhsrUfrAT6CkI8c36yZO&#10;5kj7GvI9EmahkzF+OzRKsB8pqVHCGXUftswKStQLjaTPBqNR0Hx0RuPzITr2NLI+jTDNESqjnpLO&#10;XPr4TyId5hKHs5KRtjDFrpJDySjNyObhGwXtn/rx1q/PvvgJAAD//wMAUEsDBBQABgAIAAAAIQAF&#10;FdE73QAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcWptAI5TGqSoqLhyQ&#10;aJHg6MabOKp/IttNw9uzPcFpNZrR7Df1ZnaWTRjTELyEh6UAhr4NevC9hM/D6+IZWMrKa2WDRwk/&#10;mGDT3N7UqtLh4j9w2ueeUYlPlZJgch4rzlNr0Km0DCN68roQncokY891VBcqd5YXQpTcqcHTB6NG&#10;fDHYnvZnJ+HLmUHv4vt3p+20e+u2q3GOo5T3d/N2DSzjnP/CcMUndGiI6RjOXidmJSxWj5S8XmBk&#10;P4mS9FFCUYgSeFPz/wOaXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBlw/T6RAIAADQE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAFFdE73QAA&#10;AAgBAAAPAAAAAAAAAAAAAAAAAJ4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAqAUA&#10;AAAA&#10;" stroked="f">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
                     <w:p w:rsidR="009A7B89" w:rsidRPr="007836B5" w:rsidRDefault="009A7B89" w:rsidP="009A7B89">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="007836B5">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Срок за изпълнение:</w:t>
                       </w:r>
                     </w:p>
                     <w:p w:rsidR="009A7B89" w:rsidRPr="007836B5" w:rsidRDefault="008450A3" w:rsidP="009A7B89">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
@@ -672,123 +653,109 @@
                         </w:rPr>
                         <w:t>30</w:t>
                       </w:r>
                       <w:r w:rsidRPr="007836B5">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="009A7B89" w:rsidRPr="007836B5">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>дни</w:t>
                       </w:r>
                     </w:p>
                     <w:p w:rsidR="00125591" w:rsidRPr="007836B5" w:rsidRDefault="009A7B89" w:rsidP="009A7B89">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
                       <w:r w:rsidRPr="007836B5">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Дължима такса</w:t>
                       </w:r>
                       <w:r w:rsidR="007836B5" w:rsidRPr="007836B5">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="007836B5">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>–</w:t>
                       </w:r>
-                      <w:r w:rsidR="00125591" w:rsidRPr="007836B5">
+                      <w:r w:rsidR="00446107">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> 100</w:t>
-[...13 lines deleted...]
-                        <w:t>+1,00 лв./м.кв.</w:t>
+                        <w:t xml:space="preserve"> 51.13 € + 0.51 €/м. кв.</w:t>
                       </w:r>
                       <w:r w:rsidRPr="007836B5">
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>;</w:t>
                       </w:r>
-                      <w:bookmarkEnd w:id="1"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A22592" w:rsidRDefault="00A22592" w:rsidP="00D514A8">
+    <w:p w:rsidR="00A22592" w:rsidRPr="00446107" w:rsidRDefault="00A22592" w:rsidP="00D514A8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E53C08" w:rsidRDefault="00E53C08" w:rsidP="00D514A8">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00CC6B8D" w:rsidRPr="00CC6B8D" w:rsidRDefault="00CC6B8D" w:rsidP="00D514A8">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001A372C" w:rsidRPr="00115496" w:rsidRDefault="001A372C" w:rsidP="001A372C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>З А Я В Л Е Н И Е</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00EF7121" w:rsidRPr="00EF7121" w:rsidRDefault="00EF7121" w:rsidP="00EF7121">
@@ -1029,65 +996,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00CC65D0" w:rsidRPr="00CC65D0" w:rsidRDefault="00CC65D0" w:rsidP="00DC78EE">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CC65D0">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Местоживеене</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CC65D0">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (седалище за ЮЛ): гр</w:t>
-[...13 lines deleted...]
-        <w:t>с.)</w:t>
+        <w:t xml:space="preserve"> (седалище за ЮЛ): гр.(с.)</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC65D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00BB6793">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>_____________</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC65D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
@@ -1178,65 +1131,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00CC65D0" w:rsidRPr="00CC65D0" w:rsidRDefault="00CC65D0" w:rsidP="003B1113">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CC65D0">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>представлявано</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CC65D0">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> от (</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> ЮЛ)</w:t>
+        <w:t xml:space="preserve"> от (за ЮЛ)</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC65D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________________________________________, тел. _____________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CC65D0" w:rsidRPr="00CC65D0" w:rsidRDefault="00CC65D0" w:rsidP="003B1113">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC65D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
@@ -1449,65 +1388,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00CC65D0" w:rsidRPr="00CC65D0" w:rsidRDefault="00CC65D0" w:rsidP="00DC78EE">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CC65D0">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Местоживеене</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CC65D0">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (седалище за ЮЛ): гр</w:t>
-[...13 lines deleted...]
-        <w:t>с.)</w:t>
+        <w:t xml:space="preserve"> (седалище за ЮЛ): гр.(с.)</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC65D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> _________________________________</w:t>
       </w:r>
       <w:r w:rsidR="0010269F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>_______</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC65D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
@@ -1598,65 +1523,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00CC65D0" w:rsidRPr="00CC65D0" w:rsidRDefault="00CC65D0" w:rsidP="00DC78EE">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00CC65D0">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>представлявано</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00CC65D0">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> от (</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> ЮЛ) </w:t>
+        <w:t xml:space="preserve"> от (за ЮЛ) </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC65D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>____________________________________________, тел. _____________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CC65D0" w:rsidRPr="00CC65D0" w:rsidRDefault="00CC65D0" w:rsidP="00DC78EE">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="2124" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC65D0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1737,599 +1648,563 @@
       <w:r w:rsidRPr="00BB6793">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Госпожо Главен архитект,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DA7410" w:rsidRPr="000B02CA" w:rsidRDefault="001A0A30" w:rsidP="00D76484">
       <w:pPr>
         <w:pStyle w:val="af2"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB6793">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Мол</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BB6793">
+        <w:t>Моля</w:t>
+      </w:r>
+      <w:r w:rsidR="00707E03" w:rsidRPr="00BB6793">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>я</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00707E03" w:rsidRPr="00BB6793">
+        <w:t>(им) на основание _________________от ________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00D625C4" w:rsidRPr="00BB6793">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00707E03" w:rsidRPr="00BB6793">
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidR="00253524" w:rsidRPr="00446107">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>им) на основание _________________от ________________________</w:t>
+        <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="00D625C4" w:rsidRPr="00BB6793">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>____________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00253524">
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="00D625C4" w:rsidRPr="00BB6793">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00D625C4" w:rsidRPr="00BB6793">
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00707E03" w:rsidRPr="00BB6793">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>__</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D625C4" w:rsidRPr="00BB6793">
+        <w:t xml:space="preserve"> да ми </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00707E03" w:rsidRPr="00BB6793">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бъде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00707E03" w:rsidRPr="00BB6793">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> да ми </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00707E03" w:rsidRPr="00BB6793">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>бъде</w:t>
+        <w:t>издадено</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00707E03" w:rsidRPr="00BB6793">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> разрешение за </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00707E03" w:rsidRPr="00BB6793">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>издадено</w:t>
+        <w:t>поставяне</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00707E03" w:rsidRPr="00BB6793">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> разрешение за </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00707E03" w:rsidRPr="00BB6793">
+        <w:t xml:space="preserve"> на</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC4708" w:rsidRPr="00446107">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>поставяне</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00707E03" w:rsidRPr="00BB6793">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CC4708" w:rsidRPr="00BB6793">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>преместваем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CC4708" w:rsidRPr="00BB6793">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00CC4708" w:rsidRPr="00BB6793">
+        </w:rPr>
+        <w:t xml:space="preserve">/и обект/и </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA7410" w:rsidRPr="00446107">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00CC4708" w:rsidRPr="00BB6793">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidR="001F7F31" w:rsidRPr="00BB6793">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">/и обект/и </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00DA7410" w:rsidRPr="00BB6793">
+        <w:t xml:space="preserve"> увеселителни</w:t>
+      </w:r>
+      <w:r w:rsidR="00D76484">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
       <w:r w:rsidR="001F7F31" w:rsidRPr="00BB6793">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> увеселителни</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D76484">
+        <w:t xml:space="preserve">административни, търговски и други обслужващи дейности </w:t>
+      </w:r>
+      <w:r w:rsidR="001F7F31" w:rsidRPr="00446107">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="001F7F31" w:rsidRPr="00BB6793">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DA7410" w:rsidRPr="00446107">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="001F7F31" w:rsidRPr="00BB6793">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>павилиони</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DA7410" w:rsidRPr="00446107">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>(</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00DA7410" w:rsidRPr="00BB6793">
+      <w:r w:rsidR="00DA7410" w:rsidRPr="00446107">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>павилиони</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кабини</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00DA7410" w:rsidRPr="00BB6793">
+      <w:r w:rsidR="00DA7410" w:rsidRPr="00446107">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00DA7410" w:rsidRPr="00BB6793">
+      <w:r w:rsidR="00DA7410" w:rsidRPr="00446107">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>кабини</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>маси</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00DA7410" w:rsidRPr="00BB6793">
+      <w:r w:rsidR="001F7F31" w:rsidRPr="00446107">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00DA7410" w:rsidRPr="00BB6793">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="000B02CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="001F7F31" w:rsidRPr="00BB6793">
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00707E03" w:rsidRPr="00BB6793" w:rsidRDefault="00707E03" w:rsidP="001F7F31">
+      <w:pPr>
+        <w:pStyle w:val="af2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="000B02CA">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB6793">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:pStyle w:val="af2"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="003900C8" w:rsidRPr="00BB6793">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BB6793">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidR="005742B4" w:rsidRPr="00446107">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+        <w:t>________</w:t>
       </w:r>
       <w:r w:rsidR="003900C8" w:rsidRPr="00BB6793">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>____________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005742B4">
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidR="003900C8" w:rsidRPr="00BB6793">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="003900C8" w:rsidRPr="00BB6793">
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F076F9" w:rsidRPr="00BB6793">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>__</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003900C8" w:rsidRPr="00BB6793">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F076F9" w:rsidRPr="00BB6793">
+        <w:t xml:space="preserve">който не е трайно свързан с терена </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003900C8" w:rsidRPr="00BB6793">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+        <w:t>по схема</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="003900C8" w:rsidRPr="00BB6793">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">който не е трайно свързан с терена </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> схема за поставяне</w:t>
+        <w:t xml:space="preserve"> за поставяне</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00707E03" w:rsidRPr="00707E03" w:rsidRDefault="00707E03" w:rsidP="00707E03">
+    <w:p w:rsidR="00707E03" w:rsidRPr="00446107" w:rsidRDefault="00707E03" w:rsidP="00707E03">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00707E03">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">с </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00707E03">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>площ</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00707E03">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> _____________________________ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00707E03">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>кв.м</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00707E03">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">., за срок </w:t>
       </w:r>
       <w:r w:rsidR="00D625C4" w:rsidRPr="00BB6793">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>от</w:t>
       </w:r>
       <w:r w:rsidRPr="00707E03">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>____________________________</w:t>
       </w:r>
-      <w:r w:rsidR="00253524">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="00253524" w:rsidRPr="00446107">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
       <w:r w:rsidRPr="00707E03">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">____ в </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00707E03">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>урегулиран</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00707E03">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00707E03">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>поземлен</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00707E03">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> имот (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00707E03">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>имот</w:t>
+        <w:t>парцел</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00707E03">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>)____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00253524" w:rsidRPr="00446107">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
       <w:r w:rsidRPr="00707E03">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>парцел</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>____ квартал № ________________ по плана на __________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00D625C4" w:rsidRPr="00446107">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00253524" w:rsidRPr="00446107">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00D625C4" w:rsidRPr="00446107">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D625C4" w:rsidRPr="00446107">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
       <w:r w:rsidRPr="00707E03">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>)____________________</w:t>
-[...42 lines deleted...]
-        <w:t>.(</w:t>
+        <w:t xml:space="preserve">  гр.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00707E03">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>с) _________________________________община_____________________________________</w:t>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:t>(с) _________________________________община_____________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00253524" w:rsidRPr="00446107">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00707E03">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
-      <w:r w:rsidR="00D625C4" w:rsidRPr="00BB6793">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="00D625C4" w:rsidRPr="00446107">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00707E03" w:rsidRPr="00707E03" w:rsidRDefault="00D625C4" w:rsidP="00993FD0">
       <w:pPr>
         <w:ind w:left="3402" w:hanging="3402"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB6793">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">с </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BB6793">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
@@ -2338,94 +2213,114 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BB6793">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00707E03" w:rsidRPr="00707E03">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>адрес: _______________</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB6793">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>_____________________________</w:t>
       </w:r>
       <w:r w:rsidR="00707E03" w:rsidRPr="00707E03">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>_________________</w:t>
       </w:r>
-      <w:r w:rsidR="00253524">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidR="00253524" w:rsidRPr="00446107">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BB6793">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00446107">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="00707E03" w:rsidRPr="00707E03">
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="00707E03" w:rsidRPr="00707E03">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00993FD0">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                               </w:t>
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00993FD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00707E03" w:rsidRPr="00707E03">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">(ЖК, бул., пл., ул., </w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00707E03" w:rsidRPr="00707E03">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЖК, бул., пл., ул., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00707E03" w:rsidRPr="00707E03">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>сграда</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00707E03" w:rsidRPr="00707E03">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> №, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00707E03" w:rsidRPr="00707E03">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -2829,83 +2724,83 @@
     </w:p>
     <w:p w:rsidR="00245344" w:rsidRPr="00D514A8" w:rsidRDefault="00245344">
       <w:pPr>
         <w:pStyle w:val="ae"/>
         <w:ind w:left="1065"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                          </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(подпис)   </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00245344" w:rsidRPr="00D514A8" w:rsidSect="00245344">
-      <w:headerReference w:type="even" r:id="rId11"/>
-[...1 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="426" w:right="566" w:bottom="142" w:left="709" w:header="113" w:footer="680" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F95818" w:rsidRDefault="00F95818" w:rsidP="00957BAF">
+    <w:p w:rsidR="00EC1BE4" w:rsidRDefault="00EC1BE4" w:rsidP="00957BAF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F95818" w:rsidRDefault="00F95818" w:rsidP="00957BAF">
+    <w:p w:rsidR="00EC1BE4" w:rsidRDefault="00EC1BE4" w:rsidP="00957BAF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2929,70 +2824,70 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F95818" w:rsidRDefault="00F95818" w:rsidP="00957BAF">
+    <w:p w:rsidR="00EC1BE4" w:rsidRDefault="00EC1BE4" w:rsidP="00957BAF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F95818" w:rsidRDefault="00F95818" w:rsidP="00957BAF">
+    <w:p w:rsidR="00EC1BE4" w:rsidRDefault="00EC1BE4" w:rsidP="00957BAF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00BE0D95" w:rsidRPr="00C86BD0" w:rsidRDefault="00BE0D95" w:rsidP="00BE0D95">
     <w:pPr>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00BE0D95" w:rsidRPr="000E619F" w:rsidRDefault="00BE0D95" w:rsidP="00BE0D95">
     <w:pPr>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
@@ -3226,85 +3121,85 @@
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>ОБЩИНА ТРЯВНА</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00BE0D95" w:rsidRDefault="00BE0D95">
     <w:pPr>
       <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="008E7CCD" w:rsidRPr="00C86BD0" w:rsidRDefault="008E7CCD" w:rsidP="008E7CCD">
     <w:pPr>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C86BD0">
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">      </w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="008E7CCD" w:rsidRPr="00A6328C" w:rsidRDefault="008E7CCD" w:rsidP="00A6328C">
     <w:pPr>
       <w:rPr>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="000F1CF9" w:rsidRPr="00C86BD0" w:rsidRDefault="000F1CF9" w:rsidP="000F1CF9">
     <w:pPr>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C86BD0">
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">      </w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="000F1CF9" w:rsidRPr="000E619F" w:rsidRDefault="000F1CF9" w:rsidP="000F1CF9">
     <w:pPr>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
@@ -3547,52 +3442,52 @@
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>ОБЩИНА ТРЯВНА</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="000F1CF9" w:rsidRDefault="000F1CF9">
     <w:pPr>
       <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:name w:val="WWNum1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
@@ -3662,51 +3557,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C3A10B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8390B628"/>
     <w:lvl w:ilvl="0" w:tplc="E6D2A432">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
@@ -3751,51 +3646,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F6A4DC2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9214AC72"/>
     <w:lvl w:ilvl="0" w:tplc="0402000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3837,51 +3732,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AFD2A3B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AF28FCF2"/>
     <w:lvl w:ilvl="0" w:tplc="57441D9E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0402001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3923,51 +3818,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5385" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04020019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0402001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6825" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="561E7C0B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2C7E6A02"/>
     <w:lvl w:ilvl="0" w:tplc="0402000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -4036,51 +3931,51 @@
     <w:lvl w:ilvl="7" w:tplc="04020019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0402001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58450C64"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1EBECC64"/>
     <w:lvl w:ilvl="0" w:tplc="04020001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4149,51 +4044,51 @@
     <w:lvl w:ilvl="7" w:tplc="04020003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04020005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6A191F16"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5C324360"/>
     <w:lvl w:ilvl="0" w:tplc="14241692">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="340" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:eastAsia="Calibri" w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1060" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4239,51 +4134,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4660" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04020019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5380" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0402001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6100" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="766719B9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CA84DC22"/>
     <w:lvl w:ilvl="0" w:tplc="04020001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04020003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4459,82 +4354,84 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="2"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="140"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008217F6"/>
     <w:rsid w:val="00006D03"/>
     <w:rsid w:val="000156FC"/>
     <w:rsid w:val="000454ED"/>
     <w:rsid w:val="000461A4"/>
+    <w:rsid w:val="000536C2"/>
     <w:rsid w:val="00074EB1"/>
     <w:rsid w:val="00081BEB"/>
     <w:rsid w:val="000A2431"/>
     <w:rsid w:val="000B02CA"/>
     <w:rsid w:val="000B4FBA"/>
     <w:rsid w:val="000D2C9E"/>
     <w:rsid w:val="000D70FC"/>
     <w:rsid w:val="000E619F"/>
     <w:rsid w:val="000F1CF9"/>
     <w:rsid w:val="0010269F"/>
     <w:rsid w:val="001052BD"/>
     <w:rsid w:val="00115496"/>
     <w:rsid w:val="00125591"/>
     <w:rsid w:val="001837C3"/>
     <w:rsid w:val="001927A9"/>
     <w:rsid w:val="001967AD"/>
     <w:rsid w:val="001A0A30"/>
     <w:rsid w:val="001A1DE5"/>
     <w:rsid w:val="001A372C"/>
     <w:rsid w:val="001A7DCB"/>
     <w:rsid w:val="001C03F8"/>
     <w:rsid w:val="001C7C9D"/>
     <w:rsid w:val="001D0BF0"/>
     <w:rsid w:val="001E0FE1"/>
     <w:rsid w:val="001F5BC7"/>
@@ -4552,50 +4449,51 @@
     <w:rsid w:val="002A1290"/>
     <w:rsid w:val="002B0450"/>
     <w:rsid w:val="002B0AB8"/>
     <w:rsid w:val="002F239B"/>
     <w:rsid w:val="002F6126"/>
     <w:rsid w:val="003156F7"/>
     <w:rsid w:val="003246B1"/>
     <w:rsid w:val="0033090F"/>
     <w:rsid w:val="003561D7"/>
     <w:rsid w:val="00362F24"/>
     <w:rsid w:val="00367D4F"/>
     <w:rsid w:val="0038233B"/>
     <w:rsid w:val="00383E3C"/>
     <w:rsid w:val="003900C8"/>
     <w:rsid w:val="003967DD"/>
     <w:rsid w:val="003A27E4"/>
     <w:rsid w:val="003A70D7"/>
     <w:rsid w:val="003B1113"/>
     <w:rsid w:val="003B3D5E"/>
     <w:rsid w:val="003D0B42"/>
     <w:rsid w:val="003D6E80"/>
     <w:rsid w:val="003F1FA9"/>
     <w:rsid w:val="00423314"/>
     <w:rsid w:val="004416CB"/>
     <w:rsid w:val="00443274"/>
+    <w:rsid w:val="00446107"/>
     <w:rsid w:val="004472D4"/>
     <w:rsid w:val="00456303"/>
     <w:rsid w:val="00462B28"/>
     <w:rsid w:val="00491063"/>
     <w:rsid w:val="0049568D"/>
     <w:rsid w:val="004B20B6"/>
     <w:rsid w:val="004B63BE"/>
     <w:rsid w:val="004C2C65"/>
     <w:rsid w:val="004D1054"/>
     <w:rsid w:val="005005D7"/>
     <w:rsid w:val="00561986"/>
     <w:rsid w:val="005742B4"/>
     <w:rsid w:val="0059660C"/>
     <w:rsid w:val="005C13E5"/>
     <w:rsid w:val="005C69B8"/>
     <w:rsid w:val="005D082E"/>
     <w:rsid w:val="005D620C"/>
     <w:rsid w:val="00606381"/>
     <w:rsid w:val="006205D5"/>
     <w:rsid w:val="00635B47"/>
     <w:rsid w:val="0064010E"/>
     <w:rsid w:val="00641489"/>
     <w:rsid w:val="006578D0"/>
     <w:rsid w:val="006A3A2B"/>
     <w:rsid w:val="006A571E"/>
@@ -4704,126 +4602,260 @@
     <w:rsid w:val="00D27E68"/>
     <w:rsid w:val="00D35A6D"/>
     <w:rsid w:val="00D514A8"/>
     <w:rsid w:val="00D52353"/>
     <w:rsid w:val="00D625C4"/>
     <w:rsid w:val="00D63B0C"/>
     <w:rsid w:val="00D7076E"/>
     <w:rsid w:val="00D73357"/>
     <w:rsid w:val="00D76484"/>
     <w:rsid w:val="00DA67BD"/>
     <w:rsid w:val="00DA7410"/>
     <w:rsid w:val="00DB4E29"/>
     <w:rsid w:val="00DC4700"/>
     <w:rsid w:val="00DC78EE"/>
     <w:rsid w:val="00DD28D8"/>
     <w:rsid w:val="00E079BF"/>
     <w:rsid w:val="00E41D68"/>
     <w:rsid w:val="00E53C08"/>
     <w:rsid w:val="00E56218"/>
     <w:rsid w:val="00E7039B"/>
     <w:rsid w:val="00E74945"/>
     <w:rsid w:val="00E77E38"/>
     <w:rsid w:val="00E84CC9"/>
     <w:rsid w:val="00E90323"/>
     <w:rsid w:val="00EB31D8"/>
+    <w:rsid w:val="00EC1BE4"/>
     <w:rsid w:val="00EC5724"/>
     <w:rsid w:val="00EF0E41"/>
     <w:rsid w:val="00EF7121"/>
     <w:rsid w:val="00EF7EEF"/>
     <w:rsid w:val="00F076F9"/>
     <w:rsid w:val="00F14EC5"/>
     <w:rsid w:val="00F26558"/>
     <w:rsid w:val="00F330E8"/>
     <w:rsid w:val="00F47BB9"/>
     <w:rsid w:val="00F656DE"/>
     <w:rsid w:val="00F71997"/>
     <w:rsid w:val="00F73BA8"/>
     <w:rsid w:val="00F8760C"/>
     <w:rsid w:val="00F95818"/>
     <w:rsid w:val="00FA23EE"/>
     <w:rsid w:val="00FB6C4E"/>
     <w:rsid w:val="00FD0D2A"/>
     <w:rsid w:val="00FD14C9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="1B3F7A14"/>
+  <w15:docId w15:val="{9BD7E597-9040-480D-9A41-E30E538D7EB5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 7" w:qFormat="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="footer" w:uiPriority="99"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
-    <w:lsdException w:name="Hyperlink" w:uiPriority="99"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -4891,627 +4923,154 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
-  </w:latentStyles>
-[...575 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008217F6"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="003156F7"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
@@ -5905,51 +5464,51 @@
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af3"/>
     <w:rsid w:val="00707E03"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af3">
     <w:name w:val="Обикновен текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af2"/>
     <w:rsid w:val="00707E03"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="26101123">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="60375209">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6370,51 +5929,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1906573731">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.emf"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://europe.bg/upload/docs/1_logo_mdaar.jpg" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://europe.bg/upload/docs/1_logo_mdaar.jpg" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office тема">
   <a:themeElements>
     <a:clrScheme name="Оffice">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -6675,67 +6234,67 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{325E9DC7-A41D-42EE-B30D-353E4C7CECDC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{30CF3412-880E-40F2-B26A-7528B09BF76B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>260</Words>
-  <Characters>3413</Characters>
+  <Words>548</Words>
+  <Characters>3125</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
+  <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>БЛАНКА</vt:lpstr>
       <vt:lpstr>БЛАНКА</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>MDAAR</Company>