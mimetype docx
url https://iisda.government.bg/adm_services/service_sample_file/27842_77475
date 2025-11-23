--- v0 (2025-10-13)
+++ v1 (2025-11-23)
@@ -1,11991 +1,5228 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14" xml:space="preserve">
   <w:body>
-    <w:p w:rsidR="00C20665" w:rsidRPr="00922363" w:rsidRDefault="00C20665" w:rsidP="00A269CC">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="89"/>
+        <w:ind w:left="0" w:right="80" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Заповед</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>РД-01-213/06.11.2025г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:pos="3158" w:val="left" w:leader="none"/>
+          <w:tab w:pos="6596" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:before="79"/>
+        <w:ind w:left="105" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:position w:val="2"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...2 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Вх. №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="103"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="dotted"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:position w:val="2"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="2"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> ДИРЕКТОРА</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C20665" w:rsidRPr="00922363" w:rsidRDefault="00C20665" w:rsidP="00C20665">
-[...198 lines deleted...]
-        </w:pBdr>
+    <w:p>
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7088"/>
-          <w:tab w:val="right" w:pos="9072"/>
+          <w:tab w:pos="715" w:val="left" w:leader="none"/>
+          <w:tab w:pos="3036" w:val="left" w:leader="none"/>
+          <w:tab w:pos="6490" w:val="left" w:leader="none"/>
         </w:tabs>
-        <w:rPr>
-[...278 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        <w:spacing w:line="269" w:lineRule="exact" w:before="92"/>
+        <w:ind w:left="0" w:right="34" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="-3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Дата:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="-3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:position w:val="-3"/>
+          <w:sz w:val="20"/>
+          <w:u w:val="dotted"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:position w:val="-3"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...11 lines deleted...]
-          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>НА</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="42"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>РЕГИОНАЛНА</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>ЗДРАВНА</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
+          <w:spacing w:val="-10"/>
           <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
-[...1 lines deleted...]
-        <w:t>ДО</w:t>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ИНСПЕКЦИЯ:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A269CC" w:rsidRPr="00922363" w:rsidRDefault="00A269CC" w:rsidP="00A269CC">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="223" w:lineRule="exact" w:before="0"/>
+        <w:ind w:left="1039" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="60"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ден</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light"/>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="60"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light"/>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="60"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>месец</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light"/>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="60"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light"/>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="60"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>година</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="131"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ЗАЯВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+        <w:spacing w:line="249" w:lineRule="auto" w:before="12"/>
+        <w:ind w:left="487" w:right="503"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>издаване</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>хигиенно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>заключение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>извършване</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>дейности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>опасни</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>отпадъци от хуманната медицина</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="26"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="105"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>От</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="116"/>
+        <w:ind w:left="5" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(име,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>презиме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>фамилия)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:pos="5201" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:before="96"/>
+        <w:ind w:left="105"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>длъжност</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>фирма</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="118"/>
+        <w:ind w:left="6793" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(наименование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>съдебна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>регистрация)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:pos="6462" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:before="97"/>
+        <w:ind w:left="105"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>кореспонденция:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>гр.(с.)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Община</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>(район)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:pos="4481" w:val="left" w:leader="none"/>
+          <w:tab w:pos="5742" w:val="left" w:leader="none"/>
+          <w:tab w:pos="6822" w:val="left" w:leader="none"/>
+          <w:tab w:pos="7902" w:val="left" w:leader="none"/>
+          <w:tab w:pos="8982" w:val="left" w:leader="none"/>
+          <w:tab w:pos="10063" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="381" w:lineRule="auto" w:before="136"/>
+        <w:ind w:left="105" w:right="1010"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ул.(ж.к.)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>бл.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>вх.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>ет.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>ап. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>тел. за контакт</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>E-mail</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="158"/>
+        <w:ind w:left="785"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>УВАЖАЕМИ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Г-Н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Г-ЖО</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ДИРЕКТОР,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="785"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Моля</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>основание</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>чл.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>69,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>ал.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>1,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>т.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>управление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>отпадъците</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>(ЗУО),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>да</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>бъде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>издадено</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="8"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Хигиенно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>заключение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>извършване</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>дейности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>опасни</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>отпадъци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>хуманната</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>медицина</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="49"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-[...3 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A269CC" w:rsidRPr="00922363" w:rsidRDefault="00A269CC" w:rsidP="00A269CC">
-[...17 lines deleted...]
-        <w:t>РЗИ - СОФИЙСКА ОБЛАСТ</w:t>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="105"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>обект</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E42708" w:rsidRPr="00922363" w:rsidRDefault="00C20665" w:rsidP="00585080">
-[...97 lines deleted...]
-        <w:t>” № 15</w:t>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:pos="6462" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:before="136"/>
+        <w:ind w:left="105"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>адрес:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>гр.(с.)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Община</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>(район)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A6EDD" w:rsidRPr="00922363" w:rsidRDefault="006A164C" w:rsidP="00671D56">
-[...27 lines deleted...]
-        <w:t>Я</w:t>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:pos="5742" w:val="left" w:leader="none"/>
+          <w:tab w:pos="6822" w:val="left" w:leader="none"/>
+          <w:tab w:pos="7902" w:val="left" w:leader="none"/>
+          <w:tab w:pos="8982" w:val="left" w:leader="none"/>
+          <w:tab w:pos="10063" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:before="133"/>
+        <w:ind w:left="105"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>ул.(ж.к.)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>бл.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>вх.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>ет.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>ап.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C1E13" w:rsidRPr="00922363" w:rsidRDefault="001C1E13" w:rsidP="002261EE">
-[...7 lines deleted...]
-        </w:rPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="51"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002261EE" w:rsidRPr="00922363" w:rsidRDefault="002261EE" w:rsidP="002261EE">
-[...16 lines deleted...]
-        <w:t>З А Я В Л Е Н И Е</w:t>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:ind w:left="105"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Прилагам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>следните</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>документи:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E076B4" w:rsidRPr="00922363" w:rsidRDefault="00E076B4" w:rsidP="00E076B4">
-[...5734 lines deleted...]
-    <w:p w:rsidR="005F7144" w:rsidRPr="006421E5" w:rsidRDefault="005F7144" w:rsidP="00217567">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...79 lines deleted...]
-        <w:t>(Разходите за доставка са за сметка на заявителя на услугата)</w:t>
+        <w:tabs>
+          <w:tab w:pos="105" w:val="left" w:leader="none"/>
+          <w:tab w:pos="321" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="259" w:lineRule="auto" w:before="15" w:after="0"/>
+        <w:ind w:left="105" w:right="961" w:hanging="3"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Mетоди и технологии за третиране на отпадъците по видове дейности, вид и капацитет на съоръженията </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(описват</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>се</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>конкретните</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>методи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>технологии</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>третиране</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>отпадъците</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>се</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>посочва</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>видът</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>капацитетът</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>на съоръженията и инсталациите за третиране на отпадъците за всяка площадка по отделно)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E958AC" w:rsidRPr="00B32847" w:rsidRDefault="005F7144" w:rsidP="00E958AC">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0"/>
-[...43 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:tabs>
+          <w:tab w:pos="324" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="254" w:lineRule="auto" w:before="2" w:after="0"/>
+        <w:ind w:left="105" w:right="187" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Описание</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>мерките</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>безопасност</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>превантивните</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>мерки,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>които</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ще</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>се</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>предприемат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>отпадъците</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>аварийна </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ситуация.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E958AC" w:rsidRPr="00E958AC" w:rsidRDefault="00E958AC" w:rsidP="00E958AC">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:pos="324" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto" w:before="1" w:after="0"/>
+        <w:ind w:left="324" w:right="0" w:hanging="219"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>План</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>собствен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>мониторинг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>контрол.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005F7144" w:rsidRPr="005F7144" w:rsidRDefault="005F7144" w:rsidP="005F7144">
-[...28 lines deleted...]
-          <w:b/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="32"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="105"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Заявлението</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>приложенията</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>се</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>представят</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>в РЗИ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>от:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="27"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="4189" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>(име,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>фамилия,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>длъжност,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>фирма)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="56"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Заявявам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>желанието</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>си</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>издаденият</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>протокол</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>да</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>бъде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>получен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="107"/>
+        <w:ind w:left="417"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Чрез</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>лицензиран</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>пощенски</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>оператор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>(куриерска</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>услуга)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>на</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...27 lines deleted...]
-          <w:b/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>адрес:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:line="360" w:lineRule="auto" w:before="115"/>
+        <w:ind w:left="417" w:right="6206"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>Лично</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>звеното</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>административно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t>обслужване Чрез Системата за сигурно електронно връчване По електронен път на електронна поща</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="249" w:lineRule="auto" w:before="70"/>
+        <w:ind w:left="105" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Изразявам своето съгласие Регионалната здравна инспекция да обработва, съхранява и архивира личните ми данни чрез компютърни и други системи с цел осъществяване на законово регламентираните функции. Уведомен/а съм за целта и средствата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>обработка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>на</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...43 lines deleted...]
-          <w:b/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>данните</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>сферата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ползването</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>им,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>както</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>правото</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>достъп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>до</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>поправка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>данните</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="137"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:pos="7494" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:ind w:left="105"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t>Дата:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t>Подпис:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="54"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="5857"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>Уникален</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>номер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="15"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="17"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="75"/>
+        </w:rPr>
+        <w:t>заявката:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="46"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:pos="1572" w:val="left" w:leader="none"/>
+          <w:tab w:pos="3766" w:val="left" w:leader="none"/>
+          <w:tab w:pos="6095" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="216" w:lineRule="exact" w:before="0"/>
+        <w:ind w:left="132" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="0" simplePos="0" relativeHeight="15729152">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>3217798</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>114969</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="393065" cy="50165"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="3" name="Textbox 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvPr id="3" name="Textbox 3"/>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="393065" cy="50165"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p>
+                            <w:pPr>
+                              <w:spacing w:line="79" w:lineRule="exact" w:before="0"/>
+                              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                              <w:jc w:val="left"/>
+                              <w:rPr>
+                                <w:sz w:val="7"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="7"/>
+                              </w:rPr>
+                              <w:t>Government</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="5"/>
+                                <w:sz w:val="7"/>
+                              </w:rPr>
+                              <w:t> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:spacing w:val="-4"/>
+                                <w:sz w:val="7"/>
+                              </w:rPr>
+                              <w:t>Agency</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape style="position:absolute;margin-left:253.369995pt;margin-top:9.052752pt;width:30.95pt;height:3.95pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:paragraph;z-index:15729152" type="#_x0000_t202" id="docshape3" filled="false" stroked="false">
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p>
+                      <w:pPr>
+                        <w:spacing w:line="79" w:lineRule="exact" w:before="0"/>
+                        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+                        <w:jc w:val="left"/>
+                        <w:rPr>
+                          <w:sz w:val="7"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:spacing w:val="-2"/>
+                          <w:sz w:val="7"/>
+                        </w:rPr>
+                        <w:t>Government</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:spacing w:val="5"/>
+                          <w:sz w:val="7"/>
+                        </w:rPr>
+                        <w:t> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:spacing w:val="-4"/>
+                          <w:sz w:val="7"/>
+                        </w:rPr>
+                        <w:t>Agency</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="none"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="-4"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t>Версия</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="21"/>
+          <w:position w:val="-4"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:position w:val="-4"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="-4"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="-4"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t>Дата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:position w:val="-4"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="-4"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:position w:val="-4"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="-4"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t>създаване</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="6"/>
+          <w:position w:val="-4"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="-4"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t>12.05.2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="3"/>
+          <w:position w:val="-4"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:position w:val="-4"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:t>г.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="-4"/>
+          <w:sz w:val="12"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="-4"/>
+          <w:sz w:val="11"/>
+        </w:rPr>
+        <w:t>State</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="-4"/>
+          <w:sz w:val="11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="-4"/>
+          <w:sz w:val="11"/>
+        </w:rPr>
+        <w:t>e-Government</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="11"/>
+          <w:position w:val="-4"/>
+          <w:sz w:val="11"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="7"/>
+        </w:rPr>
+        <w:t>Digitally</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="7"/>
+        </w:rPr>
+        <w:t>signed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="7"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="7"/>
+        </w:rPr>
+        <w:t>State</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:position w:val="1"/>
+          <w:sz w:val="7"/>
+        </w:rPr>
+        <w:t>e-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="1"/>
+          <w:sz w:val="7"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="75"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Служи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="75"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>за</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...37 lines deleted...]
-        <w:t>:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="75"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>уникално</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="21"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="75"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>идентифициране</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="18"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="75"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="75"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>услугата</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="19"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="75"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="75"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>последващите</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F7144" w:rsidRPr="00167BB6" w:rsidRDefault="005F7144" w:rsidP="005F7144">
-[...124 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0" w:line="216" w:lineRule="exact"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:sectPr>
+          <w:footerReference w:type="default" r:id="rId5"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11920" w:h="16850"/>
+          <w:pgMar w:header="0" w:footer="375" w:top="200" w:bottom="560" w:left="283" w:right="283"/>
+          <w:pgNumType w:start="1"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:pos="1007" w:val="left" w:leader="none"/>
+        </w:tabs>
+        <w:spacing w:line="108" w:lineRule="exact" w:before="39"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="7"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="7"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487530496">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>225425</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="page">
+                  <wp:posOffset>339724</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="7108825" cy="9598025"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="4" name="Group 4"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic>
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvPr id="4" name="Group 4"/>
+                      <wpg:cNvGrpSpPr/>
+                      <wpg:grpSpPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="7108825" cy="9598025"/>
+                          <a:chExt cx="7108825" cy="9598025"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="5" name="Graphic 5"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="3175" y="3175"/>
+                            <a:ext cx="7102475" cy="9591675"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="7102475" h="9591675">
+                                <a:moveTo>
+                                  <a:pt x="0" y="9591560"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="7102221" y="9591560"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="7102221" y="12"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="12"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="9591560"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                              <a:path w="7102475" h="9591675">
+                                <a:moveTo>
+                                  <a:pt x="0" y="685800"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="7102221" y="685800"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="7102221" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="685800"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="6350">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="6" name="Graphic 6"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="4132453" y="670941"/>
+                            <a:ext cx="2941955" cy="1270"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="2941955" h="0">
+                                <a:moveTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="2941828" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="6350">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:prstDash val="dot"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="7" name="Graphic 7"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="17995" y="1699641"/>
+                            <a:ext cx="7056755" cy="4457700"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="7056755" h="4457700">
+                                <a:moveTo>
+                                  <a:pt x="212013" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="7056285" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="7056755" h="4457700">
+                                <a:moveTo>
+                                  <a:pt x="645464" y="411480"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3170466" y="411480"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="7056755" h="4457700">
+                                <a:moveTo>
+                                  <a:pt x="3735235" y="411480"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="7056285" y="411480"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="7056755" h="4457700">
+                                <a:moveTo>
+                                  <a:pt x="1994192" y="822960"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3970566" y="822960"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="7056755" h="4457700">
+                                <a:moveTo>
+                                  <a:pt x="5046764" y="822960"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="7056285" y="822960"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="7056755" h="4457700">
+                                <a:moveTo>
+                                  <a:pt x="549541" y="1051560"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3513366" y="1051560"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="7056755" h="4457700">
+                                <a:moveTo>
+                                  <a:pt x="3787305" y="1051560"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="4199039" y="1051560"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="7056755" h="4457700">
+                                <a:moveTo>
+                                  <a:pt x="4472978" y="1051560"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="4884839" y="1051560"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="7056755" h="4457700">
+                                <a:moveTo>
+                                  <a:pt x="5158778" y="1051560"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="5570512" y="1051560"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="7056755" h="4457700">
+                                <a:moveTo>
+                                  <a:pt x="5844451" y="1051560"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="6256312" y="1051560"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="7056755" h="4457700">
+                                <a:moveTo>
+                                  <a:pt x="6530251" y="1051560"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="6941985" y="1051560"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="7056755" h="4457700">
+                                <a:moveTo>
+                                  <a:pt x="950734" y="1280160"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="2713266" y="1280160"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="7056755" h="4457700">
+                                <a:moveTo>
+                                  <a:pt x="3196628" y="1280160"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="7056285" y="1280160"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="7056755" h="4457700">
+                                <a:moveTo>
+                                  <a:pt x="431660" y="2240280"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="7056285" y="2240280"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="7056755" h="4457700">
+                                <a:moveTo>
+                                  <a:pt x="837209" y="2468880"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3970439" y="2468880"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="7056755" h="4457700">
+                                <a:moveTo>
+                                  <a:pt x="5046764" y="2468880"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="7056285" y="2468880"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="7056755" h="4457700">
+                                <a:moveTo>
+                                  <a:pt x="549541" y="2697480"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="3513366" y="2697480"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="7056755" h="4457700">
+                                <a:moveTo>
+                                  <a:pt x="3787305" y="2697480"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="4199039" y="2697480"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="7056755" h="4457700">
+                                <a:moveTo>
+                                  <a:pt x="4472978" y="2697480"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="4884839" y="2697480"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="7056755" h="4457700">
+                                <a:moveTo>
+                                  <a:pt x="5158778" y="2697480"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="5570512" y="2697480"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="7056755" h="4457700">
+                                <a:moveTo>
+                                  <a:pt x="5844451" y="2697480"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="6256312" y="2697480"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="7056755" h="4457700">
+                                <a:moveTo>
+                                  <a:pt x="6530251" y="2697480"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="6941985" y="2697480"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="7056755" h="4457700">
+                                <a:moveTo>
+                                  <a:pt x="3271812" y="4229100"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="7056285" y="4229100"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="7056755" h="4457700">
+                                <a:moveTo>
+                                  <a:pt x="0" y="4457700"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="7056285" y="4457700"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="6350">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="8" name="Image 8"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="39179" y="6722746"/>
+                            <a:ext cx="126988" cy="126998"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="9" name="Image 9"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="39179" y="6938773"/>
+                            <a:ext cx="126988" cy="126998"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="10" name="Image 10"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId7" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="39179" y="7154800"/>
+                            <a:ext cx="126988" cy="126998"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="11" name="Image 11"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="39179" y="7370827"/>
+                            <a:ext cx="126988" cy="126998"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                      <wps:wsp>
+                        <wps:cNvPr id="12" name="Graphic 12"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="329222" y="7536942"/>
+                            <a:ext cx="6745605" cy="1208405"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="6745605" h="1208405">
+                                <a:moveTo>
+                                  <a:pt x="2317457" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="6745058" y="0"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="6745605" h="1208405">
+                                <a:moveTo>
+                                  <a:pt x="0" y="1202690"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1141818" y="1202690"/>
+                                </a:lnTo>
+                              </a:path>
+                              <a:path w="6745605" h="1208405">
+                                <a:moveTo>
+                                  <a:pt x="4769573" y="1208024"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="6655777" y="1208024"/>
+                                </a:lnTo>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:ln w="6350">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:prstDash val="solid"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="13" name="Graphic 13"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="5095367" y="8780653"/>
+                            <a:ext cx="1879600" cy="234950"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="1879600" h="234950">
+                                <a:moveTo>
+                                  <a:pt x="1879473" y="381"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1873123" y="381"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1873123" y="6350"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1873123" y="228600"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6350" y="228600"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6350" y="6350"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1873123" y="6350"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1873123" y="381"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1873123" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="6350"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="228600"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="234950"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1879473" y="234950"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1879473" y="228600"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1879473" y="381"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="14" name="Graphic 14"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="5101716" y="8787383"/>
+                            <a:ext cx="1866900" cy="222250"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="1866900" h="222250">
+                                <a:moveTo>
+                                  <a:pt x="1866773" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="0"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="221869"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6350" y="215519"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6350" y="6350"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1860423" y="6350"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1866773" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="808080"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="15" name="Graphic 15"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="5101716" y="8787383"/>
+                            <a:ext cx="1866900" cy="222250"/>
+                          </a:xfrm>
+                          <a:custGeom>
+                            <a:avLst/>
+                            <a:gdLst/>
+                            <a:ahLst/>
+                            <a:cxnLst/>
+                            <a:rect l="l" t="t" r="r" b="b"/>
+                            <a:pathLst>
+                              <a:path w="1866900" h="222250">
+                                <a:moveTo>
+                                  <a:pt x="1866773" y="0"/>
+                                </a:moveTo>
+                                <a:lnTo>
+                                  <a:pt x="1860423" y="6350"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1860423" y="215519"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="6350" y="215519"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="0" y="221869"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1866773" y="221869"/>
+                                </a:lnTo>
+                                <a:lnTo>
+                                  <a:pt x="1866773" y="0"/>
+                                </a:lnTo>
+                                <a:close/>
+                              </a:path>
+                            </a:pathLst>
+                          </a:custGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="D2D0C6"/>
+                          </a:solidFill>
+                        </wps:spPr>
+                        <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="16" name="Image 16"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId8" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="2867786" y="9207842"/>
+                            <a:ext cx="224739" cy="225678"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group style="position:absolute;margin-left:17.75pt;margin-top:26.749977pt;width:559.75pt;height:755.75pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;z-index:-15785984" id="docshapegroup4" coordorigin="355,535" coordsize="11195,15115">
+                <v:shape style="position:absolute;left:360;top:540;width:11185;height:15105" id="docshape5" coordorigin="360,540" coordsize="11185,15105" path="m360,15645l11545,15645,11545,540,360,540,360,15645xm360,1620l11545,1620,11545,540,360,540,360,1620xe" filled="false" stroked="true" strokeweight=".5pt" strokecolor="#000000">
+                  <v:path arrowok="t"/>
+                  <v:stroke dashstyle="solid"/>
+                </v:shape>
+                <v:line style="position:absolute" from="6863,1592" to="11496,1592" stroked="true" strokeweight=".5pt" strokecolor="#000000">
+                  <v:stroke dashstyle="dot"/>
+                </v:line>
+                <v:shape style="position:absolute;left:383;top:3211;width:11113;height:7020" id="docshape6" coordorigin="383,3212" coordsize="11113,7020" path="m717,3212l11496,3212m1400,3860l5376,3860m6266,3860l11496,3860m3524,4508l6636,4508m8331,4508l11496,4508m1249,4868l5916,4868m6348,4868l6996,4868m7427,4868l8076,4868m8507,4868l9156,4868m9587,4868l10236,4868m10667,4868l11316,4868m1881,5228l4656,5228m5417,5228l11496,5228m1063,6740l11496,6740m1702,7100l6636,7100m8331,7100l11496,7100m1249,7460l5916,7460m6348,7460l6996,7460m7427,7460l8076,7460m8507,7460l9156,7460m9587,7460l10236,7460m10667,7460l11316,7460m5536,9872l11496,9872m383,10232l11496,10232e" filled="false" stroked="true" strokeweight=".5pt" strokecolor="#000000">
+                  <v:path arrowok="t"/>
+                  <v:stroke dashstyle="solid"/>
+                </v:shape>
+                <v:shape style="position:absolute;left:416;top:11122;width:200;height:200" type="#_x0000_t75" id="docshape7" stroked="false">
+                  <v:imagedata r:id="rId6" o:title=""/>
+                </v:shape>
+                <v:shape style="position:absolute;left:416;top:11462;width:200;height:200" type="#_x0000_t75" id="docshape8" stroked="false">
+                  <v:imagedata r:id="rId6" o:title=""/>
+                </v:shape>
+                <v:shape style="position:absolute;left:416;top:11802;width:200;height:200" type="#_x0000_t75" id="docshape9" stroked="false">
+                  <v:imagedata r:id="rId7" o:title=""/>
+                </v:shape>
+                <v:shape style="position:absolute;left:416;top:12142;width:200;height:200" type="#_x0000_t75" id="docshape10" stroked="false">
+                  <v:imagedata r:id="rId6" o:title=""/>
+                </v:shape>
+                <v:shape style="position:absolute;left:873;top:12404;width:10623;height:1903" id="docshape11" coordorigin="873,12404" coordsize="10623,1903" path="m4523,12404l11496,12404m873,14298l2672,14298m8385,14307l11355,14307e" filled="false" stroked="true" strokeweight=".5pt" strokecolor="#000000">
+                  <v:path arrowok="t"/>
+                  <v:stroke dashstyle="solid"/>
+                </v:shape>
+                <v:shape style="position:absolute;left:8379;top:14362;width:2960;height:370" id="docshape12" coordorigin="8379,14363" coordsize="2960,370" path="m11339,14363l11329,14363,11329,14373,11329,14723,8389,14723,8389,14373,11329,14373,11329,14363,11329,14363,8379,14363,8379,14373,8379,14723,8379,14733,11339,14733,11339,14723,11339,14363xe" filled="true" fillcolor="#000000" stroked="false">
+                  <v:path arrowok="t"/>
+                  <v:fill type="solid"/>
+                </v:shape>
+                <v:shape style="position:absolute;left:8389;top:14373;width:2940;height:350" id="docshape13" coordorigin="8389,14373" coordsize="2940,350" path="m11329,14373l8389,14373,8389,14723,8399,14713,8399,14383,11319,14383,11329,14373xe" filled="true" fillcolor="#808080" stroked="false">
+                  <v:path arrowok="t"/>
+                  <v:fill type="solid"/>
+                </v:shape>
+                <v:shape style="position:absolute;left:8389;top:14373;width:2940;height:350" id="docshape14" coordorigin="8389,14373" coordsize="2940,350" path="m11329,14373l11319,14383,11319,14713,8399,14713,8389,14723,11329,14723,11329,14373xe" filled="true" fillcolor="#d2d0c6" stroked="false">
+                  <v:path arrowok="t"/>
+                  <v:fill type="solid"/>
+                </v:shape>
+                <v:shape style="position:absolute;left:4871;top:15035;width:354;height:356" type="#_x0000_t75" id="docshape15" stroked="false">
+                  <v:imagedata r:id="rId8" o:title=""/>
+                </v:shape>
+                <w10:wrap type="none"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="-2"/>
+          <w:sz w:val="11"/>
+        </w:rPr>
+        <w:t>Agency</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:position w:val="-2"/>
+          <w:sz w:val="11"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="7"/>
+        </w:rPr>
+        <w:t>Date: 2022.05.12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="7"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="7"/>
+        </w:rPr>
+        <w:t>12:02:14</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="62" w:lineRule="exact" w:before="0"/>
+        <w:ind w:left="0" w:right="583" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="7"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="7"/>
+        </w:rPr>
+        <w:t>+03'00'</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="auto" w:before="0"/>
+        <w:ind w:left="1284" w:right="1016" w:hanging="329"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:br w:type="column"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="80"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>действия</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="80"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="80"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>нейната</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="80"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>обработка,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="80"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>заплащане</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="80"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="80"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:w w:val="80"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="80"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>доставка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="85"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> (генерира</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="85"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="85"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>се</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="85"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="85"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>автоматично</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:w w:val="85"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="85"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="85"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="85"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>избор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="85"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="85"/>
+          <w:sz w:val="18"/>
         </w:rPr>
         <w:t>на</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...142 lines deleted...]
-        <w:t>“;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:w w:val="85"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:w w:val="85"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>дата)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F7144" w:rsidRDefault="005F7144" w:rsidP="005F7144">
-[...2247 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:sectPr>
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11920" w:h="16850"/>
+      <w:pgMar w:header="0" w:footer="375" w:top="200" w:bottom="560" w:left="283" w:right="283"/>
+      <w:cols w:num="2" w:equalWidth="0">
+        <w:col w:w="5578" w:space="40"/>
+        <w:col w:w="5736"/>
+      </w:cols>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="1"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...4 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  <w:font w:name="Arial">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="1"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...1 lines deleted...]
-    <w:charset w:val="02"/>
+  <w:font w:name="Arial MT">
+    <w:altName w:val="Arial MT"/>
+    <w:charset w:val="1"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="1"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Hebar">
-[...1 lines deleted...]
-    <w:charset w:val="00"/>
+  <w:font w:name="Microsoft Sans Serif">
+    <w:altName w:val="Microsoft Sans Serif"/>
+    <w:charset w:val="1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...1 lines deleted...]
-    <w:charset w:val="CC"/>
+  <w:font w:name="Segoe UI Light">
+    <w:altName w:val="Segoe UI Light"/>
+    <w:charset w:val="1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...39 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14" xml:space="preserve">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr/>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487530496">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>250952</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>10315805</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="547370" cy="140970"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="Textbox 1"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvPr id="1" name="Textbox 1"/>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="547370" cy="140970"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p>
+                          <w:pPr>
+                            <w:tabs>
+                              <w:tab w:pos="497" w:val="left" w:leader="none"/>
+                            </w:tabs>
+                            <w:spacing w:before="20"/>
+                            <w:ind w:left="20" w:right="0" w:firstLine="0"/>
+                            <w:jc w:val="left"/>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-5"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>URI</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:tab/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-4"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>1795</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype id="_x0000_t202" o:spt="202" coordsize="21600,21600" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape style="position:absolute;margin-left:19.760pt;margin-top:812.268127pt;width:43.1pt;height:11.1pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;z-index:-15785984" type="#_x0000_t202" id="docshape1" filled="false" stroked="false">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p>
+                    <w:pPr>
+                      <w:tabs>
+                        <w:tab w:pos="497" w:val="left" w:leader="none"/>
+                      </w:tabs>
+                      <w:spacing w:before="20"/>
+                      <w:ind w:left="20" w:right="0" w:firstLine="0"/>
+                      <w:jc w:val="left"/>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-5"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>URI</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:tab/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-4"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>1795</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap type="none"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r>
+      <w:rPr/>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487531008">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>6825488</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>10324948</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="501650" cy="140970"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2" name="Textbox 2"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvPr id="2" name="Textbox 2"/>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="501650" cy="140970"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p>
+                          <w:pPr>
+                            <w:spacing w:before="20"/>
+                            <w:ind w:left="20" w:right="0" w:firstLine="0"/>
+                            <w:jc w:val="left"/>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>Стр</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>1 от</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="1"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>1</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape style="position:absolute;margin-left:537.440002pt;margin-top:812.988098pt;width:39.5pt;height:11.1pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;z-index:-15785472" type="#_x0000_t202" id="docshape2" filled="false" stroked="false">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p>
+                    <w:pPr>
+                      <w:spacing w:before="20"/>
+                      <w:ind w:left="20" w:right="0" w:firstLine="0"/>
+                      <w:jc w:val="left"/>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>Стр</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>1 от</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="1"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>1</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap type="none"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...4 lines deleted...]
-    <w:name w:val="WWNum2"/>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
-[...391 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="2640DA4C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1069" w:hanging="360"/>
+        <w:ind w:left="105" w:hanging="221"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:spacing w:val="-1"/>
+        <w:w w:val="99"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="221"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
+        <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04020019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1789" w:hanging="360"/>
-[...79 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="2349" w:hanging="221"/>
       </w:pPr>
       <w:rPr>
-        <w:i w:val="0"/>
-        <w:color w:val="auto"/>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04020019">
-[...2 lines deleted...]
-      <w:lvlText w:val="%2."/>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="3473" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0402001B" w:tentative="1">
-[...9 lines deleted...]
-      </w:pPr>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4598" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0402000F" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%4."/>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="5722" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04020019" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%5."/>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="6847" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0402001B" w:tentative="1">
-[...9 lines deleted...]
-      </w:pPr>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7971" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0402000F" w:tentative="1">
-[...2 lines deleted...]
-      <w:lvlText w:val="%7."/>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="0"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...27 lines deleted...]
-      </w:pPr>
+        <w:ind w:left="9096" w:hanging="221"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="4"/>
-[...4 lines deleted...]
-  <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...5 lines deleted...]
-  <w:noPunctuationKerning/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="120"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:ulTrailSpace/>
+    <w:shapeLayoutLikeWW8/>
+    <w:useFELayout/>
+    <w:compatSetting w:val="14" w:uri="http://schemas.microsoft.com/office/word" w:name="compatibilityMode"/>
   </w:compat>
-  <w:rsids>
-[...121 lines deleted...]
-  <w15:docId w15:val="{816FD05A-6181-4361-B9EB-0CFFC347903F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
+        <w:rFonts w:cstheme="minorBidi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:asciiTheme="minorHAnsi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:bidi="ar-SA" w:eastAsia="en-US"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...402 lines deleted...]
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:styleId="DefaultParagraphFont" w:default="1" w:type="character">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
-[...1 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:styleId="TableNormal" w:default="1" w:type="table">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="108" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="108" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:styleId="NoList" w:default="1" w:type="numbering">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
+  <w:style w:default="1" w:styleId="Normal" w:type="paragraph">
+    <w:name w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:styleId="BodyText" w:type="paragraph">
+    <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="002261EE"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:styleId="Heading1" w:type="paragraph">
+    <w:name w:val="Heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:tabs>
-[...1 lines deleted...]
-      </w:tabs>
+      <w:ind w:left="76"/>
+      <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
-      <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
-    <w:name w:val="Body Text Indent 2"/>
+  <w:style w:styleId="Title" w:type="paragraph">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="002261EE"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:ind w:firstLine="708"/>
-[...32 lines deleted...]
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:spacing w:before="1"/>
+      <w:ind w:right="21"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Calibri"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="30"/>
-[...1 lines deleted...]
-      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="historyitem">
-[...2 lines deleted...]
-    <w:rsid w:val="00424E36"/>
+  <w:style w:styleId="ListParagraph" w:type="paragraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="1"/>
+      <w:ind w:left="105" w:hanging="219"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="historyitemselected1">
-[...2 lines deleted...]
-    <w:rsid w:val="00424E36"/>
+  <w:style w:styleId="TableParagraph" w:type="paragraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr/>
     <w:rPr>
-      <w:rFonts w:cs="Times New Roman"/>
-[...113 lines deleted...]
-      <w:lang w:val="pl-PL" w:eastAsia="pl-PL"/>
+      <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...1003 lines deleted...]
-</file>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/></Relationships>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pay.egov.bg/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office тема">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Оffice">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Оffice">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Оffice">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -12117,88 +5354,61 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>5192</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>43</Lines>
-  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...34 lines deleted...]
-  <Company>Microsoft Corporation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6090</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Вх</dc:title>
-[...3 lines deleted...]
-  <cp:lastPrinted></cp:lastPrinted>
+  <dc:creator>USER</dc:creator>
+  <dc:subject>179501ZVLNv01</dc:subject>
+  <dc:title>179501ZVLNv01.pdf</dc:title>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2025-11-17T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2025-11-19T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>
+  </property>
+</Properties>
+</file>