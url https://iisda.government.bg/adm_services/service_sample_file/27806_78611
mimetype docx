--- v0 (2025-10-13)
+++ v1 (2025-11-23)
@@ -1,173 +1,107 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="003C2582" w:rsidRPr="00A714E4" w:rsidRDefault="003C2582" w:rsidP="000B459C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial Narrow"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:bdr w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000C299E" w:rsidRDefault="00832333" w:rsidP="000C299E">
+      <w:pPr>
+        <w:ind w:left="1134"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:smallCaps/>
+        </w:rPr>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...73 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-204470</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="716280" cy="683260"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="11" name="Picture 1" descr="untitled"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="untitled"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6">
+                    <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="716280" cy="683260"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
@@ -284,304 +218,507 @@
           <w:top w:val="double" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Гр. София, 1431, бул. Акад. Иван Гешов № 15</w:t>
+        <w:t>Гр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>София</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 1431, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>бул</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Акад</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Иван</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Гешов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>mail</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>rzi</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>so</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>@</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>rzi</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>sfo</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="005E3723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>egov.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>bg</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5670"/>
           <w:tab w:val="left" w:pos="7088"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">                        Тел. 02/807 87 00;  факс: 02/807 87 10</w:t>
+        <w:t>Тел</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>. 02/807 87 00</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">;  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>факс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>: 02/807 87 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>www</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>rzi</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>sfo</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="005E3723">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>egov.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>bg</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
+    <w:p w:rsidR="005E3723" w:rsidRDefault="005E3723" w:rsidP="000C299E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Вх. №  ..................... / ..............  20 ... г.</w:t>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Вх</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. №  ..................... </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/ ..............</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  20 ... г.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000C299E" w:rsidRPr="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
@@ -792,150 +929,356 @@
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t>ЗАЯВЛЕНИЕ </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>от .................................................................................................................................................................</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .................................................................................................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
-        <w:t>(наименование на заявителя)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>заявителя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>Адрес на управление:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>Адрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>управление</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>гр./с. ......................................................................................, пощенски код ...........................................,</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>гр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">./с. ......................................................................................, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>пощенски</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>код</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ...........................................,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>община ......................................................................................................................................................,</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>община</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ......................................................................................................................................................,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>ул./бул. ............................................................................................................................. № ....................,</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>ул</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>./</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>бул</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>. ............................................................................................................................. № ....................,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t>ЕИК: ............................................................................................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C299E" w:rsidRPr="00A714E4" w:rsidRDefault="00A714E4" w:rsidP="000C299E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
@@ -979,57 +1322,625 @@
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>ИЗПЪЛНИТЕЛЕН ДИРЕКТОР</w:t>
       </w:r>
       <w:r w:rsidR="000C299E" w:rsidRPr="00A714E4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:b/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>Моля на основание чл. 10, ал. 1 от Наредба № 4 от 2018 г. за условията и реда за унищожаването, преработването или използването за други цели на лекарствените продукти да бъде издадена заповед за унищожаване на следните лекарствени продукти:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>Моля</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>основание</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>чл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 10, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>ал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>Наредба</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2018 г. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>условията</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>реда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>унищожаването</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>преработването</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>използването</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>други</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>цели</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>лекарствените</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>продукти</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>бъде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>издадена</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>заповед</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>унищожаване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>следните</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>лекарствени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>продукти</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1571"/>
         <w:gridCol w:w="2002"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1046"/>
         <w:gridCol w:w="1311"/>
         <w:gridCol w:w="796"/>
         <w:gridCol w:w="1579"/>
       </w:tblGrid>
       <w:tr w:rsidR="000C299E" w:rsidRPr="000C299E" w:rsidTr="000C299E">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
@@ -1044,316 +1955,366 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:highlight w:val="white"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:highlight w:val="white"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
               <w:t>Наименование</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2002" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:highlight w:val="white"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:highlight w:val="white"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
-              <w:t>Лекарствена форма</w:t>
+              <w:t>Лекарствена</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:highlight w:val="white"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:highlight w:val="white"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+              </w:rPr>
+              <w:t>форма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:highlight w:val="white"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:highlight w:val="white"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
               <w:t>Производител</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1046" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:highlight w:val="white"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:highlight w:val="white"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
               <w:t>Партида</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:highlight w:val="white"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:highlight w:val="white"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
               <w:t>Количество</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="796" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:highlight w:val="white"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:highlight w:val="white"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
               <w:t>Цена</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="256" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:highlight w:val="white"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                 <w:highlight w:val="white"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
-              <w:t>Обща стойност</w:t>
+              <w:t>Обща</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:highlight w:val="white"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+                <w:highlight w:val="white"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+              </w:rPr>
+              <w:t>стойност</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C299E" w:rsidRPr="000C299E" w:rsidTr="000C299E">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1571" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
             <w:tcMar>
               <w:top w:w="60" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
@@ -2238,345 +3199,2097 @@
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>Поради: .......................................................................................................................................................</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>Поради</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>: .......................................................................................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
-        <w:t>(причина)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>причина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Обща стойност: ..........................................................................................................................................</w:t>
+        <w:t>Обща</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>стойност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>: ..........................................................................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>Прилагам и следните документи:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>Прилагам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>следните</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>документи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
-        <w:t>1. заповед за извършване на бракуване на лекарствените продукти, указваща и лицата, отговорни за организиране на бракуването;</w:t>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>заповед</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>извършване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>бракуване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>лекарствените</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>продукти</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>указваща</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>лицата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>отговорни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>организиране</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>бракуването</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
-        <w:t>2. договор за унищожаване на лекарствените продукти с лице, притежаващо документ по чл. 35, ал. 1 от Закона за управление на отпадъците;</w:t>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>договор</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>унищожаване</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>лекарствените</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>продукти</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>лице</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>притежаващо</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>документ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>чл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 35, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>ал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>управление</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>отпадъците</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
-        <w:t>3. документ за платена държавна такса по чл. 29 от Тарифата за таксите, които се събират от органите на държавния здравен контрол и националните центрове по проблемите на общественото здраве по Закона за здравето;</w:t>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>документ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>платена</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>държавна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>такса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>чл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. 29 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>Тарифата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>таксите</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>които</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>се</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>събират</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>органите</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>държавния</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>здравен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>контрол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>националните</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>центрове</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>проблемите</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>общественото</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>здраве</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>здравето</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
         <w:t>4. ................................................................................................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
-        <w:t>(други допълнителни документи за унищожаването, изискани от ИАЛ: сертификати, удостоверение за внос, писма за волята на дарителя, протоколи за клинични изпитвания и др.).</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:highlight w:val="white"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>други</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>допълнителни</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>документи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>унищожаването</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>изискани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ИАЛ: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>сертификати</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>удостоверение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>внос</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>писма</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>волята</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>дарителя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>протоколи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>клинични</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>изпитвания</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>др</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>.).</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00A93238" w:rsidRDefault="00A93238" w:rsidP="00A93238">
       <w:pPr>
         <w:pStyle w:val="Style"/>
         <w:ind w:left="0" w:right="0" w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Уведомяваме Ви, че РЗИ – Софийска област обработва законосъобразно вашите документи, съдържащи лични данни.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+    <w:p w:rsidR="0054726A" w:rsidRDefault="0054726A" w:rsidP="003E7825">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
-          <w:highlight w:val="white"/>
-[...31 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="003E7825" w:rsidRDefault="003E7825" w:rsidP="003E7825">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:lang w:val="bg-BG" w:eastAsia="bg-BG"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
-        <w:t>Начини на плащане:</w:t>
+        <w:t>Начини</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>плащане</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003E7825" w:rsidRDefault="003E7825" w:rsidP="003E7825">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>По банков път :</w:t>
+        <w:t>По</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>банков</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>път</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003E7825" w:rsidRDefault="003E7825" w:rsidP="003E7825">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
           <w:u w:val="single"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
           <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
@@ -2588,57 +5301,111 @@
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003E7825" w:rsidRDefault="003E7825" w:rsidP="003E7825">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">БУЛСТАТ: 176032724 Банка: ТБ УниКредит Булбанк АД,  </w:t>
-[...5 lines deleted...]
-        <w:t>офис „Хемус”</w:t>
+        <w:t xml:space="preserve">БУЛСТАТ: 176032724 Банка: ТБ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>УниКредит</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Булбанк</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> АД,  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>офис</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>Хемус</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>”</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003E7825" w:rsidRDefault="003E7825" w:rsidP="003E7825">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:ind w:firstLine="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve">IBAN: BG22UNCR96603125006216 </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003E7825" w:rsidRDefault="003E7825" w:rsidP="003E7825">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
@@ -2668,87 +5435,171 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">В брой – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">на каса в звеното за административно обслужване/деловодство на адрес: град София, 1431 бул. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
-        <w:t>„Акад. Иван Гешов“ № 15</w:t>
+        <w:t>„</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>Акад</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>Иван</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>Гешов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>“ № 15</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003E7825" w:rsidRDefault="003E7825" w:rsidP="003E7825">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Картови плащания чрез инсталиран ПОС терминал – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">в звеното за административно обслужване/деловодство на адрес: град София, 1431 бул. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
-        <w:t>„Акад. Иван Гешов“ № 15.</w:t>
+        <w:t>„</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>Акад</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>Иван</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>Гешов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>“ № 15.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003E7825" w:rsidRDefault="003E7825" w:rsidP="003E7825">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
         <w:t>E-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -2757,50 +5608,167 @@
         </w:rPr>
         <w:t xml:space="preserve">плащане </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>чрез единната входна точка, достъпна на адрес</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>: pay.egov.bg</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003E7825" w:rsidRDefault="003E7825" w:rsidP="003E7825">
       <w:pPr>
         <w:pStyle w:val="Style"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0054726A" w:rsidRPr="003020A9" w:rsidRDefault="0054726A" w:rsidP="0054726A">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003020A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>Дата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003020A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: .................                                                                                             С </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003020A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>уважение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003020A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:b/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>: ..................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0054726A" w:rsidRDefault="0054726A" w:rsidP="0054726A">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>                                                                                                                                        (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>подпис</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>ипечат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:highlight w:val="white"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="000C299E" w:rsidRPr="000C299E" w:rsidRDefault="000C299E" w:rsidP="000C299E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000C299E" w:rsidRPr="000C299E" w:rsidSect="0067547F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="567" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3176,138 +6144,133 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
-    <w:lvlOverride w:ilvl="0"/>
-[...7 lines deleted...]
-    <w:lvlOverride w:ilvl="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF5F4B"/>
     <w:rsid w:val="00097C33"/>
     <w:rsid w:val="000B459C"/>
     <w:rsid w:val="000C0E05"/>
     <w:rsid w:val="000C299E"/>
     <w:rsid w:val="0010228A"/>
     <w:rsid w:val="00132842"/>
     <w:rsid w:val="0013330F"/>
     <w:rsid w:val="0016689E"/>
+    <w:rsid w:val="00187752"/>
     <w:rsid w:val="002C6DDF"/>
     <w:rsid w:val="003020A9"/>
     <w:rsid w:val="003C2582"/>
     <w:rsid w:val="003E7825"/>
+    <w:rsid w:val="00451F02"/>
     <w:rsid w:val="00485A10"/>
     <w:rsid w:val="004866D3"/>
     <w:rsid w:val="004F6924"/>
+    <w:rsid w:val="0054726A"/>
     <w:rsid w:val="005C2C7F"/>
+    <w:rsid w:val="005E3723"/>
     <w:rsid w:val="0067547F"/>
     <w:rsid w:val="007E6452"/>
     <w:rsid w:val="00832333"/>
     <w:rsid w:val="008D4084"/>
     <w:rsid w:val="00904D84"/>
     <w:rsid w:val="00952123"/>
     <w:rsid w:val="00A03526"/>
     <w:rsid w:val="00A5669A"/>
     <w:rsid w:val="00A6152E"/>
     <w:rsid w:val="00A714E4"/>
     <w:rsid w:val="00A91DF9"/>
     <w:rsid w:val="00A93238"/>
     <w:rsid w:val="00AB47D5"/>
     <w:rsid w:val="00B556F5"/>
     <w:rsid w:val="00BB3C8D"/>
     <w:rsid w:val="00CF5F4B"/>
     <w:rsid w:val="00DC2482"/>
     <w:rsid w:val="00E7194F"/>
     <w:rsid w:val="00E765D7"/>
     <w:rsid w:val="00F0655E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C402BA3A-3589-42A4-8922-5FC1F8B28D33}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3930,51 +6893,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2015456729">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4199,75 +7162,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>575</Words>
-  <Characters>3282</Characters>
+  <Words>573</Words>
+  <Characters>3269</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заглавие</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>РЕПУБЛИКА БЪЛГАРИЯ</vt:lpstr>
       <vt:lpstr>РЕПУБЛИКА БЪЛГАРИЯ</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3850</CharactersWithSpaces>
+  <CharactersWithSpaces>3835</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>РЕПУБЛИКА БЪЛГАРИЯ</dc:title>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>