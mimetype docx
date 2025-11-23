--- v0 (2025-10-13)
+++ v1 (2025-11-23)
@@ -118,1766 +118,1666 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
         <w:t>ДИРЕКТОРА НА</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00910BF3" w:rsidRPr="00C81DB4" w:rsidRDefault="00910BF3" w:rsidP="00910BF3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C81DB4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
         <w:t>РЗИ – СОФИЙСКА ОБЛАСТ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00910BF3" w:rsidRPr="00C81DB4" w:rsidRDefault="00910BF3" w:rsidP="00910BF3">
-[...56 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00FC6DB8" w:rsidRDefault="00FC6DB8" w:rsidP="003E668D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:caps/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="003E668D" w:rsidRPr="00C81DB4" w:rsidRDefault="003E668D" w:rsidP="003E668D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:caps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C81DB4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:caps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
         <w:t>заявление</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003E668D" w:rsidRPr="00C81DB4" w:rsidRDefault="003E668D" w:rsidP="003E668D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008B6865" w:rsidRPr="00C81DB4" w:rsidRDefault="008B6865" w:rsidP="00910BF3">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+    <w:p w:rsidR="00FC6DB8" w:rsidRDefault="00FC6DB8" w:rsidP="00FC6DB8">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC6DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>за издаване на становище по готовността на строежите за въвеждането им в експлоатация</w:t>
+      </w:r>
+      <w:r w:rsidR="00A436C3" w:rsidRPr="008C743B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC6DB8" w:rsidRDefault="00FC6DB8" w:rsidP="00FC6DB8">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FC6DB8" w:rsidRPr="00971843" w:rsidRDefault="00FC6DB8" w:rsidP="00FC6DB8">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(трите имена) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00C81DB4">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.................................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.....................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>....................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.......</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...............................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>........</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C81DB4">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+    </w:p>
+    <w:p w:rsidR="00FC6DB8" w:rsidRPr="00971843" w:rsidRDefault="00FC6DB8" w:rsidP="00FC6DB8">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в качеството си на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..................................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>...........</w:t>
-[...61 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+        <w:t>...........................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.........................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..........</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.....................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>......</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC6DB8" w:rsidRPr="005647BD" w:rsidRDefault="00FC6DB8" w:rsidP="00FC6DB8">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F005A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F005A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>собственик, управител, изпълнителен директор, представител по пълномощие-№ и дата на нотариално заверено пълномощно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F005A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC6DB8" w:rsidRPr="00971843" w:rsidRDefault="00FC6DB8" w:rsidP="00FC6DB8">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>на фирма......................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..............................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ЕИК/БУЛСТАТ .......</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.......................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC6DB8" w:rsidRPr="00971843" w:rsidRDefault="00FC6DB8" w:rsidP="00FC6DB8">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>адрес на уп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>равление: гр./с. ............</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.......................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...............</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.......</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.....</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C81DB4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>......</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>... община......................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...............</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC6DB8" w:rsidRPr="00971843" w:rsidRDefault="00FC6DB8" w:rsidP="00FC6DB8">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ж.к./ул.................................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>........................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>............</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:r w:rsidR="00910BF3" w:rsidRPr="00C81DB4">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>..........</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C81DB4">
-[...8 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.....</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C81DB4">
-[...255 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">........№ ........... </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>….</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..... вх. .......ап......</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC6DB8" w:rsidRPr="00971843" w:rsidRDefault="00FC6DB8" w:rsidP="00FC6DB8">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ел. адрес .......................................................................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.............</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, тел/факс ..........</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.....</w:t>
       </w:r>
-      <w:r w:rsidR="008B6865" w:rsidRPr="00C81DB4">
-[...158 lines deleted...]
-    <w:p w:rsidR="00910BF3" w:rsidRPr="00C81DB4" w:rsidRDefault="00910BF3" w:rsidP="009C5785">
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00910BF3" w:rsidRPr="00C81DB4" w:rsidRDefault="00910BF3" w:rsidP="00FC6DB8">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:caps/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E668D" w:rsidRPr="00C81DB4" w:rsidRDefault="004506C9" w:rsidP="009C5785">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:jc w:val="left"/>
+      <w:r w:rsidRPr="00C81DB4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00C81DB4">
+        <w:t>УВАЖАЕМ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C81DB4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>УВАЖАЕМ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C81DB4">
+        <w:t>а/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C81DB4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>а/</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C81DB4">
+        <w:t xml:space="preserve">И </w:t>
+      </w:r>
+      <w:r w:rsidR="00C81DB4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t xml:space="preserve">И </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C81DB4">
+        <w:t>госпожо/</w:t>
+      </w:r>
+      <w:r w:rsidR="003E668D" w:rsidRPr="00C81DB4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>госпожо/</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003E668D" w:rsidRPr="00C81DB4">
+        <w:t>гОСПОДИ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C81DB4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>гОСПОДИ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C81DB4">
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidR="003E668D" w:rsidRPr="00C81DB4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:t>Н</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> директор,</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003E668D" w:rsidRPr="00C81DB4" w:rsidRDefault="003E668D" w:rsidP="003E668D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003E668D" w:rsidRPr="00C81DB4" w:rsidRDefault="003B506C" w:rsidP="00E404E9">
+    <w:p w:rsidR="003E668D" w:rsidRPr="00C81DB4" w:rsidRDefault="003B506C" w:rsidP="00A436C3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C81DB4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">Моля, да ми бъде издадено становище по готовността на строежите за въвеждането им в експлоатация </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A30E35" w:rsidRPr="00C81DB4">
+        <w:t xml:space="preserve">Моля, да ми бъде издадено </w:t>
+      </w:r>
+      <w:r w:rsidR="00B6376E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
-          <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00A30E35" w:rsidRPr="00C81DB4">
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="000F2319" w:rsidRPr="000F2319">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>ДПК)</w:t>
+        <w:t>тановище по готовността на строежа за въвеждането му в експлоатация</w:t>
       </w:r>
       <w:r w:rsidR="003E668D" w:rsidRPr="00C81DB4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> за</w:t>
       </w:r>
       <w:r w:rsidR="003E668D" w:rsidRPr="00C81DB4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
+      <w:r w:rsidR="000F2319">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A436C3" w:rsidRPr="00C81DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.......................</w:t>
+      </w:r>
+      <w:r w:rsidR="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>......................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00A436C3" w:rsidRPr="00C81DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>............................................................................……</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00910BF3" w:rsidRPr="00C81DB4" w:rsidRDefault="000F2319" w:rsidP="00A436C3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>…………</w:t>
+      </w:r>
+      <w:r w:rsidR="00910BF3" w:rsidRPr="00C81DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>...............................…................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00C81DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>..........................</w:t>
+      </w:r>
+      <w:r w:rsidR="00910BF3" w:rsidRPr="00C81DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.....................................................................................................…………</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00910BF3" w:rsidRPr="00C81DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>…..............</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000F2319" w:rsidRPr="00A436C3" w:rsidRDefault="000F2319" w:rsidP="00A436C3">
+      <w:pPr>
+        <w:ind w:left="2832" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>(вид на обекта или лечебната практика)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00910BF3" w:rsidRPr="00C81DB4" w:rsidRDefault="000F2319" w:rsidP="00910BF3">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="00910BF3" w:rsidRPr="00C81DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адрес: гр. /с./......................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00C81DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>..........................</w:t>
+      </w:r>
+      <w:r w:rsidR="00910BF3" w:rsidRPr="00C81DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>......................................................…… община….................................….............</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidR="00910BF3" w:rsidRPr="00C81DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>...............……</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00910BF3" w:rsidRPr="00C81DB4" w:rsidRDefault="00910BF3" w:rsidP="00910BF3">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C81DB4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Строеж : ...............................…................................</w:t>
+        <w:t>ул. (ж.к.).............................................…</w:t>
       </w:r>
       <w:r w:rsidR="00C81DB4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>..........................</w:t>
+        <w:t>…………………</w:t>
       </w:r>
       <w:r w:rsidRPr="00C81DB4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>.....................................................................................................……………..............</w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t>....................................</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C81DB4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:sz w:val="18"/>
-[...10 lines deleted...]
-        <w:t>..........................</w:t>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>№</w:t>
       </w:r>
       <w:r w:rsidRPr="00C81DB4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>......................................................…… община….................................…............................……</w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> ........... бл. …........... вх. ......…...тел. ......................................</w:t>
+      </w:r>
+      <w:r w:rsidR="000F2319">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C81DB4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>ул. (ж.к.).............................................…</w:t>
-[...46 lines deleted...]
-    <w:p w:rsidR="003E668D" w:rsidRPr="00C81DB4" w:rsidRDefault="00910BF3" w:rsidP="00910BF3">
+        <w:t>............</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E668D" w:rsidRPr="00A436C3" w:rsidRDefault="000F2319" w:rsidP="00910BF3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:t>с представени:</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Прилагам следните документи:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8612"/>
         <w:gridCol w:w="445"/>
         <w:gridCol w:w="633"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003E668D" w:rsidRPr="00C81DB4" w:rsidTr="004E2FD8">
+      <w:tr w:rsidR="003E668D" w:rsidRPr="00A436C3" w:rsidTr="000F2319">
         <w:trPr>
-          <w:trHeight w:val="274"/>
+          <w:trHeight w:val="708"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8612" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003E668D" w:rsidRPr="00BB6C3F" w:rsidRDefault="003E668D" w:rsidP="003E668D">
+          <w:p w:rsidR="003E668D" w:rsidRPr="00A436C3" w:rsidRDefault="000F2319" w:rsidP="003E668D">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A436C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="003E668D" w:rsidRPr="00A436C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>.  Протокол</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A436C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>и от лабораторни изследвания за факторите на работната среда и качествата на питейната вода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="445" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003E668D" w:rsidRPr="00A436C3" w:rsidRDefault="003E668D" w:rsidP="003E668D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BB6C3F">
+            <w:r w:rsidRPr="00A436C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
-              </w:rPr>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>да</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003E668D" w:rsidRPr="00C81DB4" w:rsidRDefault="003E668D" w:rsidP="003E668D">
-[...26 lines deleted...]
-          <w:p w:rsidR="003E668D" w:rsidRPr="00BB6C3F" w:rsidRDefault="003E668D" w:rsidP="003E668D">
+          <w:p w:rsidR="003E668D" w:rsidRPr="00A436C3" w:rsidRDefault="003E668D" w:rsidP="003E668D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BB6C3F">
+            <w:r w:rsidRPr="00A436C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>ІІ.  Протоколи от лабораторни изследвания за:</w:t>
+              <w:t>не</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F2319" w:rsidRPr="00A436C3" w:rsidTr="000F2319">
+        <w:trPr>
+          <w:trHeight w:val="420"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8612" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000F2319" w:rsidRPr="00A436C3" w:rsidRDefault="000F2319" w:rsidP="00E311B0">
+            <w:pPr>
+              <w:pStyle w:val="BodyText"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A436C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A436C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Разрешение за строеж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003E668D" w:rsidRPr="00C81DB4" w:rsidRDefault="003E668D" w:rsidP="003E668D">
+          <w:p w:rsidR="000F2319" w:rsidRPr="00A436C3" w:rsidRDefault="000F2319" w:rsidP="00E311B0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C81DB4">
+            <w:r w:rsidRPr="00A436C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>да</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003E668D" w:rsidRPr="00C81DB4" w:rsidRDefault="003E668D" w:rsidP="003E668D">
+          <w:p w:rsidR="000F2319" w:rsidRPr="00A436C3" w:rsidRDefault="000F2319" w:rsidP="00E311B0">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C81DB4">
+            <w:r w:rsidRPr="00A436C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>не</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E668D" w:rsidRPr="00C81DB4" w:rsidTr="004E2FD8">
+      <w:tr w:rsidR="003E668D" w:rsidRPr="00A436C3" w:rsidTr="000F2319">
         <w:trPr>
+          <w:trHeight w:val="412"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8612" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003E668D" w:rsidRPr="00C81DB4" w:rsidRDefault="003E668D" w:rsidP="003E668D">
+          <w:p w:rsidR="003E668D" w:rsidRPr="00A436C3" w:rsidRDefault="000F2319" w:rsidP="000F2319">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C81DB4">
+            <w:r w:rsidRPr="00A436C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
-              <w:tab/>
-[...18 lines deleted...]
-              <w:t>Микроклимат</w:t>
+              <w:t>3.  Здравно заключение за съгласуване на проект</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003E668D" w:rsidRPr="00C81DB4" w:rsidRDefault="003E668D" w:rsidP="003E668D">
+          <w:p w:rsidR="003E668D" w:rsidRPr="00A436C3" w:rsidRDefault="003E668D" w:rsidP="003E668D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C81DB4">
+            <w:r w:rsidRPr="00A436C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>да</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003E668D" w:rsidRPr="00C81DB4" w:rsidRDefault="003E668D" w:rsidP="003E668D">
+          <w:p w:rsidR="003E668D" w:rsidRPr="00A436C3" w:rsidRDefault="003E668D" w:rsidP="003E668D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C81DB4">
+            <w:r w:rsidRPr="00A436C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>не</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E668D" w:rsidRPr="00C81DB4" w:rsidTr="004E2FD8">
+      <w:tr w:rsidR="003E668D" w:rsidRPr="00A436C3" w:rsidTr="000F2319">
         <w:trPr>
+          <w:trHeight w:val="418"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8612" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003E668D" w:rsidRPr="00C81DB4" w:rsidRDefault="003E668D" w:rsidP="003E668D">
+          <w:p w:rsidR="003E668D" w:rsidRPr="00A436C3" w:rsidRDefault="000F2319" w:rsidP="000F2319">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C81DB4">
+            <w:r w:rsidRPr="00A436C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4. Друго</w:t>
+            </w:r>
+            <w:r w:rsidR="003E668D" w:rsidRPr="00A436C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00C81DB4">
+            <w:r w:rsidR="003E668D" w:rsidRPr="00A436C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:tab/>
-              <w:t>2.</w:t>
-[...11 lines deleted...]
-              <w:t>Шум и вибрации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="445" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003E668D" w:rsidRPr="00C81DB4" w:rsidRDefault="003E668D" w:rsidP="003E668D">
+          <w:p w:rsidR="003E668D" w:rsidRPr="00A436C3" w:rsidRDefault="003E668D" w:rsidP="003E668D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C81DB4">
+            <w:r w:rsidRPr="00A436C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>да</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="633" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003E668D" w:rsidRPr="00C81DB4" w:rsidRDefault="003E668D" w:rsidP="003E668D">
+          <w:p w:rsidR="003E668D" w:rsidRPr="00A436C3" w:rsidRDefault="003E668D" w:rsidP="003E668D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C81DB4">
+            <w:r w:rsidRPr="00A436C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>не</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E668D" w:rsidRPr="00C81DB4" w:rsidTr="004E2FD8">
-[...434 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p w:rsidR="00A42AE0" w:rsidRDefault="00A42AE0" w:rsidP="00910BF3">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00910BF3" w:rsidRPr="00C81DB4" w:rsidRDefault="00910BF3" w:rsidP="00910BF3">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C81DB4">
         <w:rPr>
@@ -2002,73 +1902,65 @@
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A97B77">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r w:rsidRPr="006F578F">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>картови плащания чрез инсталиран ПОС терминал - в Центъра за административно обслужване на РЗИ – Софийска област, н</w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> 1431 гр. София, бул. „А</w:t>
+      <w:r w:rsidR="00FC6DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>а адрес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> гр. София, бул. „А</w:t>
       </w:r>
       <w:r w:rsidRPr="006F578F">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">кад. Иван </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006F578F">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Гешов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006F578F">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -2095,57 +1987,65 @@
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FD5053" w:rsidRDefault="00FD5053" w:rsidP="00FD5053">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
+      <w:r w:rsidR="00FC6DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по банков път - </w:t>
+      </w:r>
       <w:r w:rsidRPr="006F578F">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>по банков път  - по транзитната сметка на РЗИ – Софийска област</w:t>
+        <w:t>по транзитната сметка на РЗИ – Софийска област</w:t>
       </w:r>
       <w:r w:rsidRPr="00A97B77">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006F495A" w:rsidRPr="00A97B77" w:rsidRDefault="006F495A" w:rsidP="00FD5053">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -2159,580 +2059,582 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>E-плащане чрез единната входна точка, достъпна на адрес:  https://pay.egov.bg/</w:t>
       </w:r>
       <w:r w:rsidRPr="00A97B77">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00910BF3" w:rsidRPr="00C81DB4" w:rsidRDefault="00910BF3" w:rsidP="00910BF3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00910BF3" w:rsidRPr="00C81DB4" w:rsidRDefault="002F0617" w:rsidP="00910BF3">
+    <w:p w:rsidR="00910BF3" w:rsidRPr="00A436C3" w:rsidRDefault="002F0617" w:rsidP="00910BF3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002F0617">
+      <w:r w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Заявявам, желанието си издаденото „</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Зая</w:t>
+      </w:r>
+      <w:r w:rsidR="000F2319" w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Становище за ДПК</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002F0617">
+        <w:t>вявам, желанието си издаденото становище</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>“ и приложените от мен документи да бъдат получени:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00DF7CF9" w:rsidRPr="00C81DB4" w:rsidRDefault="00910BF3" w:rsidP="00910BF3">
+        <w:t xml:space="preserve"> и приложените от мен документи да бъдат получени:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF7CF9" w:rsidRPr="00A436C3" w:rsidRDefault="00910BF3" w:rsidP="00910BF3">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C81DB4">
+      <w:r w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
-      <w:r w:rsidR="00FD5053" w:rsidRPr="00FD5053">
+      <w:r w:rsidR="00FD5053" w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">на място - в Центъра за административно обслужване на РЗИ – Софийска област, на адрес: </w:t>
       </w:r>
-      <w:r w:rsidR="00FF4D3C">
+      <w:r w:rsidR="00FF4D3C" w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">ПК </w:t>
       </w:r>
-      <w:r w:rsidR="00FD5053" w:rsidRPr="00FD5053">
+      <w:r w:rsidR="00FD5053" w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">1431 гр. София, бул. „Акад. Иван </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00FD5053" w:rsidRPr="00FD5053">
+      <w:r w:rsidR="00FD5053" w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Гешов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00FD5053" w:rsidRPr="00FD5053">
+      <w:r w:rsidR="00FD5053" w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">“ № 15, етаж 3, кабинет </w:t>
       </w:r>
-      <w:r w:rsidR="00FF4D3C">
+      <w:r w:rsidR="00FF4D3C" w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">№ </w:t>
       </w:r>
-      <w:r w:rsidR="00FD5053" w:rsidRPr="00FD5053">
+      <w:r w:rsidR="00FD5053" w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>41</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C81DB4">
+      <w:r w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF7CF9" w:rsidRPr="00C81DB4" w:rsidRDefault="00DF7CF9" w:rsidP="00910BF3">
+    <w:p w:rsidR="00DF7CF9" w:rsidRPr="00A436C3" w:rsidRDefault="00DF7CF9" w:rsidP="00910BF3">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C81DB4">
+      <w:r w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
+      <w:r w:rsidR="00FC6DB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Чрез Системата за сигурно електронно връчване</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C81DB4">
+      <w:r w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>по</w:t>
+        <w:t>на</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C81DB4">
+      <w:r w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C81DB4">
+      <w:r w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>електронен</w:t>
+        <w:t>адрес</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C81DB4">
+      <w:r w:rsidR="00695D71" w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...66 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="00C81DB4">
+        <w:r w:rsidRPr="00A436C3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://edelivery.egov.bg/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00910BF3" w:rsidRPr="00C81DB4" w:rsidRDefault="00910BF3" w:rsidP="00910BF3">
+    <w:p w:rsidR="00910BF3" w:rsidRPr="00A436C3" w:rsidRDefault="00910BF3" w:rsidP="00910BF3">
       <w:pPr>
         <w:ind w:left="1080" w:hanging="1080"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C81DB4">
+      <w:r w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>□ чрез лицензиран пощенски оператор…………...............................</w:t>
       </w:r>
-      <w:r w:rsidR="00C81DB4">
+      <w:r w:rsidR="00C81DB4" w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.................................</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C81DB4">
+      <w:r w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.....…………………………………………………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00910BF3" w:rsidRPr="00C81DB4" w:rsidRDefault="00910BF3" w:rsidP="00910BF3">
+    <w:p w:rsidR="00910BF3" w:rsidRPr="00A436C3" w:rsidRDefault="00910BF3" w:rsidP="00910BF3">
       <w:pPr>
         <w:ind w:left="1080" w:hanging="1080"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C81DB4">
+      <w:r w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>на адрес……………………………………………………………....................................…</w:t>
       </w:r>
-      <w:r w:rsidR="00C81DB4">
+      <w:r w:rsidR="00C81DB4" w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>………………………….</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C81DB4">
+      <w:r w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>………………………………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00910BF3" w:rsidRPr="00C81DB4" w:rsidRDefault="00910BF3" w:rsidP="00910BF3">
+    <w:p w:rsidR="00910BF3" w:rsidRPr="00A436C3" w:rsidRDefault="00910BF3" w:rsidP="00910BF3">
       <w:pPr>
         <w:ind w:left="1080" w:hanging="1080"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C81DB4">
+      <w:r w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>□ чрез куриер на адрес ……........................................………………..............................……………</w:t>
       </w:r>
-      <w:r w:rsidR="00C81DB4">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00C81DB4">
+      <w:r w:rsidR="000F2319" w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
+      <w:r w:rsidR="00C81DB4" w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="000F2319" w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> телефон </w:t>
+      </w:r>
+      <w:r w:rsidR="00C81DB4" w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>……</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>……………………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00695D71" w:rsidRPr="00BB6C3F" w:rsidRDefault="00910BF3" w:rsidP="00BB6C3F">
+    <w:p w:rsidR="00695D71" w:rsidRPr="00A436C3" w:rsidRDefault="00910BF3" w:rsidP="00BB6C3F">
       <w:pPr>
         <w:ind w:left="1080" w:hanging="1080"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C81DB4">
+      <w:r w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>като декларирам, че пощенските разходи са за моя с</w:t>
       </w:r>
-      <w:r w:rsidR="00BB6C3F">
+      <w:r w:rsidR="00BB6C3F" w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>метка платими при получаването.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BB6C3F" w:rsidRDefault="00BB6C3F" w:rsidP="00B71AE0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006F495A" w:rsidRPr="00BB6C3F" w:rsidRDefault="003E668D" w:rsidP="00BB6C3F">
+    <w:p w:rsidR="000F2319" w:rsidRPr="00A436C3" w:rsidRDefault="000F2319" w:rsidP="00BB6C3F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Уведомен съм, че ако до един месец не потърся сътрудника на РЗИ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A436C3" w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Софийска област</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, отговарящ за обекта (района), заявлението ми остава без последствие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F495A" w:rsidRPr="00BB6C3F" w:rsidRDefault="003E668D" w:rsidP="00BB6C3F">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C81DB4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ПОДПИС:...............</w:t>
       </w:r>
       <w:r w:rsidR="00297F3E" w:rsidRPr="00C81DB4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>...................</w:t>
       </w:r>
       <w:r w:rsidR="00BB6C3F">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.......</w:t>
       </w:r>
-      <w:r w:rsidR="00E404E9">
+      <w:r w:rsidR="00B6376E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:pict>
           <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F495A" w:rsidRPr="00155A7E" w:rsidRDefault="006F495A" w:rsidP="006F495A">
+    <w:p w:rsidR="006F495A" w:rsidRPr="00A436C3" w:rsidRDefault="006F495A" w:rsidP="006F495A">
       <w:pPr>
         <w:ind w:left="2844" w:firstLine="696"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00155A7E">
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="18"/>
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Декларация за ползване на лични данни</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F495A" w:rsidRPr="00155A7E" w:rsidRDefault="006F495A" w:rsidP="006F495A">
+    <w:p w:rsidR="006F495A" w:rsidRPr="00A436C3" w:rsidRDefault="006F495A" w:rsidP="006F495A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00155A7E">
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A436C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:i/>
-          <w:sz w:val="18"/>
-[...7 lines deleted...]
-          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Изразявам своето съгласие Регионалната здравна инспекция - Софийска област да обработва, съхранява и архивира личните ми данни, чрез компютърни и други системи, с цел осъществяване на законово регламентираните функции. Уведомен/а съм за целта и средствата за обработка на данните ми и сферата на ползването им, както и с правото ми на достъп до и на поправка на данните</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
-          <w:sz w:val="18"/>
-[...19 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006F495A" w:rsidRDefault="006F495A" w:rsidP="006F495A">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003E668D" w:rsidRPr="00C81DB4" w:rsidRDefault="006F495A" w:rsidP="006F495A">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
@@ -2996,79 +2898,79 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Hebar">
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E3E205A8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
@@ -3267,121 +3169,126 @@
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003E668D"/>
     <w:rsid w:val="0006474B"/>
     <w:rsid w:val="0009358F"/>
+    <w:rsid w:val="000F2319"/>
     <w:rsid w:val="001515E8"/>
     <w:rsid w:val="00157722"/>
     <w:rsid w:val="0019025A"/>
     <w:rsid w:val="00256DE3"/>
     <w:rsid w:val="002834F8"/>
     <w:rsid w:val="00297F3E"/>
     <w:rsid w:val="002A37E1"/>
     <w:rsid w:val="002D0A3A"/>
     <w:rsid w:val="002F0617"/>
     <w:rsid w:val="00300E5D"/>
     <w:rsid w:val="003B506C"/>
     <w:rsid w:val="003E668D"/>
     <w:rsid w:val="00425528"/>
     <w:rsid w:val="004322A5"/>
     <w:rsid w:val="004506C9"/>
     <w:rsid w:val="004E2FD8"/>
     <w:rsid w:val="005E34FF"/>
     <w:rsid w:val="00601E4A"/>
     <w:rsid w:val="00695D71"/>
     <w:rsid w:val="006F495A"/>
     <w:rsid w:val="00827B75"/>
     <w:rsid w:val="00850AF5"/>
     <w:rsid w:val="0088617D"/>
     <w:rsid w:val="008B6865"/>
     <w:rsid w:val="00907D25"/>
     <w:rsid w:val="00910ACD"/>
     <w:rsid w:val="00910BF3"/>
     <w:rsid w:val="009C5785"/>
     <w:rsid w:val="00A30E35"/>
     <w:rsid w:val="00A36328"/>
     <w:rsid w:val="00A42AE0"/>
+    <w:rsid w:val="00A436C3"/>
     <w:rsid w:val="00B545CA"/>
+    <w:rsid w:val="00B6376E"/>
     <w:rsid w:val="00B66F24"/>
     <w:rsid w:val="00B71AE0"/>
     <w:rsid w:val="00B74E2D"/>
     <w:rsid w:val="00BB6C3F"/>
     <w:rsid w:val="00C704F3"/>
     <w:rsid w:val="00C81DB4"/>
     <w:rsid w:val="00DF7CF9"/>
     <w:rsid w:val="00E3397E"/>
     <w:rsid w:val="00E404E9"/>
+    <w:rsid w:val="00E93398"/>
     <w:rsid w:val="00F32231"/>
     <w:rsid w:val="00FA2C14"/>
+    <w:rsid w:val="00FC6DB8"/>
     <w:rsid w:val="00FD5053"/>
     <w:rsid w:val="00FE7084"/>
     <w:rsid w:val="00FF4D3C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0E0B420D"/>
+  <w14:docId w14:val="3D4BB685"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{CCF98291-8D7F-4325-8D7D-24F059625219}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4208,75 +4115,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>608</Words>
-  <Characters>3466</Characters>
+  <Words>740</Words>
+  <Characters>4224</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>35</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4066</CharactersWithSpaces>
+  <CharactersWithSpaces>4955</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>7274614</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://edelivery.egov.bg/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>