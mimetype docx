--- v0 (2025-10-13)
+++ v1 (2025-11-23)
@@ -1,4317 +1,5874 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14" xml:space="preserve">
   <w:body>
-    <w:p w:rsidR="003F219A" w:rsidRPr="003F219A" w:rsidRDefault="003F219A" w:rsidP="003F219A">
+    <w:p>
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:ind w:left="1134"/>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="86" w:after="22"/>
+        <w:ind w:right="80"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-[...13 lines deleted...]
-          <w:smallCaps/>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:noProof/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:drawing>
-[...57 lines deleted...]
-        </w:drawing>
+        <w:t>Заповед</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:noProof/>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+          <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:drawing>
-[...57 lines deleted...]
-        </w:drawing>
+        <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-[...1 lines deleted...]
-          <w:smallCaps/>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:t>РЕПУБЛИКА БЪЛГАРИЯ</w:t>
+        <w:t>№</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-[...1 lines deleted...]
-          <w:smallCaps/>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+          <w:spacing w:val="-3"/>
         </w:rPr>
-        <w:tab/>
+        <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-[...1 lines deleted...]
-          <w:smallCaps/>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>РД</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-[...1 lines deleted...]
-          <w:smallCaps/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>-01-214/06.11.2025</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-[...1 lines deleted...]
-          <w:smallCaps/>
+          <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif"/>
+          <w:spacing w:val="-2"/>
         </w:rPr>
-        <w:tab/>
-[...15 lines deleted...]
-        <w:tab/>
+        <w:t>г</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D2BCF" w:rsidRDefault="005D2BCF" w:rsidP="005D2BCF">
-[...2170 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="left"/>
+        <w:tblInd w:w="82" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="0" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:bottom w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="01E0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="355"/>
+        <w:gridCol w:w="6356"/>
+        <w:gridCol w:w="4474"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1060" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11185" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:pos="3086" w:val="left" w:leader="none"/>
+                <w:tab w:pos="6524" w:val="left" w:leader="none"/>
+              </w:tabs>
+              <w:spacing w:before="47"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:position w:val="2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Вх</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="103"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:u w:val="dotted"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:position w:val="2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ДО</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t> ДИРЕКТОРА</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:pos="748" w:val="left" w:leader="none"/>
+                <w:tab w:pos="3074" w:val="left" w:leader="none"/>
+                <w:tab w:pos="6524" w:val="left" w:leader="none"/>
+              </w:tabs>
+              <w:spacing w:line="269" w:lineRule="exact" w:before="89"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-2"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:u w:val="dotted"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>НА</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="42"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>РЕГИОНАЛНА</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ЗДРАВНА</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ИНСПЕКЦИЯ:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="223" w:lineRule="exact"/>
+              <w:ind w:left="967"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="60"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ден</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light"/>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="60"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light"/>
+                <w:i/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="60"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>месец</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light"/>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="60"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Light" w:hAnsi="Segoe UI Light"/>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="60"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>година</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1571" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="355" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="154"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>От</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10830" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="double" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="43"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="1" w:right="357"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>ЗАЯВЛЕНИЕ</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="12"/>
+              <w:ind w:right="357"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>за</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>издаване</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>свидетелство</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>за</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>имунизационно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>състояние</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1790" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11185" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="49"/>
+              <w:ind w:left="1550" w:right="1527"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(трите</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>имена</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>заявителя)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="175"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="713"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>УВАЖАЕМИ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Г-Н</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Г-ЖО</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ДИРЕКТОР,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="13"/>
+              <w:ind w:left="713"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Моля</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>да</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бъде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>издадено</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="46"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>свидетелство за</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>имунизационно</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>състояние </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>български</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>език</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="173"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лицето</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="998" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11185" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="49"/>
+              <w:ind w:left="1550" w:right="1527"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487511552">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>2435225</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>218591</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="2235200" cy="189865"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="3" name="Group 3"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic>
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvPr id="3" name="Group 3"/>
+                            <wpg:cNvGrpSpPr/>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="2235200" cy="189865"/>
+                                <a:chExt cx="2235200" cy="189865"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="4" name="Graphic 4"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="2235200" cy="186690"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="2235200" h="186690">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="186309"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2235200" y="186309"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2235200" h="186690">
+                                      <a:moveTo>
+                                        <a:pt x="223519" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="223519" y="186309"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2235200" h="186690">
+                                      <a:moveTo>
+                                        <a:pt x="447039" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="447039" y="186309"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2235200" h="186690">
+                                      <a:moveTo>
+                                        <a:pt x="670560" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="670560" y="186309"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2235200" h="186690">
+                                      <a:moveTo>
+                                        <a:pt x="894079" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="894079" y="186309"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2235200" h="186690">
+                                      <a:moveTo>
+                                        <a:pt x="1117600" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1117600" y="186309"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2235200" h="186690">
+                                      <a:moveTo>
+                                        <a:pt x="1341120" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1341120" y="186309"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2235200" h="186690">
+                                      <a:moveTo>
+                                        <a:pt x="1564639" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1564639" y="186309"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2235200" h="186690">
+                                      <a:moveTo>
+                                        <a:pt x="1788160" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1788160" y="186309"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                    <a:path w="2235200" h="186690">
+                                      <a:moveTo>
+                                        <a:pt x="2011679" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2011679" y="186309"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="6350">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group style="position:absolute;margin-left:191.75pt;margin-top:17.211905pt;width:176pt;height:14.95pt;mso-position-horizontal-relative:column;mso-position-vertical-relative:paragraph;z-index:-15804928" id="docshapegroup3" coordorigin="3835,344" coordsize="3520,299">
+                      <v:shape style="position:absolute;left:3835;top:344;width:3520;height:294" id="docshape4" coordorigin="3835,344" coordsize="3520,294" path="m3835,638l7355,638m4187,344l4187,638m4539,344l4539,638m4891,344l4891,638m5243,344l5243,638m5595,344l5595,638m5947,344l5947,638m6299,344l6299,638m6651,344l6651,638m7003,344l7003,638e" filled="false" stroked="true" strokeweight=".5pt" strokecolor="#000000">
+                        <v:path arrowok="t"/>
+                        <v:stroke dashstyle="solid"/>
+                      </v:shape>
+                      <w10:wrap type="none"/>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(трите</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>имена</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>лицето</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>лична</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>карта)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:pos="3329" w:val="left" w:leader="none"/>
+              </w:tabs>
+              <w:spacing w:before="105" w:after="62"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>роден/а</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЕГН</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="20" w:lineRule="exact"/>
+              <w:ind w:left="1195"/>
+              <w:rPr>
+                <w:sz w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="2"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0">
+                      <wp:extent cx="1295400" cy="6350"/>
+                      <wp:effectExtent l="9525" t="0" r="0" b="3175"/>
+                      <wp:docPr id="5" name="Group 5"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic>
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvPr id="5" name="Group 5"/>
+                            <wpg:cNvGrpSpPr/>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="1295400" cy="6350"/>
+                                <a:chExt cx="1295400" cy="6350"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="6" name="Graphic 6"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="3175"/>
+                                  <a:ext cx="1295400" cy="1270"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="1295400" h="0">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1294892" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="6350">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:inline>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group style="width:102pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" id="docshapegroup5" coordorigin="0,0" coordsize="2040,10">
+                      <v:line style="position:absolute" from="0,5" to="2039,5" stroked="true" strokeweight=".5pt" strokecolor="#000000">
+                        <v:stroke dashstyle="solid"/>
+                      </v:line>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="2"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:pos="5074" w:val="left" w:leader="none"/>
+              </w:tabs>
+              <w:spacing w:before="43"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адрес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Община</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>район</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="1213" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6711" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:pos="5669" w:val="left" w:leader="none"/>
+              </w:tabs>
+              <w:spacing w:before="62" w:after="68"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ул</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:pos="6006" w:val="left" w:leader="none"/>
+              </w:tabs>
+              <w:spacing w:line="20" w:lineRule="exact"/>
+              <w:ind w:left="906" w:right="-15"/>
+              <w:rPr>
+                <w:sz w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="2"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0">
+                      <wp:extent cx="2964180" cy="6350"/>
+                      <wp:effectExtent l="9525" t="0" r="0" b="3175"/>
+                      <wp:docPr id="7" name="Group 7"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic>
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvPr id="7" name="Group 7"/>
+                            <wpg:cNvGrpSpPr/>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="2964180" cy="6350"/>
+                                <a:chExt cx="2964180" cy="6350"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="8" name="Graphic 8"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="3175"/>
+                                  <a:ext cx="2964180" cy="1270"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="2964180" h="0">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="2964053" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="6350">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:inline>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group style="width:233.4pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" id="docshapegroup6" coordorigin="0,0" coordsize="4668,10">
+                      <v:line style="position:absolute" from="0,5" to="4668,5" stroked="true" strokeweight=".5pt" strokecolor="#000000">
+                        <v:stroke dashstyle="solid"/>
+                      </v:line>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="2"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="2"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="2"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0">
+                      <wp:extent cx="412115" cy="6350"/>
+                      <wp:effectExtent l="9525" t="0" r="0" b="3175"/>
+                      <wp:docPr id="9" name="Group 9"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic>
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvPr id="9" name="Group 9"/>
+                            <wpg:cNvGrpSpPr/>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="412115" cy="6350"/>
+                                <a:chExt cx="412115" cy="6350"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="10" name="Graphic 10"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="3175"/>
+                                  <a:ext cx="412115" cy="1270"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="412115" h="0">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="411860" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="6350">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:inline>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group style="width:32.4500pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" id="docshapegroup7" coordorigin="0,0" coordsize="649,10">
+                      <v:line style="position:absolute" from="0,5" to="649,5" stroked="true" strokeweight=".5pt" strokecolor="#000000">
+                        <v:stroke dashstyle="solid"/>
+                      </v:line>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="2"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="212"/>
+              <w:ind w:left="4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Посещавани</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>детски</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебни</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заведения:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:pos="1122" w:val="left" w:leader="none"/>
+                <w:tab w:pos="2202" w:val="left" w:leader="none"/>
+                <w:tab w:pos="3282" w:val="left" w:leader="none"/>
+              </w:tabs>
+              <w:spacing w:before="62"/>
+              <w:ind w:left="41"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487512064">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>224916</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>221105</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="412115" cy="6350"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="11" name="Group 11"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic>
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvPr id="11" name="Group 11"/>
+                            <wpg:cNvGrpSpPr/>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="412115" cy="6350"/>
+                                <a:chExt cx="412115" cy="6350"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="12" name="Graphic 12"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="3175"/>
+                                  <a:ext cx="412115" cy="1270"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="412115" h="0">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="411861" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="6350">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group style="position:absolute;margin-left:17.709999pt;margin-top:17.409903pt;width:32.4500pt;height:.5pt;mso-position-horizontal-relative:column;mso-position-vertical-relative:paragraph;z-index:-15804416" id="docshapegroup8" coordorigin="354,348" coordsize="649,10">
+                      <v:line style="position:absolute" from="354,353" to="1003,353" stroked="true" strokeweight=".5pt" strokecolor="#000000">
+                        <v:stroke dashstyle="solid"/>
+                      </v:line>
+                      <w10:wrap type="none"/>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487512576">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>910716</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>221105</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="412115" cy="6350"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="13" name="Group 13"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic>
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvPr id="13" name="Group 13"/>
+                            <wpg:cNvGrpSpPr/>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="412115" cy="6350"/>
+                                <a:chExt cx="412115" cy="6350"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="14" name="Graphic 14"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="3175"/>
+                                  <a:ext cx="412115" cy="1270"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="412115" h="0">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="411861" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="6350">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group style="position:absolute;margin-left:71.709999pt;margin-top:17.409903pt;width:32.4500pt;height:.5pt;mso-position-horizontal-relative:column;mso-position-vertical-relative:paragraph;z-index:-15803904" id="docshapegroup9" coordorigin="1434,348" coordsize="649,10">
+                      <v:line style="position:absolute" from="1434,353" to="2083,353" stroked="true" strokeweight=".5pt" strokecolor="#000000">
+                        <v:stroke dashstyle="solid"/>
+                      </v:line>
+                      <w10:wrap type="none"/>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487513088">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>1596516</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>221105</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="412115" cy="6350"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="15" name="Group 15"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic>
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvPr id="15" name="Group 15"/>
+                            <wpg:cNvGrpSpPr/>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="412115" cy="6350"/>
+                                <a:chExt cx="412115" cy="6350"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="16" name="Graphic 16"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="3175"/>
+                                  <a:ext cx="412115" cy="1270"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="412115" h="0">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="411861" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="6350">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group style="position:absolute;margin-left:125.709999pt;margin-top:17.409903pt;width:32.4500pt;height:.5pt;mso-position-horizontal-relative:column;mso-position-vertical-relative:paragraph;z-index:-15803392" id="docshapegroup10" coordorigin="2514,348" coordsize="649,10">
+                      <v:line style="position:absolute" from="2514,353" to="3163,353" stroked="true" strokeweight=".5pt" strokecolor="#000000">
+                        <v:stroke dashstyle="solid"/>
+                      </v:line>
+                      <w10:wrap type="none"/>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487513600">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>2282317</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>221105</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="412115" cy="6350"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="17" name="Group 17"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic>
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvPr id="17" name="Group 17"/>
+                            <wpg:cNvGrpSpPr/>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="412115" cy="6350"/>
+                                <a:chExt cx="412115" cy="6350"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="18" name="Graphic 18"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="3175"/>
+                                  <a:ext cx="412115" cy="1270"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="412115" h="0">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="411861" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="6350">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group style="position:absolute;margin-left:179.710007pt;margin-top:17.409903pt;width:32.4500pt;height:.5pt;mso-position-horizontal-relative:column;mso-position-vertical-relative:paragraph;z-index:-15802880" id="docshapegroup11" coordorigin="3594,348" coordsize="649,10">
+                      <v:line style="position:absolute" from="3594,353" to="4243,353" stroked="true" strokeweight=".5pt" strokecolor="#000000">
+                        <v:stroke dashstyle="solid"/>
+                      </v:line>
+                      <w10:wrap type="none"/>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>вх</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ап</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="350" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11185" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="350" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11185" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="3962" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11185" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прилагам:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="101"/>
+              <w:ind w:left="59"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="-2"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="127000" cy="127000"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="19" name="Image 19"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="19" name="Image 19"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="127000" cy="127000"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="-2"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Личен имунизационен паспорт </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЛЗОК</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="111"/>
+              <w:ind w:left="59"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="-2"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="127000" cy="127000"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="20" name="Image 20"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="20" name="Image 20"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="127000" cy="127000"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="-2"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лична</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>амбулаторна</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>карта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Здравна</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>карта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дете</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="357" w:lineRule="auto" w:before="114"/>
+              <w:ind w:left="59" w:right="5747"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="-2"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="127000" cy="127000"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="21" name="Image 21"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="21" name="Image 21"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId7" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="127000" cy="127000"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="-2"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Друг</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>удостоверяващ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>извършени</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>имунизации </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="127000" cy="127000"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="22" name="Image 22"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="22" name="Image 22"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="127000" cy="127000"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Документ за платена такса</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="171"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="350" w:lineRule="auto"/>
+              <w:ind w:left="59" w:right="4594" w:hanging="56"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заявявам желанието си издаденият протокол да бъде получен: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:position w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="127000" cy="126998"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="23" name="Image 23"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="23" name="Image 23"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId7" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="127000" cy="126998"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:position w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Чрез</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лицензиран</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пощенски</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оператор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>куриерска</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>услуга</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-14"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>адрес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:position w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="127000" cy="126998"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="24" name="Image 24"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="24" name="Image 24"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="127000" cy="126998"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:position w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лично от звеното за административно обслужване</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="12"/>
+              <w:ind w:left="59"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="-2"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="127000" cy="126998"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="25" name="Image 25"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="25" name="Image 25"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId6" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="127000" cy="126998"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="-2"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="39"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Чрез Системата за</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сигурно електронно връчване</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="114"/>
+              <w:ind w:left="59"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="-2"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="127000" cy="126998"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="26" name="Image 26"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="26" name="Image 26"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId7" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="127000" cy="126998"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="-2"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="26"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>електронен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>път</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>електронна</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>поща</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="3230" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11185" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="249" w:lineRule="auto" w:before="114"/>
+              <w:ind w:left="33"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Изразявам своето съгласие Регионалната здравна инспекция да обработва, съхранява и архивира личните ми данни чрез компютърни и други системи с цел осъществяване на законово регламентираните функции. Уведомен/а съм за целта и средствата</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>за</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>обработка</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>данните</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ми</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>сферата</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ползването</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>им,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>както</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>правото</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ми</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>достъп</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>поправка</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>на </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:i/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>данните</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="144"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:pos="7434" w:val="left" w:leader="none"/>
+              </w:tabs>
+              <w:ind w:right="3135"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="95"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="85"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Подпис</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:after="1"/>
+              <w:rPr>
+                <w:sz w:val="12"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="20" w:lineRule="exact"/>
+              <w:ind w:left="659"/>
+              <w:rPr>
+                <w:sz w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="2"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0">
+                      <wp:extent cx="1061085" cy="6350"/>
+                      <wp:effectExtent l="9525" t="0" r="0" b="3175"/>
+                      <wp:docPr id="27" name="Group 27"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic>
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvPr id="27" name="Group 27"/>
+                            <wpg:cNvGrpSpPr/>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="1061085" cy="6350"/>
+                                <a:chExt cx="1061085" cy="6350"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="28" name="Graphic 28"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="3175"/>
+                                  <a:ext cx="1061085" cy="1270"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="1061085" h="0">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1060831" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="6350">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:inline>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group style="width:83.55pt;height:.5pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" id="docshapegroup12" coordorigin="0,0" coordsize="1671,10">
+                      <v:line style="position:absolute" from="0,5" to="1671,5" stroked="true" strokeweight=".5pt" strokecolor="#000000">
+                        <v:stroke dashstyle="solid"/>
+                      </v:line>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="2"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="123"/>
+              <w:ind w:right="3143"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="75"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уникален</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="75"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>номер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="75"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="75"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заявката:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="92"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:pos="1500" w:val="left" w:leader="none"/>
+                <w:tab w:pos="3696" w:val="left" w:leader="none"/>
+                <w:tab w:pos="6022" w:val="left" w:leader="none"/>
+              </w:tabs>
+              <w:spacing w:line="139" w:lineRule="auto"/>
+              <w:ind w:left="59"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="-8"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>Версия</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="21"/>
+                <w:position w:val="-8"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-10"/>
+                <w:position w:val="-8"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:position w:val="-8"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:position w:val="-8"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>Дата</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:position w:val="-8"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:position w:val="-8"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:position w:val="-8"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:position w:val="-8"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>създаване</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="6"/>
+                <w:position w:val="-8"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:position w:val="-8"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>30.09.2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="3"/>
+                <w:position w:val="-8"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:position w:val="-8"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:t>г.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="-8"/>
+                <w:sz w:val="12"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="-4"/>
+                <w:sz w:val="11"/>
+              </w:rPr>
+              <w:t>State</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="8"/>
+                <w:position w:val="-4"/>
+                <w:sz w:val="11"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="-4"/>
+                <w:sz w:val="11"/>
+              </w:rPr>
+              <w:t>e-Government</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="25"/>
+                <w:position w:val="-4"/>
+                <w:sz w:val="11"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="7"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="7"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="7"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+              <w:t>v</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="7"/>
+              </w:rPr>
+              <w:t>it</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="7"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="7"/>
+              </w:rPr>
+              <w:t>ll</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="7"/>
+              </w:rPr>
+              <w:t>y</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="7"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="7"/>
+              </w:rPr>
+              <w:t>ig</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="7"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-8"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="7"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="7"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="7"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="7"/>
+              </w:rPr>
+              <w:t>y</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+              <w:t>n</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="7"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="7"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="-3"/>
+                <w:sz w:val="8"/>
+              </w:rPr>
+              <w:t>y</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="7"/>
+              </w:rPr>
+              <w:t>ate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="5"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="7"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-12"/>
+                <w:w w:val="95"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="7"/>
+              </w:rPr>
+              <w:t>e-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:position w:val="1"/>
+                <w:sz w:val="7"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="75"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Служи</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="75"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>за</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="75"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>уникално</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="21"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="75"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>идентифициране</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="75"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="75"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>услугата</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="75"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>при</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="75"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>последващите</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:pos="4711" w:val="left" w:leader="none"/>
+                <w:tab w:pos="6008" w:val="left" w:leader="none"/>
+              </w:tabs>
+              <w:spacing w:line="131" w:lineRule="exact"/>
+              <w:ind w:left="3696"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="95"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="11"/>
+              </w:rPr>
+              <w:t>Agency</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="11"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:w w:val="90"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="11"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>Date:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-2"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="11"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:w w:val="90"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="11"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2021.09.30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-1"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="11"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:spacing w:val="-2"/>
+                <w:w w:val="90"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="11"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>09:26:37</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                <w:position w:val="2"/>
+                <w:sz w:val="11"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="75"/>
+                <w:sz w:val="18"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+              <w:t>действия</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="18"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="75"/>
+                <w:sz w:val="18"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="75"/>
+                <w:sz w:val="18"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+              <w:t>нейната</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="75"/>
+                <w:sz w:val="18"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+              <w:t>обработка,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="75"/>
+                <w:sz w:val="18"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+              <w:t>заплащане</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="21"/>
+                <w:sz w:val="18"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="75"/>
+                <w:sz w:val="18"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="18"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="75"/>
+                <w:sz w:val="18"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+              <w:t>доставка</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="18"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="75"/>
+                <w:sz w:val="18"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+              <w:t>(генерира</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="21"/>
+                <w:sz w:val="18"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:w w:val="75"/>
+                <w:sz w:val="18"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+              <w:t>се</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="56" w:lineRule="exact"/>
+              <w:ind w:left="23" w:right="1550"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT"/>
+                <w:sz w:val="7"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT"/>
+                <w:sz w:val="7"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487514624">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>2867025</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>-179950</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="223520" cy="224154"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="29" name="Group 29"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic>
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvPr id="29" name="Group 29"/>
+                            <wpg:cNvGrpSpPr/>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="223520" cy="224154"/>
+                                <a:chExt cx="223520" cy="224154"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <pic:pic>
+                              <pic:nvPicPr>
+                                <pic:cNvPr id="30" name="Image 30"/>
+                                <pic:cNvPicPr/>
+                              </pic:nvPicPr>
+                              <pic:blipFill>
+                                <a:blip r:embed="rId8" cstate="print"/>
+                                <a:stretch>
+                                  <a:fillRect/>
+                                </a:stretch>
+                              </pic:blipFill>
+                              <pic:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="0"/>
+                                  <a:ext cx="223113" cy="224028"/>
+                                </a:xfrm>
+                                <a:prstGeom prst="rect">
+                                  <a:avLst/>
+                                </a:prstGeom>
+                              </pic:spPr>
+                            </pic:pic>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group style="position:absolute;margin-left:225.75pt;margin-top:-14.169344pt;width:17.6pt;height:17.650pt;mso-position-horizontal-relative:column;mso-position-vertical-relative:paragraph;z-index:-15801856" id="docshapegroup13" coordorigin="4515,-283" coordsize="352,353">
+                      <v:shape style="position:absolute;left:4515;top:-284;width:352;height:353" type="#_x0000_t75" id="docshape14" stroked="false">
+                        <v:imagedata r:id="rId8" o:title=""/>
+                      </v:shape>
+                      <w10:wrap type="none"/>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial MT"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="7"/>
+              </w:rPr>
+              <w:t>+03'00'</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="203" w:lineRule="exact"/>
+              <w:ind w:left="7263"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487514112">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>5095240</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>-682223</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="1889760" cy="274320"/>
+                      <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="31" name="Group 31"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic>
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                          <wpg:wgp>
+                            <wpg:cNvPr id="31" name="Group 31"/>
+                            <wpg:cNvGrpSpPr/>
+                            <wpg:grpSpPr>
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="1889760" cy="274320"/>
+                                <a:chExt cx="1889760" cy="274320"/>
+                              </a:xfrm>
+                            </wpg:grpSpPr>
+                            <wps:wsp>
+                              <wps:cNvPr id="32" name="Graphic 32"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="3301" y="3175"/>
+                                  <a:ext cx="1886585" cy="1270"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="1886585" h="0">
+                                      <a:moveTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1886458" y="0"/>
+                                      </a:lnTo>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:ln w="6350">
+                                  <a:solidFill>
+                                    <a:srgbClr val="000000"/>
+                                  </a:solidFill>
+                                  <a:prstDash val="solid"/>
+                                </a:ln>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="33" name="Graphic 33"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="0" y="39242"/>
+                                  <a:ext cx="1879600" cy="234950"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="1879600" h="234950">
+                                      <a:moveTo>
+                                        <a:pt x="1879600" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="234442"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="6350" y="228092"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="6350" y="6350"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1873250" y="6350"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1873250" y="228219"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="6350" y="228219"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="234569"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1879600" y="234569"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1879600" y="0"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="34" name="Graphic 34"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="6350" y="45592"/>
+                                  <a:ext cx="1866900" cy="222250"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="1866900" h="222250">
+                                      <a:moveTo>
+                                        <a:pt x="1866900" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="0"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="221742"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="6350" y="215392"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="6350" y="6350"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1860550" y="6350"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1866900" y="0"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:solidFill>
+                                  <a:srgbClr val="808080"/>
+                                </a:solidFill>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                            <wps:wsp>
+                              <wps:cNvPr id="35" name="Graphic 35"/>
+                              <wps:cNvSpPr/>
+                              <wps:spPr>
+                                <a:xfrm>
+                                  <a:off x="6350" y="45592"/>
+                                  <a:ext cx="1866900" cy="222250"/>
+                                </a:xfrm>
+                                <a:custGeom>
+                                  <a:avLst/>
+                                  <a:gdLst/>
+                                  <a:ahLst/>
+                                  <a:cxnLst/>
+                                  <a:rect l="l" t="t" r="r" b="b"/>
+                                  <a:pathLst>
+                                    <a:path w="1866900" h="222250">
+                                      <a:moveTo>
+                                        <a:pt x="1866900" y="0"/>
+                                      </a:moveTo>
+                                      <a:lnTo>
+                                        <a:pt x="1860550" y="6350"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1860550" y="215392"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="6350" y="215392"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="0" y="221742"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1866900" y="221742"/>
+                                      </a:lnTo>
+                                      <a:lnTo>
+                                        <a:pt x="1866900" y="0"/>
+                                      </a:lnTo>
+                                      <a:close/>
+                                    </a:path>
+                                  </a:pathLst>
+                                </a:custGeom>
+                                <a:solidFill>
+                                  <a:srgbClr val="D2D0C6"/>
+                                </a:solidFill>
+                              </wps:spPr>
+                              <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                                <a:prstTxWarp prst="textNoShape">
+                                  <a:avLst/>
+                                </a:prstTxWarp>
+                                <a:noAutofit/>
+                              </wps:bodyPr>
+                            </wps:wsp>
+                          </wpg:wgp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:group style="position:absolute;margin-left:401.200012pt;margin-top:-53.718414pt;width:148.8pt;height:21.6pt;mso-position-horizontal-relative:column;mso-position-vertical-relative:paragraph;z-index:-15802368" id="docshapegroup15" coordorigin="8024,-1074" coordsize="2976,432">
+                      <v:line style="position:absolute" from="8029,-1069" to="11000,-1069" stroked="true" strokeweight=".5pt" strokecolor="#000000">
+                        <v:stroke dashstyle="solid"/>
+                      </v:line>
+                      <v:shape style="position:absolute;left:8024;top:-1013;width:2960;height:370" id="docshape16" coordorigin="8024,-1013" coordsize="2960,370" path="m10984,-1013l8024,-1013,8024,-643,8034,-653,8034,-1003,10974,-1003,10974,-653,8034,-653,8024,-643,10984,-643,10984,-1013xe" filled="true" fillcolor="#000000" stroked="false">
+                        <v:path arrowok="t"/>
+                        <v:fill type="solid"/>
+                      </v:shape>
+                      <v:shape style="position:absolute;left:8034;top:-1003;width:2940;height:350" id="docshape17" coordorigin="8034,-1003" coordsize="2940,350" path="m10974,-1003l8034,-1003,8034,-653,8044,-663,8044,-993,10964,-993,10974,-1003xe" filled="true" fillcolor="#808080" stroked="false">
+                        <v:path arrowok="t"/>
+                        <v:fill type="solid"/>
+                      </v:shape>
+                      <v:shape style="position:absolute;left:8034;top:-1003;width:2940;height:350" id="docshape18" coordorigin="8034,-1003" coordsize="2940,350" path="m10974,-1003l10964,-993,10964,-663,8044,-663,8034,-653,10974,-653,10974,-1003xe" filled="true" fillcolor="#d2d0c6" stroked="false">
+                        <v:path arrowok="t"/>
+                        <v:fill type="solid"/>
+                      </v:shape>
+                      <w10:wrap type="none"/>
+                    </v:group>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="75"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>автоматично</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="75"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>при</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="75"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>избор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:w w:val="75"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:w w:val="75"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>дата)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:sectPr>
+      <w:footerReference w:type="default" r:id="rId5"/>
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="11920" w:h="16850"/>
+      <w:pgMar w:header="0" w:footer="375" w:top="200" w:bottom="560" w:left="283" w:right="283"/>
+      <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="1"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...4 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  <w:font w:name="Arial MT">
+    <w:altName w:val="Arial MT"/>
+    <w:charset w:val="1"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...1 lines deleted...]
-    <w:charset w:val="02"/>
+  <w:font w:name="Arial">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="1"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:altName w:val="Calibri"/>
+    <w:charset w:val="1"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...1 lines deleted...]
-    <w:charset w:val="CC"/>
+  <w:font w:name="Microsoft Sans Serif">
+    <w:altName w:val="Microsoft Sans Serif"/>
+    <w:charset w:val="1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...1 lines deleted...]
-    <w:charset w:val="CC"/>
+  <w:font w:name="Segoe UI Light">
+    <w:altName w:val="Segoe UI Light"/>
+    <w:charset w:val="1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-      </w:pPr>
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14" xml:space="preserve">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="BodyText"/>
+      <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
       </w:rPr>
-    </w:lvl>
-[...10 lines deleted...]
-      </w:pPr>
+    </w:pPr>
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:sz w:val="20"/>
       </w:rPr>
-    </w:lvl>
-[...10 lines deleted...]
-      </w:pPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487509504">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>250952</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>10315975</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="547370" cy="139700"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="Textbox 1"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvPr id="1" name="Textbox 1"/>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="547370" cy="139700"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p>
+                          <w:pPr>
+                            <w:tabs>
+                              <w:tab w:pos="497" w:val="left" w:leader="none"/>
+                            </w:tabs>
+                            <w:spacing w:before="15"/>
+                            <w:ind w:left="20" w:right="0" w:firstLine="0"/>
+                            <w:jc w:val="left"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial MT"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial MT"/>
+                              <w:spacing w:val="-5"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>URI</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial MT"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:tab/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial MT"/>
+                              <w:spacing w:val="-4"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>1796</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype id="_x0000_t202" o:spt="202" coordsize="21600,21600" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape style="position:absolute;margin-left:19.760pt;margin-top:812.281555pt;width:43.1pt;height:11pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;z-index:-15806976" type="#_x0000_t202" id="docshape1" filled="false" stroked="false">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p>
+                    <w:pPr>
+                      <w:tabs>
+                        <w:tab w:pos="497" w:val="left" w:leader="none"/>
+                      </w:tabs>
+                      <w:spacing w:before="15"/>
+                      <w:ind w:left="20" w:right="0" w:firstLine="0"/>
+                      <w:jc w:val="left"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial MT"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial MT"/>
+                        <w:spacing w:val="-5"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>URI</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial MT"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:tab/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial MT"/>
+                        <w:spacing w:val="-4"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>1796</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap type="none"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:sz w:val="20"/>
       </w:rPr>
-    </w:lvl>
-[...1114 lines deleted...]
-</w:numbering>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" allowOverlap="1" layoutInCell="1" locked="0" behindDoc="1" simplePos="0" relativeHeight="487510016">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>6825488</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>10323424</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="501650" cy="141605"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2" name="Textbox 2"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvPr id="2" name="Textbox 2"/>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="501650" cy="141605"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p>
+                          <w:pPr>
+                            <w:spacing w:before="18"/>
+                            <w:ind w:left="20" w:right="0" w:firstLine="0"/>
+                            <w:jc w:val="left"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>Стр</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:spacing w:val="-2"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>1</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                              <w:spacing w:val="-1"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>от </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                              <w:spacing w:val="-10"/>
+                              <w:sz w:val="16"/>
+                            </w:rPr>
+                            <w:t>1</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape style="position:absolute;margin-left:537.440002pt;margin-top:812.868103pt;width:39.5pt;height:11.15pt;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;z-index:-15806464" type="#_x0000_t202" id="docshape2" filled="false" stroked="false">
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p>
+                    <w:pPr>
+                      <w:spacing w:before="18"/>
+                      <w:ind w:left="20" w:right="0" w:firstLine="0"/>
+                      <w:jc w:val="left"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>Стр</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:spacing w:val="-2"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>1</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                        <w:spacing w:val="-1"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t> </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>от </w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT"/>
+                        <w:spacing w:val="-10"/>
+                        <w:sz w:val="16"/>
+                      </w:rPr>
+                      <w:t>1</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap type="none"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...3 lines deleted...]
-  <w:hyphenationZone w:val="425"/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="120"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:ulTrailSpace/>
+    <w:shapeLayoutLikeWW8/>
+    <w:useFELayout/>
+    <w:compatSetting w:val="14" w:uri="http://schemas.microsoft.com/office/word" w:name="compatibilityMode"/>
   </w:compat>
-  <w:rsids>
-[...60 lines deleted...]
-  <w15:docId w15:val="{4110C0B8-6644-4192-90CF-D952568DD031}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:cstheme="minorBidi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:asciiTheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:bidi="ar-SA" w:eastAsia="en-US"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...377 lines deleted...]
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:styleId="DefaultParagraphFont" w:default="1" w:type="character">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
-[...1 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:styleId="TableNormal" w:default="1" w:type="table">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="108" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="108" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+  <w:style w:styleId="NoList" w:default="1" w:type="numbering">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...3 lines deleted...]
-    <w:rsid w:val="005D2BCF"/>
+  <w:style w:default="1" w:styleId="Normal" w:type="paragraph">
+    <w:name w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
-[...9 lines deleted...]
-    </w:pPr>
+  <w:style w:styleId="BodyText" w:type="paragraph">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:val="en-GB" w:eastAsia="bg-BG"/>
+      <w:rFonts w:ascii="Arial MT" w:hAnsi="Arial MT" w:eastAsia="Arial MT" w:cs="Arial MT"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-[...4 lines deleted...]
-    <w:rsid w:val="005D2BCF"/>
+  <w:style w:styleId="ListParagraph" w:type="paragraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:val="en-GB" w:eastAsia="bg-BG"/>
+      <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...2 lines deleted...]
-    <w:uiPriority w:val="34"/>
+  <w:style w:styleId="TableParagraph" w:type="paragraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="005D2BCF"/>
-[...13 lines deleted...]
-    </w:pPr>
+    <w:pPr/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:cs="Microsoft Sans Serif"/>
+      <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...59 lines deleted...]
-</file>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4345,86 +5902,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -4559,71 +6114,61 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4060</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4763</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>USER</dc:creator>
-  <cp:keywords/>
-[...3 lines deleted...]
-  <cp:lastPrinted></cp:lastPrinted>
+  <dc:subject>179601ZVLNv01</dc:subject>
+  <dc:title>179601ZVLNv01.pdf</dc:title>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2025-11-17T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
+    <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
+    <vt:filetime>2025-11-19T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
+    <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>
+  </property>
+</Properties>
+</file>