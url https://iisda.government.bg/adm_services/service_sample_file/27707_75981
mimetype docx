--- v0 (2025-10-13)
+++ v1 (2025-11-23)
@@ -110,638 +110,763 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
         <w:t>ДО</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E63C2E" w:rsidRPr="00495A42" w:rsidRDefault="00E63C2E" w:rsidP="00E63C2E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
         <w:t>ДИРЕКТОРА НА</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E63C2E" w:rsidRPr="00495A42" w:rsidRDefault="00E63C2E" w:rsidP="00E63C2E">
+    <w:p w:rsidR="004038D2" w:rsidRDefault="00E63C2E" w:rsidP="00E63C2E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
         <w:t>РЗИ – СОФИЙСКА ОБЛАСТ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E63C2E" w:rsidRPr="00495A42" w:rsidRDefault="00E63C2E" w:rsidP="00E63C2E">
+    <w:p w:rsidR="005647BD" w:rsidRPr="00495A42" w:rsidRDefault="005647BD" w:rsidP="00E63C2E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00495A42">
-[...31 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+    </w:p>
+    <w:p w:rsidR="005647BD" w:rsidRDefault="005647BD" w:rsidP="005647BD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
           <w:caps/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="bg-BG"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
           <w:caps/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
-          <w:lang w:val="bg-BG"/>
-[...5 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+        <w:t>ЗАЯВЛЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004038D2" w:rsidRPr="005647BD" w:rsidRDefault="005647BD" w:rsidP="005647BD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>за издаване на здравно заключение за съгласуване на инвестиционен проект</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005647BD" w:rsidRDefault="005647BD" w:rsidP="005647BD">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005647BD" w:rsidRPr="00971843" w:rsidRDefault="005647BD" w:rsidP="0076087A">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(трите имена) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..................................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.................................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>......</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>....................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.......</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...............................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005647BD" w:rsidRPr="00971843" w:rsidRDefault="005647BD" w:rsidP="0076087A">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:sz w:val="10"/>
-[...10 lines deleted...]
-          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>в качеството си на ..........................................................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-          <w:b/>
+        <w:t>...........................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.....................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>......</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005647BD" w:rsidRPr="005647BD" w:rsidRDefault="005647BD" w:rsidP="0076087A">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F005A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F005A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>собственик, управител, изпълнителен директор, представител по пълномощие-№ и дата на нотариално заверено пълномощно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F005A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005647BD" w:rsidRPr="00971843" w:rsidRDefault="005647BD" w:rsidP="0076087A">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>на фирма......................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...............................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ЕИК/БУЛСТАТ .......</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.......................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005647BD" w:rsidRPr="00971843" w:rsidRDefault="005647BD" w:rsidP="0076087A">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>адрес на уп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>равление: гр./с. ............</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.......................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...............</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.......</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.....</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>......</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>....</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>... община......................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...............</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005647BD" w:rsidRPr="00971843" w:rsidRDefault="005647BD" w:rsidP="0076087A">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ж.к./ул.................................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>........................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>............</w:t>
       </w:r>
-      <w:r w:rsidRPr="00495A42">
-[...9 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>.................</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>........................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.......................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">...............№ ........... </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>….</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>..... вх. .......ап......</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005647BD" w:rsidRPr="00971843" w:rsidRDefault="005647BD" w:rsidP="0076087A">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ел. адрес .......................................................................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.............</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.........</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.....</w:t>
       </w:r>
-      <w:r w:rsidRPr="00495A42">
-[...126 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, тел/факс ..........</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.....</w:t>
       </w:r>
-      <w:r w:rsidRPr="00495A42">
-[...321 lines deleted...]
-        <w:t>...............…….............................</w:t>
+      <w:r w:rsidRPr="00971843">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>...................................................</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004038D2" w:rsidRPr="00495A42" w:rsidRDefault="004038D2" w:rsidP="004038D2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004038D2" w:rsidRPr="00495A42" w:rsidRDefault="005702E4" w:rsidP="00495A42">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -756,969 +881,951 @@
         </w:rPr>
         <w:t>А/</w:t>
       </w:r>
       <w:r w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">И </w:t>
       </w:r>
       <w:r w:rsidR="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
         <w:t>ГОСПОЖО/</w:t>
       </w:r>
       <w:r w:rsidR="004038D2" w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
         <w:t>ГОСПОДИН ДИРЕКТОР,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004038D2" w:rsidRPr="00495A42" w:rsidRDefault="004038D2" w:rsidP="004038D2">
-[...5 lines deleted...]
-          <w:b/>
+    <w:p w:rsidR="005647BD" w:rsidRDefault="005647BD" w:rsidP="005647BD">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:kern w:val="0"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004038D2" w:rsidRPr="00495A42" w:rsidRDefault="008913D9" w:rsidP="00D750E4">
+    <w:p w:rsidR="004038D2" w:rsidRPr="0076087A" w:rsidRDefault="008913D9" w:rsidP="005647BD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="0"/>
-        <w:ind w:firstLine="708"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="20"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00495A42">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r w:rsidRPr="0076087A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="20"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Моля, да ми бъде издадено </w:t>
       </w:r>
-      <w:r w:rsidR="00D750E4" w:rsidRPr="00495A42">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r w:rsidR="00D750E4" w:rsidRPr="0076087A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="20"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>здравно заключение</w:t>
       </w:r>
-      <w:r w:rsidRPr="00495A42">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:r w:rsidRPr="0076087A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b w:val="0"/>
           <w:spacing w:val="20"/>
-          <w:sz w:val="26"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="004038D2" w:rsidRPr="00495A42" w:rsidRDefault="004038D2" w:rsidP="00E63C2E">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005647BD" w:rsidRPr="0076087A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b w:val="0"/>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>по приложения проект</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004038D2" w:rsidRPr="005647BD" w:rsidRDefault="004038D2" w:rsidP="00E63C2E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...56 lines deleted...]
-      <w:r w:rsidR="00A25372" w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>...........................</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>за обект:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b w:val="0"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="004038D2" w:rsidRPr="00495A42" w:rsidRDefault="004038D2" w:rsidP="00E63C2E">
+      <w:r w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.................................</w:t>
+      </w:r>
+      <w:r w:rsidR="004925BA" w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.......</w:t>
+      </w:r>
+      <w:r w:rsidR="00495A42" w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>………….........….</w:t>
+      </w:r>
+      <w:r w:rsidR="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.......…....................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00A25372" w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>...........................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004038D2" w:rsidRPr="005647BD" w:rsidRDefault="004038D2" w:rsidP="00E63C2E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00495A42">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00495A42">
+      <w:r w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.................................……</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004925BA" w:rsidRPr="00495A42">
+        <w:t>подобект: .................................……</w:t>
+      </w:r>
+      <w:r w:rsidR="004925BA" w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
-      <w:r w:rsidR="00495A42">
+      <w:r w:rsidR="00495A42" w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>........................</w:t>
       </w:r>
-      <w:r w:rsidR="004925BA" w:rsidRPr="00495A42">
+      <w:r w:rsidR="004925BA" w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
-      <w:r w:rsidRPr="00495A42">
+      <w:r w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>…….........…...........…..............….......……</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A25372" w:rsidRPr="00495A42">
+        <w:t>…….........…...........…........</w:t>
+      </w:r>
+      <w:r w:rsidR="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>......….......……</w:t>
+      </w:r>
+      <w:r w:rsidR="00A25372" w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>…………..</w:t>
       </w:r>
-      <w:r w:rsidRPr="00495A42">
+      <w:r w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>………........</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004038D2" w:rsidRPr="00495A42" w:rsidRDefault="004038D2" w:rsidP="00E63C2E">
-[...9 lines deleted...]
-          <w:b/>
+    <w:p w:rsidR="004038D2" w:rsidRPr="005647BD" w:rsidRDefault="004038D2" w:rsidP="00E63C2E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>на адрес: гр. /с./</w:t>
       </w:r>
-      <w:r w:rsidR="004925BA" w:rsidRPr="00495A42">
+      <w:r w:rsidR="004925BA" w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00495A42">
+      <w:r w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>................................</w:t>
       </w:r>
-      <w:r w:rsidR="00495A42">
+      <w:r w:rsidR="00495A42" w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00495A42">
+      <w:r w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="004925BA" w:rsidRPr="00495A42">
+      <w:r w:rsidR="004925BA" w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>...</w:t>
       </w:r>
-      <w:r w:rsidR="00495A42">
+      <w:r w:rsidR="00495A42" w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>....................</w:t>
       </w:r>
-      <w:r w:rsidR="004925BA" w:rsidRPr="00495A42">
+      <w:r w:rsidR="004925BA" w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>......</w:t>
       </w:r>
-      <w:r w:rsidRPr="00495A42">
+      <w:r w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>.…</w:t>
       </w:r>
-      <w:r w:rsidR="00A25372" w:rsidRPr="00495A42">
+      <w:r w:rsidR="00A25372" w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
-      <w:r w:rsidR="00A25372" w:rsidRPr="00495A42">
+      <w:r w:rsidR="00A25372" w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
-      <w:r w:rsidRPr="00495A42">
-[...8 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>…...</w:t>
+      </w:r>
+      <w:r w:rsidR="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="004925BA" w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve"> община</w:t>
       </w:r>
-      <w:r w:rsidRPr="00495A42">
+      <w:r w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>….....</w:t>
       </w:r>
-      <w:r w:rsidR="00A25372" w:rsidRPr="00495A42">
+      <w:r w:rsidR="00A25372" w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>........</w:t>
       </w:r>
-      <w:r w:rsidRPr="00495A42">
+      <w:r w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>.....….....................…………..</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004038D2" w:rsidRPr="00495A42" w:rsidRDefault="004038D2" w:rsidP="00E63C2E">
-[...9 lines deleted...]
-          <w:b/>
+    <w:p w:rsidR="004038D2" w:rsidRPr="005647BD" w:rsidRDefault="004038D2" w:rsidP="00E63C2E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>ул. (ж.к.)</w:t>
       </w:r>
-      <w:r w:rsidR="00A25372" w:rsidRPr="00495A42">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00A25372" w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00495A42">
+      <w:r w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:r w:rsidR="004925BA" w:rsidRPr="00495A42">
+      <w:r w:rsidR="004925BA" w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:r w:rsidR="00495A42">
+      <w:r w:rsidR="00495A42" w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>....................</w:t>
       </w:r>
-      <w:r w:rsidRPr="00495A42">
+      <w:r w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>.………......</w:t>
       </w:r>
-      <w:r w:rsidR="00A25372" w:rsidRPr="00495A42">
+      <w:r w:rsidR="00A25372" w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>....</w:t>
       </w:r>
-      <w:r w:rsidR="00A25372" w:rsidRPr="00495A42">
+      <w:r w:rsidR="00A25372" w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00495A42">
+      <w:r w:rsidR="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
-      <w:r w:rsidR="00A25372" w:rsidRPr="00495A42">
+      <w:r w:rsidR="00A25372" w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>..</w:t>
       </w:r>
-      <w:r w:rsidRPr="00495A42">
+      <w:r w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
         <w:t>….</w:t>
       </w:r>
-      <w:r w:rsidR="00A25372" w:rsidRPr="00495A42">
+      <w:r w:rsidR="00A25372" w:rsidRPr="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00495A42">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:snapToGrid w:val="0"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>№</w:t>
       </w:r>
+      <w:r w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ....</w:t>
+      </w:r>
+      <w:r w:rsidR="00A25372" w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>........... бл. …...</w:t>
+      </w:r>
+      <w:r w:rsidR="00A25372" w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>........ вх. ......</w:t>
+      </w:r>
+      <w:r w:rsidR="00A25372" w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>…...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004038D2" w:rsidRPr="005647BD" w:rsidRDefault="004038D2" w:rsidP="00E63C2E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>във фаза на проектиране ........…..........</w:t>
+      </w:r>
+      <w:r w:rsidR="00495A42" w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>.......................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>..</w:t>
+      </w:r>
+      <w:r w:rsidR="004925BA" w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>…....…......</w:t>
+      </w:r>
+      <w:r w:rsidR="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>.…………….........................…</w:t>
+      </w:r>
+      <w:r w:rsidR="00A25372" w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>………….</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004038D2" w:rsidRPr="00495A42" w:rsidRDefault="004038D2" w:rsidP="004038D2">
+      <w:pPr>
+        <w:spacing w:line="140" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">ПРИЛОЖЕНИ: </w:t>
       </w:r>
       <w:r w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
-        <w:t>....</w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t>(с подчертаване)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004038D2" w:rsidRPr="00495A42" w:rsidRDefault="004038D2" w:rsidP="004038D2">
+      <w:pPr>
+        <w:spacing w:line="140" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005647BD" w:rsidRDefault="005647BD" w:rsidP="004038D2">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="005647BD" w:rsidSect="0015166E">
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="426" w:right="680" w:bottom="142" w:left="680" w:header="0" w:footer="0" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005647BD" w:rsidRDefault="004038D2" w:rsidP="004038D2">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-        </w:rPr>
-        <w:t>...........</w:t>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>1. Архитектурна част</w:t>
       </w:r>
       <w:r w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
-        </w:rPr>
-[...64 lines deleted...]
-        <w:t>........…..........</w:t>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-        </w:rPr>
-[...69 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...21 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">              </w:t>
-      </w:r>
-[...22 lines deleted...]
-        <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="004038D2" w:rsidRPr="00495A42" w:rsidRDefault="004038D2" w:rsidP="004038D2">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>2. ВК част</w:t>
+        <w:t>2. ВК</w:t>
+      </w:r>
+      <w:r w:rsidR="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> част</w:t>
+      </w:r>
+      <w:r w:rsidR="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="005647BD" w:rsidRDefault="005647BD" w:rsidP="005647BD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>3. ОВ част</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005647BD" w:rsidRDefault="005647BD" w:rsidP="005647BD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005647BD" w:rsidRDefault="004038D2" w:rsidP="005647BD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:tab/>
-[...77 lines deleted...]
-        </w:rPr>
         <w:t>4. ЕЛ част</w:t>
       </w:r>
-      <w:r w:rsidRPr="00495A42">
+      <w:r w:rsidR="005647BD" w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidR="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="005647BD" w:rsidRPr="005647BD" w:rsidRDefault="004038D2" w:rsidP="005647BD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>8. Разрешителни писма от В</w:t>
       </w:r>
-      <w:r w:rsidR="00C52943" w:rsidRPr="00495A42">
+      <w:r w:rsidR="003856BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>и</w:t>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00495A42">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="003856BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>К</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003856BB">
+        <w:t>Електроразпределение</w:t>
+      </w:r>
+      <w:r w:rsidR="005647BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...18 lines deleted...]
-    <w:p w:rsidR="00F33DA2" w:rsidRPr="00F33DA2" w:rsidRDefault="00F33DA2" w:rsidP="004038D2">
+        <w:t>, др.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005647BD" w:rsidRPr="0076087A" w:rsidRDefault="00F33DA2" w:rsidP="004038D2">
       <w:pPr>
         <w:spacing w:line="80" w:lineRule="atLeast"/>
-        <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-[...31 lines deleted...]
-      </w:r>
+        <w:sectPr w:rsidR="005647BD" w:rsidRPr="0076087A" w:rsidSect="005647BD">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="426" w:right="680" w:bottom="142" w:left="680" w:header="0" w:footer="0" w:gutter="0"/>
+          <w:cols w:num="2" w:space="2"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
       <w:r w:rsidRPr="00F33DA2">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Документ за платена държавна такса</w:t>
-[...20 lines deleted...]
-      </w:pPr>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidR="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">руги (вкл. </w:t>
+      </w:r>
+      <w:r w:rsidR="005647BD" w:rsidRPr="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Виза за проектиране или Кадастрална извадка от действащия ПУП</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="004038D2" w:rsidRPr="00495A42" w:rsidRDefault="004038D2" w:rsidP="004038D2">
       <w:pPr>
         <w:spacing w:line="80" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004038D2" w:rsidRPr="00495A42" w:rsidRDefault="004038D2" w:rsidP="004038D2">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Проектант на обекта е </w:t>
@@ -1864,713 +1971,837 @@
         </w:rPr>
         <w:t>...............................</w:t>
       </w:r>
       <w:r w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">.........................                                             </w:t>
       </w:r>
       <w:r w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">(име, фамилия)                                            </w:t>
       </w:r>
       <w:r w:rsidR="008913D9" w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">                      </w:t>
       </w:r>
+      <w:r w:rsidR="005647BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                  </w:t>
+      </w:r>
       <w:r w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> (длъжност)                                       </w:t>
       </w:r>
       <w:r w:rsidR="008913D9" w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">                        </w:t>
       </w:r>
       <w:r w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> (фирма)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004038D2" w:rsidRPr="00495A42" w:rsidRDefault="0015166E" w:rsidP="004038D2">
+    <w:p w:rsidR="004038D2" w:rsidRPr="00495A42" w:rsidRDefault="005647BD" w:rsidP="004038D2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
-        <w:t>Настоящето становище</w:t>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="0015166E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>тановище</w:t>
+      </w:r>
+      <w:r w:rsidR="00517C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">то е необходимо за </w:t>
       </w:r>
       <w:r w:rsidR="004038D2" w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
-        <w:t xml:space="preserve"> е необходимо за представяне в Експертен съвет по устройство на територията на </w:t>
-[...5 lines deleted...]
-        <w:t>община</w:t>
+        <w:t>Екс</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="004038D2" w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ………………………………</w:t>
-[...5 lines deleted...]
-        <w:t>…………………………………….</w:t>
+        <w:t xml:space="preserve">пертен съвет по устройство на територията на </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA202C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>община</w:t>
+      </w:r>
+      <w:r w:rsidR="00517C0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> …………</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+        </w:rPr>
+        <w:t>…………………...</w:t>
       </w:r>
       <w:r w:rsidR="004038D2" w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         </w:rPr>
-        <w:t>……….....................</w:t>
-[...15 lines deleted...]
-    <w:p w:rsidR="00E63C2E" w:rsidRPr="00495A42" w:rsidRDefault="00E63C2E" w:rsidP="00E63C2E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076087A" w:rsidRPr="00C81DB4" w:rsidRDefault="0076087A" w:rsidP="0076087A">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00495A42">
+      <w:r w:rsidRPr="00C81DB4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Заплащането на извършената услуга ще извърша</w:t>
       </w:r>
-      <w:r w:rsidRPr="00495A42">
+      <w:r w:rsidRPr="00C81DB4">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003856BB" w:rsidRPr="00A97B77" w:rsidRDefault="003856BB" w:rsidP="003856BB">
+    <w:p w:rsidR="0076087A" w:rsidRPr="00A97B77" w:rsidRDefault="0076087A" w:rsidP="0076087A">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A97B77">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r w:rsidRPr="006F578F">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>в брой - в Центъра за административно обслужване на РЗИ – Софийска област, н</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>а адрес:</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> ПК</w:t>
+        <w:t>а адрес: гр. София, бул. „А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кад. Иван </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Гешов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“ № 15, етаж 3, кабинет </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1431 гр. София, бул. „А</w:t>
+        <w:t xml:space="preserve">№ </w:t>
       </w:r>
       <w:r w:rsidRPr="006F578F">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">кад. Иван Гешов“ № 15, етаж 3, кабинет </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>41</w:t>
       </w:r>
       <w:r w:rsidRPr="00A97B77">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003856BB" w:rsidRPr="00A97B77" w:rsidRDefault="003856BB" w:rsidP="003856BB">
+    <w:p w:rsidR="0076087A" w:rsidRPr="00A97B77" w:rsidRDefault="0076087A" w:rsidP="0076087A">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A97B77">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r w:rsidRPr="006F578F">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>картови плащания чрез инсталиран ПОС терминал - в Центъра за административно обслужване на РЗИ – Софийска област, н</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">а адрес: </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">ПК </w:t>
+        <w:t>а адрес: ПК 1431 гр. София, бул. „А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кад. Иван </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Гешов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F578F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“ № 15, етаж 3, кабинет </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>1431 гр. София, бул. „А</w:t>
+        <w:t xml:space="preserve">№ </w:t>
       </w:r>
       <w:r w:rsidRPr="006F578F">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">кад. Иван Гешов“ № 15, етаж 3, кабинет </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>41</w:t>
       </w:r>
       <w:r w:rsidRPr="00A97B77">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003856BB" w:rsidRDefault="003856BB" w:rsidP="003856BB">
+    <w:p w:rsidR="0076087A" w:rsidRDefault="0076087A" w:rsidP="0076087A">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">□ </w:t>
+        <w:t xml:space="preserve">□ по банков път </w:t>
       </w:r>
       <w:r w:rsidRPr="006F578F">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>по банков път  - по транзитната сметка на РЗИ – Софийска област</w:t>
+        <w:t>- по транзитната сметка на РЗИ – Софийска област</w:t>
       </w:r>
       <w:r w:rsidRPr="00A97B77">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0015166E" w:rsidRPr="00A97B77" w:rsidRDefault="0015166E" w:rsidP="003856BB">
+    <w:p w:rsidR="0076087A" w:rsidRPr="00A97B77" w:rsidRDefault="0076087A" w:rsidP="0076087A">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">□ </w:t>
       </w:r>
       <w:r w:rsidRPr="008534DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>E-плащане чрез единната входна точка, достъпна на адрес:  https://pay.egov.bg/</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="004A419B" w:rsidRPr="00495A42" w:rsidRDefault="004A419B" w:rsidP="00E63C2E">
+        <w:t xml:space="preserve">E-плащане чрез единната входна точка, достъпна на адрес:  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:history="1">
+        <w:r w:rsidRPr="001C6AD9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>https://pay.egov.bg/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076087A" w:rsidRPr="00C81DB4" w:rsidRDefault="0076087A" w:rsidP="0076087A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0076087A" w:rsidRPr="00A436C3" w:rsidRDefault="0076087A" w:rsidP="0076087A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Заявявам, желанието си издаденото становище и приложените от мен документи да бъдат получени:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076087A" w:rsidRPr="00A436C3" w:rsidRDefault="0076087A" w:rsidP="0076087A">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="en-US"/>
-[...65 lines deleted...]
-    <w:p w:rsidR="00E63C2E" w:rsidRPr="00495A42" w:rsidRDefault="00E63C2E" w:rsidP="00E63C2E">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ на място - в Центъра за административно обслужване на РЗИ – Софийска област, на адрес: ПК 1431 гр. София, бул. „Акад. Иван </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Гешов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“ № 15, етаж 3, кабинет № 41; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076087A" w:rsidRPr="00A436C3" w:rsidRDefault="0076087A" w:rsidP="0076087A">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00495A42">
-[...107 lines deleted...]
-    <w:p w:rsidR="00E63C2E" w:rsidRPr="00495A42" w:rsidRDefault="00E63C2E" w:rsidP="00E63C2E">
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>чрез</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Системата за сигурно електронно връчване</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="00A436C3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://edelivery.egov.bg/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="0076087A" w:rsidRPr="00A436C3" w:rsidRDefault="0076087A" w:rsidP="0076087A">
       <w:pPr>
         <w:ind w:left="1080" w:hanging="1080"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>□ чрез лицензиран пощенски оператор………….....................................................................…………</w:t>
+      </w:r>
+      <w:r w:rsidR="0061718E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>…………..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>………………………………………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076087A" w:rsidRPr="00A436C3" w:rsidRDefault="0076087A" w:rsidP="0076087A">
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>на адрес……………………………………………………………....................................…………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="0061718E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>………….</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>….………………………………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0076087A" w:rsidRPr="00A436C3" w:rsidRDefault="0076087A" w:rsidP="0076087A">
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>□ като куриерска пратка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>адрес ……..........</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>............................………………..............................……………....… телефон …………………………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005647BD" w:rsidRPr="0076087A" w:rsidRDefault="0076087A" w:rsidP="0076087A">
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A436C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>като декларирам, че пощенските разходи са за моя сметка платими при получаването.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004038D2" w:rsidRPr="00495A42" w:rsidRDefault="004038D2" w:rsidP="0076087A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:sz w:val="18"/>
-[...10 lines deleted...]
-        <w:t>те за получаване</w:t>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Уведомен съм, </w:t>
+      </w:r>
+      <w:r w:rsidR="004A419B" w:rsidRPr="00495A42">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>че за проектна документация, не</w:t>
       </w:r>
       <w:r w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
-          <w:sz w:val="18"/>
-[...36 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>потърсена до една година от месеца на завеждане, РЗИ - Софийс</w:t>
       </w:r>
       <w:r w:rsidR="00B82A31" w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ка област  не носи отговорност.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BF573D" w:rsidRPr="0015166E" w:rsidRDefault="00B82A31" w:rsidP="0015166E">
+    <w:p w:rsidR="0076087A" w:rsidRDefault="0076087A" w:rsidP="0015166E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BF573D" w:rsidRPr="0015166E" w:rsidRDefault="00B82A31" w:rsidP="0015166E">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ПОДПИС:...............</w:t>
       </w:r>
       <w:r w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>...................</w:t>
       </w:r>
       <w:r w:rsidR="0015166E">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0015166E" w:rsidRPr="00155A7E" w:rsidRDefault="00FA202C" w:rsidP="0015166E">
+    <w:p w:rsidR="0015166E" w:rsidRPr="00155A7E" w:rsidRDefault="00517C0C" w:rsidP="0015166E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:pict>
           <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w:rsidR="0015166E" w:rsidRPr="0015166E" w:rsidRDefault="0015166E" w:rsidP="0015166E">
       <w:pPr>
         <w:ind w:left="2844" w:firstLine="696"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
@@ -2875,206 +3106,212 @@
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BF573D" w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BF573D" w:rsidRPr="00495A42">
         <w:rPr>
           <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="003856BB" w:rsidRPr="0015166E" w:rsidSect="0015166E">
+    <w:sectPr w:rsidR="003856BB" w:rsidRPr="0015166E" w:rsidSect="005647BD">
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="426" w:right="680" w:bottom="142" w:left="680" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Hebar">
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000005" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004038D2"/>
     <w:rsid w:val="000C6D39"/>
     <w:rsid w:val="001217C0"/>
     <w:rsid w:val="0015166E"/>
     <w:rsid w:val="00157475"/>
     <w:rsid w:val="001A7959"/>
     <w:rsid w:val="001E13A8"/>
     <w:rsid w:val="002E32CA"/>
     <w:rsid w:val="00300E5D"/>
     <w:rsid w:val="00353B4E"/>
     <w:rsid w:val="0038565B"/>
     <w:rsid w:val="003856BB"/>
     <w:rsid w:val="00396509"/>
     <w:rsid w:val="003A4664"/>
     <w:rsid w:val="003B264D"/>
     <w:rsid w:val="004038D2"/>
     <w:rsid w:val="0040733E"/>
     <w:rsid w:val="00410E22"/>
     <w:rsid w:val="004925BA"/>
     <w:rsid w:val="00495A42"/>
     <w:rsid w:val="004A419B"/>
     <w:rsid w:val="004E2E90"/>
+    <w:rsid w:val="00517C0C"/>
+    <w:rsid w:val="005647BD"/>
     <w:rsid w:val="005702E4"/>
+    <w:rsid w:val="0061718E"/>
     <w:rsid w:val="006C5EB4"/>
     <w:rsid w:val="006E30D9"/>
+    <w:rsid w:val="0076087A"/>
     <w:rsid w:val="0079685D"/>
     <w:rsid w:val="007D3E2E"/>
     <w:rsid w:val="00817BEC"/>
     <w:rsid w:val="00877AC3"/>
     <w:rsid w:val="008913D9"/>
     <w:rsid w:val="008E7659"/>
     <w:rsid w:val="00983B64"/>
     <w:rsid w:val="009A18FF"/>
     <w:rsid w:val="00A25372"/>
     <w:rsid w:val="00A571D6"/>
     <w:rsid w:val="00A90A1E"/>
     <w:rsid w:val="00B22F96"/>
     <w:rsid w:val="00B82A31"/>
     <w:rsid w:val="00BF0AFE"/>
     <w:rsid w:val="00BF573D"/>
     <w:rsid w:val="00C36405"/>
     <w:rsid w:val="00C52943"/>
     <w:rsid w:val="00C77E34"/>
     <w:rsid w:val="00D750E4"/>
     <w:rsid w:val="00DF3F71"/>
     <w:rsid w:val="00E63C2E"/>
     <w:rsid w:val="00E70EB7"/>
     <w:rsid w:val="00ED72D3"/>
     <w:rsid w:val="00F0756D"/>
     <w:rsid w:val="00F33DA2"/>
     <w:rsid w:val="00FA202C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="005E7EAF"/>
+  <w14:docId w14:val="18B16F0C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F27D31B5-FE6E-4552-A734-B046BDE5D31C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3620,99 +3857,98 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004038D2"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="004038D2"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="bg-BG"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004A419B"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="1346401417">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1653022914">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edelivery.egov.bg/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pay.egov.bg/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3937,69 +4173,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>761</Words>
-  <Characters>4344</Characters>
+  <Words>882</Words>
+  <Characters>5029</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>41</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5095</CharactersWithSpaces>
+  <CharactersWithSpaces>5900</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>DM</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>