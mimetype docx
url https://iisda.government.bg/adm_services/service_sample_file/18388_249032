--- v0 (2025-10-27)
+++ v1 (2025-12-29)
@@ -1,762 +1,875 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00075735" w:rsidRPr="00B856EE" w:rsidRDefault="00075735" w:rsidP="00075735">
-[...27 lines deleted...]
-        <w:pStyle w:val="Bodytext20"/>
+    <w:p w:rsidR="005D4104" w:rsidRDefault="005D4104" w:rsidP="0099743A">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="426"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="2986"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:pStyle w:val="Bodytext20"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="426"/>
-[...1 lines deleted...]
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="2986"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:i/>
-[...463 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00236C98">
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00783065">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00236C98">
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение № 1 към чл. 4, ал. 3, т. 2 от Наредба № Н-2/18.11.2025 г. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2986"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="20"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00236C98">
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2986"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="3540"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="bg-BG" w:eastAsia="bg-BG" w:bidi="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Д Е К Л А Р А Ц И Я</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>по чл. 11, ал. 4, т. 3, 4 и 5 от Закона за арбитража</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>Подписаният/та………………………………………………………..............……</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>.…………..….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00DF700E" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="3540" w:right="-86" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:tab/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF700E">
+        <w:rPr>
           <w:i/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:tab/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">(име, презиме и фамилия) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:i/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:tab/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="3540" w:right="-86" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЕГН/ЛНЧ/дата на раждане за чужденец/……………...........…………….……постоянен адрес: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>…………</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>…..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>……………….….……………………………………………………..............………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>настоящ адрес……………….……………..............………………………………………….…...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>л.к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>. №.………………………, издадена на………………........., от МВР….......……..…..….......,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в качеството ми на арбитър към/член на управителен орган на………............………………….. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00F132FB" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:i/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:tab/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F132FB">
+        <w:rPr>
           <w:i/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
-        <w:tab/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>(посочва се наименованието на юридическото лице, към което е създадена арбитражна институция)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">…………………………………………………………………………………………...............…., </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЕИК:………………….........….., седалище и адрес на управление: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">…………………………………………………………………………..........................................., </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>ДЕКЛАРИРАМ, ЧЕ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. имам ……….. години професионален стаж; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. не съм лишен от правото да упражнявам определена професия или дейност или да заемам определена длъжност; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. не съм в производство по несъстоятелност или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>невъзстановен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в правата си несъстоятелен; не съм осъждан за банкрут </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
           <w:i/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:iCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>(за лица, които не са граждани на Република България)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Известно ми е, че за деклариране на неверни обстоятелства нося наказателна отговорност по чл. 313, ал. 1 от Наказателния кодекс. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:right="-86"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00783065" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">......................................... </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0099743A" w:rsidRPr="00F132FB" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="bg-BG"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F132FB">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(дата) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E87414" w:rsidRPr="0099743A" w:rsidRDefault="0099743A" w:rsidP="0099743A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:lang w:val="bg-BG" w:bidi="bg-BG"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t xml:space="preserve">гр. ..................................... </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>(подпис)</w:t>
-[...6 lines deleted...]
-      <w:pgMar w:top="851" w:right="1247" w:bottom="709" w:left="1247" w:header="851" w:footer="340" w:gutter="0"/>
+      </w:r>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783065">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="bg-BG"/>
+        </w:rPr>
+        <w:t>ДЕКЛАРАТОР:………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00E87414" w:rsidRPr="0099743A" w:rsidSect="0099743A">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="851" w:right="1276" w:bottom="709" w:left="1247" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00075735"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00D86CDD"/>
+    <w:rsidRoot w:val="0099743A"/>
+    <w:rsid w:val="005D4104"/>
+    <w:rsid w:val="0099743A"/>
+    <w:rsid w:val="00E87414"/>
+    <w:rsid w:val="00F236F9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="bg-BG"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4C6ED03A"/>
+  <w14:docId w14:val="40ED1428"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{977E51F9-CC84-4AE2-8F83-09F466A5ACA7}"/>
+  <w15:docId w15:val="{96A10CDE-B206-4854-ABEB-5FAEF8AE7366}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="bg-BG" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1109,161 +1222,150 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00075735"/>
+    <w:rsid w:val="0099743A"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00075735"/>
+    <w:rsid w:val="0099743A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00075735"/>
+    <w:rsid w:val="0099743A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Bodytext2">
-[...26 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00075735"/>
+    <w:rsid w:val="0099743A"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="0099743A"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1502,69 +1604,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>147</Words>
-  <Characters>841</Characters>
+  <Words>220</Words>
+  <Characters>1254</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>10</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>987</CharactersWithSpaces>
+  <CharactersWithSpaces>1472</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Delina Dzhondzhorova</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>